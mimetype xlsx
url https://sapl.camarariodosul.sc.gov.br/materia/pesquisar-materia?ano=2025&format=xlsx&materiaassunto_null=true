--- v0 (2025-10-03)
+++ v1 (2026-03-23)
@@ -10,493 +10,607 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4215" uniqueCount="1620">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6703" uniqueCount="2568">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>997</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>PLO</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária</t>
+  </si>
+  <si>
+    <t>Ruan Cipriani - Policial</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/997/2025_001_projeto_-_educacao_financeira.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a inclusão de atividades e conteúdos relativos à educação financeira no plano curricular das escolas da rede pública municipal de ensino de Rio do Sul.</t>
+  </si>
+  <si>
+    <t>998</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>Prefeito</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/998/mensagem_003.2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei nº 5.678, de 8 de dezembro de 2015, que consolida a legislação municipal referente às fundações municipais de Rio do Sul e entidades a elas vinculadas.</t>
+  </si>
+  <si>
+    <t>999</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/999/mensagem_projeto_de_lei_especial_superavit_-_abertura_secretaria_-_ppa.pdf</t>
+  </si>
+  <si>
+    <t>Abre crédito especial por superávit financeiro no Plano Plurianual (2022-2025) do município de Rio do Sul.</t>
+  </si>
+  <si>
+    <t>1000</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/1000/mensagem_projeto_de_lei_especial_superavit_-_abertura_secretaria_-_loa.pdf</t>
+  </si>
+  <si>
+    <t>Abre crédito especial por superávit financeiro no orçamento do município de Rio do Sul. (R$ 1.400.000,00)</t>
+  </si>
+  <si>
+    <t>1034</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/1034/2025_005_projeto_-_proibe_shows_com_apologia_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Proíbe a Administração Municipal, suas Fundações e Autarquias e o Poder Legislativo de contratar shows, teatros, atividades artísticas ou culturais que façam apologia a drogas ou crimes.</t>
+  </si>
+  <si>
+    <t>1035</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>Marcela Baumgarten</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/1035/2025_006_projeto_-_voluntariado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Altera, revoga e acrescenta dispositivos na Lei n. 5.306, de 19 de junho de 2012, que “Dispõe sobre a criação do Banco de Voluntários Municipal no âmbito do município de Rio do Sul” para esclarecer direitos e deveres bem como fortalecer práticas de voluntariado e engajamento popular.</t>
+  </si>
+  <si>
     <t>23</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>7</t>
   </si>
   <si>
-    <t>PLO</t>
-[...7 lines deleted...]
-  <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/23/2025_7_projeto_carnaval.pdf</t>
   </si>
   <si>
     <t>Altera o art. 4º da Lei n. 6.528, de 01 de novembro de 2023, que “Institui o ‘Carnaval na Praça’ no calendário oficial do município de Rio do Sul” para que o custeio ao evento seja realizado preferencialmente por parcerias privadas. (Redação final)</t>
   </si>
   <si>
-    <t>5</t>
+    <t>1036</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/1036/mensagem_007.20205_-_projeto_de_lei_reconhece_debito_pintura_da_7_delegacia_regional_de_policia_de_rio_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Reconhece débito de exercício anterior e autoriza o Chefe do Poder Executivo Municipal a efetuar o pagamento do valor devido à empresa 3D PINTURAS ACABAMENTOS FINOS E LTDA.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Zeca Bittencourt</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/5/2025_009_projeto_-_adote_bus.pdf</t>
   </si>
   <si>
     <t>Cria o Programa “Adote um Ponto de Ônibus” no município de Rio do Sul.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>Prefeito</t>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/26/mensagem_e_projeto_de_lei_de_abre_credito_fia_-_r411.33370_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Abre crédito por superávit financeiro no orçamento do Fundo Municipal dos Direitos da Criança e do Adolescente do município de Rio do Sul. (R$ 411.333,70)</t>
+  </si>
+  <si>
+    <t>1045</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/1045/mensagem_009.2025_-_altera_dispositivos_da_lei_no_5.675_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivo da Lei n. 5.675, de 03 de dezembro de 2015, que “Consolida a legislação municipal referente aos símbolos do município de Rio do Sul.</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/27/mensagem_010_-_projeto_de_lei.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a Fundação Municipal de Desportos (FMD) a realizar despesas com atletas/técnicos/dirigentes e demais custos, quando da participação em eventos da FESPORTE.</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/28/mensagem_011_-_projeto_de_lei.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a concessão de auxílio financeiro aos atletas, monitores e técnicos bolsistas que participarem de eventos e competições esportivas representando o município de Rio do Sul e dá outras providências.</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>Ricardo Pinheiro</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/6/2025_014_projeto_-limpeza_ribeiroes_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a obrigatoriedade de divulgação, pelo Executivo Municipal de Rio do Sul, de cronograma de limpeza dos ribeirões, no site eletrônico oficial do município, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1057</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/1057/mensagem_012.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a custear despesas para a participação de alunos e professores da escola municipal “Ella Kurth” no torneio de robótica – First Lego League - SESI/SENAI Challenge – Etapa Nacional.</t>
+  </si>
+  <si>
+    <t>1058</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/1058/mensagem_e_projeto_de_lei_para_aquisicao_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a realizar pagamento junto ao Fundo de melhoria da Polícia Civil, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>Feuser, Ricardo Pinheiro</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/8/2025_017_projeto.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a obrigatoriedade na reparação dos danos ocasionados pelas empresas concessionárias, permissionárias e autorizatárias de serviços públicos em bens públicos do município de Rio do Sul.</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Dani Pamplona, Marcela Baumgarten, Peixe, Ruan Cipriani - Policial, Zeca Bittencourt</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/9/2025_018_projeto_-_altera_lei_4435_2026_-_escrava_anastacia.pdf</t>
+  </si>
+  <si>
+    <t>Altera e revoga dispositivos da Lei nº 4.435, de 31 de agosto de 2006, que institui o Dia Municipal da Consciência Negra no município de Rio do Sul.</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/18/mensagem_e_projeto_de_lei_para_aquisicao_014.2025_fundo_municipal_dos_direitos_da_crianca_e_do_adolescente_-_assinado_compressed.pdf</t>
+  </si>
+  <si>
+    <t>Abre crédito por superávit financeiro no orçamento do Fundo Municipal dos Direitos da Criança e do Adolescente do município de Rio do Sul. (R$ 2.022.366,70)</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/12/2025_020_projeto_compressed.pdf</t>
+  </si>
+  <si>
+    <t>Abre crédito por superávit financeiro no orçamento do Fundo Municipal de Assistência Social do município de Rio do Sul. (R$ 984.528,14).</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>Peixe</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/16/2025_021_projeto_-_tempo_def_area_azul.pdf</t>
+  </si>
+  <si>
+    <t>Altera e inclui dispositivo na Lei n. 5.796, de 19 de dezembro de 2016, que “Consolida a legislação municipal referente ao sistema viário” para esclarecer o respeito à rotatividade do estacionamento nas vagas destinadas a público isento de tarifa.</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/19/mensagem_016.2025-_lei_orcamentaria_anual_e_plano_plurianual__para_a_politica_nacional_-_assinado_compressed.pdf</t>
+  </si>
+  <si>
+    <t>Abre crédito especial por superávit financeiro no orçamento da Fundação Cultural de Rio do Sul. (R$ 59.322,96).</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/20/mensagem_018.2025_-por_superavit_financeiro_assistencia_social_-_assinado_1_compressed.pdf</t>
+  </si>
+  <si>
+    <t>Abre crédito por superávit financeiro no orçamento do Fundo Municipal de Assistência Social do município de Rio do Sul. (R$ 210.000,00)</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/15/mensagem_019.2025_-_rota_turistica_caminho_do_louvor_-_assinado_-_copia_compressed.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA A INTEGRAÇÃO DO MUNICÍPIO DE RIO DO SUL A COMPOR A ROTA TURÍSTICA CAMINHO DO LOUVOR E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/4/2025_025_projeto.pdf</t>
+  </si>
+  <si>
+    <t>Altera o caput do art. 5° da Lei n° 6.667, de 18 de março de 2025, que “proíbe a Administração Municipal, suas Fundações e Autarquias e o Poder Legislativo de contratar shows, teatros, atividades artísticas ou culturais que façam apologia a drogas ou crimes."</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/14/2025_026_projeto_compressed.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a contratar em caráter de emergência a empresa Victor Ohf &amp; Cia Ltda para exploração do terminal rodoviário de passageiros de Rio do Sul.</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/22/mensagem_024_assinado_-_ementa_retificada.pdf</t>
+  </si>
+  <si>
+    <t>Abre crédito especial por superávit financeiro no Plano Plurianual (2022-2025) da Fundação Cultural de Rio do Sul. (R$ 59.322,96).</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/25/2025_028_projeto_-_tombamento_aeroclube.pdf</t>
+  </si>
+  <si>
+    <t>Institui o tombamento do Aeroclube de Planadores de Rio do Sul – SC como patrimônio cultural, esportivo e social do município.</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/46/projeto_de_lei_patrocinio_22.04.2025_-_assinado_compressed.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão e o recebimento de patrocínio pelo Poder Público nos termos que especifica.</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/66/mensagem_026_-_altera_lei_lei_2.275_-_rua_dinamarca_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivo da Lei nº 2.275, de 03 de abril de 1990, que denomina ruas sem nome em diversos bairros de Rio do Sul.</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/82/mensagem_025.2025_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Estabelece valor mínimo para o ajuizamento de Execuções Fiscais no município de Rio do Sul, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/88/2025_032_projeto.pdf</t>
+  </si>
+  <si>
+    <t>Denomina “Professor Adalberto Manoel Duarte” o beco localizado no Bairro Rainha.</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/89/mensagem_030_-_doacoes_sete_quedas_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Chefe do Poder Executivo a realizar a desafetação e doação de imóvel público municipal.</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/113/2025_034_proj_aero_tomba_imat.pdf</t>
+  </si>
+  <si>
+    <t>Declara Patrimônio Histórico, Cultural e Esportivo Imaterial o Aeroclube de Planadores de Rio do Sul – SC e suas as atividades desenvolvidas.</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/118/2025_035_proj_totens_depurado.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Municipal de Instalação de Totens de Carregamento em espaços públicos de Rio do Sul.</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>Dani Pamplona</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/130/2025_036_projeto.pdf</t>
+  </si>
+  <si>
+    <t>Determina, no município de Rio do Sul, que as unidades de saúde credenciadas no Sistema Único de Saúde – SUS, bem como as de rede privada ofereçam leito separado para as mães de natimorto e mães com óbito fetal.</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/131/mensagem_019.2025_-_rota_turistica_caminho_do_louvor_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a integração do município de Rio do Sul a compor a rota turística “Caminho do Louvor” e dá outras providências.</t>
+  </si>
+  <si>
+    <t>133</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/133/mensagem_028.2025_-_r210.00000_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Abre crédito especial e anula dotações do orçamento do município de Rio do Sul. (R$ 210.000,00)</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/134/mensagem_029.2025_sedec_ppa-_r210.00000_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Abre crédito especial e anula dotações do Plano Plurianual (2022-2025) do município de Rio do Sul. (R$ 210.000,00)</t>
+  </si>
+  <si>
+    <t>148</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/148/mensagem_036.2025_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Abre crédito adicional suplementar por tendência de excesso de arrecadação na Fundação Municipal de Desporto de Rio do Sul. (R$ 1.400.000,00)</t>
+  </si>
+  <si>
+    <t>201</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/201/mensagem_041.2025_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Chefe do Poder Executivo Municipal a transferir o direito da realização e exploração da Festa do Agricultor de 2025 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>203</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>Ricardo Pinheiro, Zeca Bittencourt</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/203/2025_042_projeto_-_robotica_ricardo_e_zeca.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Municipal de Robótica Educacional no Município de Rio do Sul – SC, estabelece diretrizes para sua implementação e parcerias com a iniciativa privada, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>202</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/202/mensagem_38-__projeto_de_lei_reconhece_debito_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Reconhece débito de exercício anterior e autoriza o chefe do Poder Executivo Municipal a efetuar o pagamento do valor devido à L.J.K. Comércio de Combustíveis e Lubrificantes Ltda.</t>
+  </si>
+  <si>
+    <t>214</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/214/mensagem_039.2025_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Suplementa dotação da Fundação Cultural de Rio do Sul e anula dotação do orçamento do município de Rio do Sul. (R$ 30.427,68)</t>
+  </si>
+  <si>
+    <t>215</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/215/mensagem_040.2025_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Suplementa e anula dotações do orçamento do município de Rio do Sul. (R$ 40.989,23)</t>
+  </si>
+  <si>
+    <t>500</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/</t>
   </si>
   <si>
-    <t>Abre crédito por superávit financeiro no orçamento do Fundo Municipal dos Direitos da Criança e do Adolescente do município de Rio do Sul. (R$ 411.333,70)</t>
-[...364 lines deleted...]
-  <si>
     <t>PLO em elaboração pelo vereador Zeca Bittencourt. NÚMERO NÃO UTILIZADO.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/219/2025_047_projeto_-_banco_de_racoes_e_utensilios.pdf</t>
   </si>
   <si>
     <t>Institui no Município de Rio do Sul o Banco de Ração e Utensílios para Animais, com o objetivo de arrecadar e distribuir alimentos e itens essenciais a animais de famílias em situação de vulnerabilidade.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/221/mensagem_042.2025_-_assinado.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial por excesso de arrecadação no Plano Plurianual (2022- 2025) do município de Rio do Sul. (R$1.200.000,00)</t>
@@ -573,51 +687,51 @@
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/254/mensagem_47_-_define_as_vias_previstas.pdf</t>
   </si>
   <si>
     <t>Define as vias previstas, conforme disposto no art. 607 da Lei Complementar nº 163, de 12 de dezembro de 2006.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/275/2025_055_proj_carteira_pcd.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal para a Pessoa com Deficiência no Município de Rio do Sul, e dá outras providências.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>Ricardo Pinheiro, Sueli de Oliveira</t>
+    <t>Ricardo Pinheiro, Sueli Teresinha de Oliveira</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/276/2025_056_proj_migrantes.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Atendimento a Migrantes no município de Rio do Sul.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>PLO em elaboração pelo vereador Ricardo Pinheiro. NÚMERO NÃO UTILIZADO.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/267/mensagem_051.2025_-_assinado.pdf</t>
   </si>
@@ -669,51 +783,51 @@
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/279/mensagem_050.2025_-_assinado.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a custear passagens de transporte coletivo para o Serviço Nacional de Aprendizagem Industrial – Departamento Regional de Santa Catarina – SENAI e dá outras providências.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/305/mensagem_048.2025_-_assinado.pdf</t>
   </si>
   <si>
     <t>Suplementa e anula dotações do orçamento do município de Rio do Sul. (R$ 340.000,00)</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>Sueli de Oliveira</t>
+    <t>Sueli Teresinha de Oliveira</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/315/2025_064_proj_atendimento_ubs_local_trabalho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a possibilidade de atendimento nas unidades básicas de saúde (UBS) do Município de Rio do Sul conforme o local de trabalho do paciente.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Mario Sergio Stramosk</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/319/2025_065_proj_bolsa.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo municipal a conceder auxílio financeiro para custeio de despesas de educandos da rede municipal em atividades de estudo e representação educacional.</t>
   </si>
   <si>
     <t>318</t>
   </si>
@@ -870,50 +984,62 @@
   <si>
     <t>79</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/464/mensagem_70.2025_-_ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração e execução da Lei Orçamentária de 2026 e dá outras providências. (LDO 2026)</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>Dani Pamplona, Marcela Baumgarten</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/471/2025_080_proj_casas_abandonadas.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Demolição Voluntária de Imóveis Abandonados no Município de Rio do Sul – SC.</t>
   </si>
   <si>
+    <t>581</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/581/2025_083_proj_marcenaria.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Municipal “Oficina Escola de Marcenaria” e estabelece diretrizes para sua implementação em caráter extracurricular e facultativo nas unidades escolares de Rio do Sul.</t>
+  </si>
+  <si>
     <t>502</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/502/mensagem_0071.2025_-_assinado.pdf</t>
   </si>
   <si>
     <t>Suplementa e anula dotações do orçamento do município de Rio do Sul. (R$ 500.000,00)</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/509/2025_085_projeto_-_veda_conteudo_inadequado_-_educacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a vedação da execução de músicas, coreografias, danças e vídeos e exposição de livros com conteúdo inadequado no âmbito da rede escolar municipal de Rio do Sul e dá outras providências, e revoga a Lei Municipal n° 6.299, de 4 de outubro de 2021, e a Lei Municipal n° 6.488, de 11 de julho de 2023.</t>
   </si>
   <si>
     <t>519</t>
@@ -933,162 +1059,765 @@
   <si>
     <t>87</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/524/2025_087_projeto_anexo_compressed.pdf</t>
   </si>
   <si>
     <t>Denomina “Flares Ceolin” a arquibancada do Estádio Municipal Alfredo João Krieck.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/526/2025_88_proj_-_resiliencia.pdf</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/528/mensagem_069.2025_-_assinado.pdf</t>
   </si>
   <si>
     <t>Abre crédito por superávit financeiro no orçamento do Fundo Municipal de Assistência Social do Município de Rio do Sul. (R$ 111.092,62)</t>
   </si>
   <si>
+    <t>543</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/543/2025_090_proj_eme_pead.pdf</t>
+  </si>
+  <si>
+    <t>Inclui dispositivo na Lei nº 4.472, de 10 de novembro de 2006, que “Dispõe sobre a criação do Programa Emergencial de Auxílio-Desemprego – PEAD e dá outras providências” para acrescentar direito de luto intrafamiliar.</t>
+  </si>
+  <si>
+    <t>544</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/544/2025_91_projeto_utilidade_publica_-_guarda_mirim.pdf</t>
+  </si>
+  <si>
+    <t>Declara de Utilidade Pública a Associação da Guarda Municipal Mirim de Rio do Sul (AGMMRS), com sede no município de Rio do Sul.</t>
+  </si>
+  <si>
+    <t>536</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/536/mensagem_073.2024_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Abre crédito especial por excesso de arrecadação no orçamento do município de Rio do Sul (R$ 409.900,00).</t>
+  </si>
+  <si>
+    <t>537</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/537/mensagem_074.2024_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Abre crédito especial por excesso de arrecadação no Plano Plurianual (2022-2025) do município de Rio do Sul (R$ 409.900,00)</t>
+  </si>
+  <si>
+    <t>538</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/538/mensagem_075.2025_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Suplementa e anula dotações do orçamento do município de Rio do Sul (R$ 4.454.500,00).</t>
+  </si>
+  <si>
+    <t>539</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/539/mensagem_076.2025_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Abre crédito especial por excesso de arrecadação no orçamento do município de Rio do Sul. (R$ 283.990,00)</t>
+  </si>
+  <si>
+    <t>541</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/541/mensagem_078.2025_1_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Abre crédito especial por superávit financeiro no orçamento do município de Rio do Sul (R$ 200.000,00).</t>
+  </si>
+  <si>
+    <t>542</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/542/mensagem_079.2025_1_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Abre crédito especial por excesso de arrecadação no Plano Plurianual (2022-2025) do município de Rio do Sul. (R$ 200.000,00)</t>
+  </si>
+  <si>
+    <t>553</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/553/mensagem_080.2025.pdf</t>
+  </si>
+  <si>
+    <t>Suplementa e anula dotações do orçamento do município de Rio do Sul (R$ 656.000,00).</t>
+  </si>
+  <si>
+    <t>554</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/554/mensagem_81.2025.pdf</t>
+  </si>
+  <si>
+    <t>Abre crédito por superávit financeiro no orçamento do Fundo Municipal de Assistência Social do Município de Rio do Sul. (R$ 327.239,48)</t>
+  </si>
+  <si>
+    <t>555</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/555/mensagem_083.2025.pdf</t>
+  </si>
+  <si>
+    <t>Abre crédito especial por superávit financeiro no Plano Plurianual (2022-2025) do município de Rio do Sul. (R$ 83.990,00)</t>
+  </si>
+  <si>
+    <t>556</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/556/mensagem_084.2025.pdf</t>
+  </si>
+  <si>
+    <t>Abre crédito especial por superávit financeiro no orçamento do município de Rio do Sul. (R$ 83.990,00)</t>
+  </si>
+  <si>
+    <t>557</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/557/mensagem_82.2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo do Município de Rio do Sul a conceder auxílio financeiro para custeio de despesas de alunos da rede municipal em atividades de estudo e representação educacional, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>558</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/558/2025_103_projeto_utilidade_publica_-_ccvg.pdf</t>
+  </si>
+  <si>
+    <t>Declara de Utilidade Pública a Comunidade Cristã Vale da Graça - CCVG, com sede no município de Rio do Sul.</t>
+  </si>
+  <si>
+    <t>572</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/572/2025_104_projeto_-_altera_lei_6.361-2022.pdf</t>
+  </si>
+  <si>
+    <t>Altera e acrescenta dispositivos da Lei nº 6.361, de 23 de maio de 2022, que institui o Programa Municipal de Cuidados Paliativos Hospitalares, para incluir a prestação de cuidados paliativos domiciliares.</t>
+  </si>
+  <si>
+    <t>567</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/567/mensagem_61-__projeto_de_lei_reconhece_debito_de_hs_posto_de_combustiveis_ltda.docx_2024._9_cupons_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Reconhece débito de exercício anterior e autoriza o Chefe do Poder Executivo Municipal a efetuar o pagamento do valor devido à HS Posto de Combustíveis Ltda.</t>
+  </si>
+  <si>
+    <t>570</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/570/2025_106_proj_rec_part.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Direito de Acesso, na Rede Pública Municipal de Saúde, a Exames e Medicamentos Prescritos por Médicos da Rede Privada.</t>
+  </si>
+  <si>
+    <t>571</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/571/2025_107_proj_olho_vivo.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa “Olho Vivo – Cidadão Fiscal do Meio Ambiente” e estabelece sanções administrativas contra o descarte irregular de resíduos em rios, ribeirões e córregos no Município de Rio do Sul/SC.</t>
+  </si>
+  <si>
+    <t>580</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/580/2025_109_proj_bebidas_e_parque.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivos da Lei nº 5.857, de 22 de setembro de 2017, que proíbe o consumo de bebidas alcoólicas e cigarro nos parques municipais da cidade de Rio do Sul.</t>
+  </si>
+  <si>
+    <t>582</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/582/2025_110_projeto_-_festa_de_sao_joao.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o reconhecimento da Festa de São João da Catedral São João Batista de Rio do Sul, como Patrimônio Histórico, Artístico e Cultural de Natureza Imaterial do Município de Rio do Sul.</t>
+  </si>
+  <si>
+    <t>607</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/607/2025_111_proj_eme_pead_renovado.pdf</t>
+  </si>
+  <si>
+    <t>598</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/598/2025_112_projeto_-_maes_atipicas.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Municipal de Atenção e Orientação às Mães Atípicas – “Cuidando de quem Cuida”, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>661</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/661/2025_113_proj_olho_vivo_novo.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa “Olho Vivo – Cidadão Fiscal do Meio Ambiente” e estabelece sanções administrativas contra o descarte irregular de resíduos em rios, ribeirões e córregos no Município de Rio do Sul/SC e revoga a Lei n. 6.036, de 22 de maio de 2019 que “Dispõe sobre aplicação de multa aos cidadãos que jogarem lixo nos rios do município de Rio do Sul”.</t>
+  </si>
+  <si>
+    <t>614</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/614/2025_114_proj_utilidade_publica_-_app_ifc.pdf</t>
+  </si>
+  <si>
+    <t>Declara de Utilidade Pública a Associação de Pais e Professores do Instituto Federal de Educação, Ciência e Tecnologia Catarinense – Campus Rio do Sul – APP IFC Rio do Sul, com sede no município de Rio do Sul.</t>
+  </si>
+  <si>
+    <t>612</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/612/mensagem_088.2025_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Denomina “Praça Vô Paulo” a Praça Pública de lazer localizada na Estrada Boa Esperança, no bairro Fundo Canoas, neste município.</t>
+  </si>
+  <si>
+    <t>630</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/630/mensagem_087.2025_-_autoriza_permissao_de_uso_estacao_farol_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a permissão de uso, a título precário e oneroso, de espaços públicos localizados na Estação Farol, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>631</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/631/mensagem_089.2025_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Revoga a Lei n. 4.630, de 16 de outubro de 2007, que “Torna obrigatória a execução de reservatório para as águas pluviais coletadas por coberturas e pavimentos nos lotes, edificados ou não, que tenham área impermeabilizada igual ou superior a 400m² e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>640</t>
+  </si>
+  <si>
+    <t>Ruan Cipriani - Policial, Zeca Bittencourt</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/640/2025_118_proj_pichacao.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a punição administrativa dos atos de pichação e grafitagem não autorizada em bens públicos e privados no Município de Rio do Sul e estabelece outras providências.</t>
+  </si>
+  <si>
+    <t>643</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/643/mensagem_90.2025.pdf</t>
+  </si>
+  <si>
+    <t>Abre crédito especial por excesso de arrecadação no orçamento do município de Rio do Sul. (R$ 150.000,00)</t>
+  </si>
+  <si>
+    <t>651</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/651/loa_2026_1_1.pdf</t>
+  </si>
+  <si>
+    <t>Estima receita e fixa a despesa do município de Rio do Sul, para o exercício de 2026. (LOA 2026).</t>
+  </si>
+  <si>
+    <t>669</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/669/mensagem_095.20225_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Suplementa e anula dotação do orçamento do município de Rio do Sul. (R$ 1.009.058,18)</t>
+  </si>
+  <si>
+    <t>679</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/679/2025_122_proj__adesivo_veic_aband.pdf</t>
+  </si>
+  <si>
+    <t>Revoga o inciso I do §1° e acrescenta o §2° ao art. 57 da Lei nº 5.796, de 19 de dezembro de 2016, que consolida a legislação municipal referente ao Sistema Viário.</t>
+  </si>
+  <si>
+    <t>687</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/687/mensagem_094.2025_-_assinado_prefeito.pdf</t>
+  </si>
+  <si>
+    <t>Abre crédito especial por excesso de arrecadação no Plano Plurianual (2022-2025) do município de Rio do Sul. (R$ 150.000,00)</t>
+  </si>
+  <si>
+    <t>688</t>
+  </si>
+  <si>
+    <t>124</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/688/mensagem_100-2025.pdf</t>
+  </si>
+  <si>
+    <t>Cria a Comissão Permanente de Levantamento, Acompanhamento e Avaliação de Bens Móveis e dá outras providências.</t>
+  </si>
+  <si>
+    <t>701</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/701/mensagem_103.2025_-extincao_fundacao_municipal_de_desportos_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a extinção da Fundação Municipal de Desportos (FMD), instituída pela Lei Municipal n. 5.678, de 08 de dezembro de 2015, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>710</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/710/2025_126_proj_banco_oculos.pdf</t>
+  </si>
+  <si>
+    <t>Institui o “Banco de Armações de Óculos” no município de Rio do Sul e dá outras providências.</t>
+  </si>
+  <si>
+    <t>711</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/711/mensagem_096.2025_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Suplementa e anula dotação do Fundo Municipal de Saúde de Rio do Sul. (R$ 5.410,32)</t>
+  </si>
+  <si>
+    <t>742</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
+    <t>Feuser, Mario Sergio Stramosk</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/742/2025_128_proj_cor_recicla.pdf</t>
+  </si>
+  <si>
+    <t>Institui a padronização da cor verde para identificação da coleta seletiva de lixo reciclável no Município de Rio do Sul, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>784</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/784/mensagem_104.2025_-_incentivo_produtores_rurais.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Municipal de Incentivo e Apoio aos Produtores Rurais, Urbanos, Agricultores Familiares e Aposentados Rurais.</t>
+  </si>
+  <si>
+    <t>812</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/812/mensagem_108.2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera e revoga dispositivos da Lei Municipal nº 5.796, de 19 de dezembro de 2016, que consolida a legislação municipal referente ao sistema viário.</t>
+  </si>
+  <si>
+    <t>813</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/813/mensagem_110.2025.pdf</t>
+  </si>
+  <si>
+    <t>Acresce o §7° ao art. 1° da Lei n° 6001, de 17 de dezembro de 2018, que cria, define e regulamenta os casos de vulnerabilidades temporárias para a concessão de benefícios destinados ao atendimento de necessidades das famílias na área habitacional.</t>
+  </si>
+  <si>
+    <t>814</t>
+  </si>
+  <si>
+    <t>132</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/814/mensagem_111.2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a permissão de uso de bem público municipal ao Santa Catarina Clube, bem como dispõe sobre a exploração de publicidade institucional e dá outras providências</t>
+  </si>
+  <si>
+    <t>815</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/815/mensagem_112.2025.pdf</t>
+  </si>
+  <si>
+    <t>Concede revisão geral anual das remunerações dos servidores públicos/ empregados públicos do município, das fundações públicas municipais e dá outras providências.</t>
+  </si>
+  <si>
+    <t>819</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/819/2025_134_projeto.pdf</t>
+  </si>
+  <si>
+    <t>Revoga o inciso III do art. 11 da Lei nº 6.378, de 27 de junho de 2022, que dispõe sobre a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público consoante art. 73 da Lei Orgânica do Município de Rio do Sul.</t>
+  </si>
+  <si>
+    <t>820</t>
+  </si>
+  <si>
+    <t>135</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/820/oficio_284.2025___mensagem_112-a_2025_-_incluir_na_extraordinaria_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Revoga dispositivo da Lei nº 6.378, de 27 de junho de 2022, que dispõe sobre a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público consoante art. 73 da Lei Orgânica do Município de Rio do Sul.</t>
+  </si>
+  <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Mario Sergio Stramosk, Zeca Bittencourt</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/17/2025_004_plc_pd_telhados_escolas.pdf</t>
   </si>
   <si>
     <t>Inclui dispositivos na Lei Complementar nº 163, de 12 de dezembro de 2006, para definir regras sobre coberturas de equipamentos comunitários educacionais.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/21/mensagem_017.2025_-_altera_a_lei_complementar_n._524_de_29_de_junho_de_2023_alterada_-_assinado_compressed_1.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n. 524, de 29 de junho de 2023, que “Institui o Plano de Carreira e Vencimentos dos servidores públicos do Poder Executivo municipal de Rio do Sul e dá outras providências”.</t>
   </si>
   <si>
-    <t>83</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/83/2025_006_plc_estatuto_-_possibilidade_reducao_de_jornada.pdf</t>
   </si>
   <si>
     <t>Acrescenta os §§ 12 e 13 ao art. 48 na Lei Complementar n° 522, de 29 de junho de 2023, que “dispõe sobre o Estatuto dos Servidores Públicos Municipal de Rio do Sul”, estabelecendo a possibilidade de redução da jornada de trabalho.</t>
   </si>
   <si>
-    <t>102</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/102/mensagem_033_-_assinado.pdf</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/137/mensagem_032_1_-_assinado.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n. 075, de 20 de novembro de 2001, alterada pela Lei Complementar n. 159, de 22 de agosto de 2006, e dá outras providências.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/253/mensagem_46_-_altera_o_plano_diretor_1_-_assinado.pdf</t>
   </si>
   <si>
     <t>Altera e revoga dispositivos na Lei Complementar nº 163, de 12 de dezembro de 2006, que dispõe sobre o Plano Diretor do município de Rio do Sul.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/264/projeto_de_alteracao_lei_complementar_339.2016_codensul_-_assinado.pdf</t>
   </si>
   <si>
     <t>Acrescenta e altera dispositivos na Lei Complementar nº 339, de 12 de dezembro de 2016, que dispõe sobre a criação do Conselho de Desenvolvimento Econômico de Rio do Sul (Codensul), autoriza a instituição do Fundo Municipal de Desenvolvimento Econômico (FMDE), e dá outras providências.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>11</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/347/projeto_de_alteracao_lei_complementar_544.2024.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n. 544, de 19 de fevereiro de 2024, que “dispõe sobre a alteração do dispositivo da Lei Complementar n. 529, de 24 de agosto de 2023, que ‘altera a Lei Complementar n. 524, que Institui o Plano de Carreira e Vencimentos dos servidores públicos do Poder Executivo Municipal de Rio do Sul’”.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/435/mensagem_066.2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei n. 6.653, de 19 de dezembro de 2024, que concede revisão geral anual das remunerações dos servidores públicos /empregados públicos do município de Rio do Sul e Lei Complementar n. 75, de 20 de novembro de 2001, que "dispõe sobre o Plano de Carreira e Remuneração do magistério público municipal de Rio do Sul.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/436/mensagem_065.2025_-_meio_ambiente.pdf</t>
   </si>
   <si>
     <t>Altera e acrescenta dispositivos na Lei Complementar nº 338, de 25 de novembro de 2016, que dispõe sobre a Política Municipal de Meio Ambiente, cria o Conselho Municipal de Defesa do Meio Ambiente e o Fundo Municipal do Meio Ambiente, e dá outras providências.</t>
   </si>
   <si>
-    <t>99</t>
-[...2 lines deleted...]
-    <t>1</t>
+    <t>540</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/540/mensagem_077.2025_-_programa_de_incentivo_ao_setor_imobiliario_1.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Municipal de Incentivo ao setor imobiliário de Rio do Sul.</t>
+  </si>
+  <si>
+    <t>575</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/575/mensagem_de_lei_86.2025_-_altera_lei_que_cria_guarda_municipal_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Altera Lei Complementar n. 397, de 12 de julho de 2018, que “Regulamenta, moderniza e adequa a Guarda Municipal de Rio do Sul e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>576</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/576/mensagem_85.2025_-_altera_vencimento_guarda_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Complementar n. 524 de 29 de junho de 2023, que institui o Plano de Carreira e Vencimentos dos Servidores Públicos do Poder Executivo Municipal de Rio do Sul e dá outras providências.</t>
+  </si>
+  <si>
+    <t>599</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/599/mensagem_072.2025_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Altera e acrescenta dispositivos à Lei Complementar nº 338, de 25 de novembro de 2016, que dispõe sobre a Política Municipal de Meio Ambiente, cria o Conselho Municipal de Defesa do Meio Ambiente e o Fundo Municipal do Meio Ambiente, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>652</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/652/mensagem_092.2025._projeto_.pdf</t>
+  </si>
+  <si>
+    <t>Altera o art. 613 da Lei Complementar n. 163, de 12 de dezembro de 2006, que “Dispõe sobre o Plano Diretor do município de Rio do Sul”.</t>
+  </si>
+  <si>
+    <t>689</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/689/mensagem_101.2025__assinado.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Complementar n. 559 de 19 de dezembro de 2024, que “Dispõe sobre a estrutura administrativa do Poder Executivo municipal de Rio do Sul e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>690</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/690/mensagem_099.2025_novo.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Complementar n. 524 de 29 de junho de 2023, que “Institui o Plano de Carreira e Vencimentos dos Servidores Públicos do Poder Executivo municipal de Rio do Sul e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>692</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/692/mensagem_102.2025_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Altera anexo da Lei Complementar n. 110, de 17 de setembro de 2003, que "Institui o Código Tributário do município de Rio do Sul".</t>
+  </si>
+  <si>
+    <t>712</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/712/2025_022_projeto_-_mesa_diretora_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Altera os anexos II da Lei Complementar nº 224, de 15 de fevereiro de 2011, que dispõe sobre os quadros de pessoal e Plano de Carreira dos servidores da Câmara Municipal de Rio do Sul e o art. 5° da Lei Complementar n° 269, de 03 de outubro de 2013, que “cria a Procuradoria da Câmara Municipal de Rio do Sul e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>757</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/757/mensagem_106.2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Complementar n. 524 de 29 de junho de 2023, que institui o Plano de carreira e vencimentos dos servidores públicos do Poder Executivo municipal de Rio do Sul e dá outras providências.</t>
+  </si>
+  <si>
+    <t>817</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/817/mensagem_109.2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Complementar nº 568, de 19 de agosto de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Transfere do dia 3 de abril de 2025 para dia 30 do mesmo mês, Sessão Ordinária da Legislatura 2025-2028.</t>
-  </si>
-[...4 lines deleted...]
-    <t>3</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/100/2025_003_projeto_-__transfere_sessao_de_15_mai_para_8_mai_de_2025_4.pdf</t>
   </si>
   <si>
     <t>Transfere o dia da Sessão Ordinária agendada para 15 de maio de 2025, no calendário Oficial das Sessões, para o dia 8 de maio de 2025.</t>
   </si>
   <si>
     <t>Feuser</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/35/2025_004_projeto_-_altera_resolucao_das_diarias.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Resolução n° 1.239, de 15 de maio de 2023, que fixa valor e estabelece critérios para pagamento de diárias e indenização de transporte no âmbito do Poder Legislativo de Rio do Sul, e dá outras providências.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/231/2025_005_projeto_-__transfere_data_de_sessao_de_21_para_24_07.pdf</t>
   </si>
   <si>
     <t>Transfere data de realização da Sessão Ordinária do dia 21 de julho de 2025 para o dia 24 de julho de 2025, alterando o calendário oficial das Sessões do ano de 2025.</t>
   </si>
@@ -1109,337 +1838,274 @@
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/518/2025_007_projeto_-_resolucao_camara_mirim.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Projeto Câmara Mirim no Município de Rio do Sul.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/37/indicacao_rua_padre_anchieta.pdf</t>
   </si>
   <si>
     <t>Ao Chefe do Poder Executivo municipal para que, através do setor_x000D_
 responsável, realize MANUTENÇÃO GERAL na Rua Padre Anchieta, Bairro_x000D_
 Canoas.</t>
   </si>
   <si>
-    <t>109</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/38/indicacao_rua_leandro_dellagiustina.pdf</t>
   </si>
   <si>
     <t>Ao Chefe do Poder Executivo municipal para que, através do setor_x000D_
 responsável, realize MANUTENÇÃO GERAL na Rua Leandro Dellagiustina, no_x000D_
 bairro Eugênio Schneider.</t>
-  </si>
-[...1 lines deleted...]
-    <t>110</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/39/indicacao_varias_ruas.pdf</t>
   </si>
   <si>
     <t>Ao Chefe do Poder Executivo municipal para que, através do setor_x000D_
 responsável, que sejam incluídas as seguintes ruas nas próximas_x000D_
 pavimentações a serem executadas em nossa cidade._x000D_
 Seguem as ruas:_x000D_
 • Rua Curitiba – Bairro Boa Vista;_x000D_
 • Rua Indira Gandhi – Bairro Boa Vista;_x000D_
 • Rua Guilherme Becker – Bairro Santana;_x000D_
 • Rua Mato Grosso – esta inclusive arrumar a tubulação – Bairro Boa_x000D_
 Vista.</t>
   </si>
   <si>
-    <t>111</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/40/indicacao_rua_eng._odebrecht.pdf</t>
   </si>
   <si>
     <t>Ao Chefe do Poder Executivo Municipal para que, através do setor_x000D_
 responsável, realize limpeza das calçadas na Rua Eng. Odebrecht – Budag.</t>
-  </si>
-[...1 lines deleted...]
-    <t>112</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/41/indicacao_km_142_br_470.pdf</t>
   </si>
   <si>
     <t>Ao chefe do Poder Executivo Municipal, para que, por meio da secretaria competente, faça o patrolamento e coloque brita, cascalho no Km 142, Número 7507, Br 470.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/42/indicacao_rua_guilherme_becker.pdf</t>
   </si>
   <si>
     <t>Ao Chefe do Poder Executivo Municipal para que, através do setor_x000D_
 responsável, realize MANUTENÇÃO GERAL na Rua Guilherme Becker, Bairro_x000D_
 Santana.</t>
   </si>
   <si>
-    <t>114</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/43/indicacao_rua_vicente_barcelos.pdf</t>
   </si>
   <si>
     <t>Ao chefe do Poder Executivo Municipal, para que, por meio da secretaria_x000D_
 competente, realize a manutenção e limpeza da Rua Vicente Barcelos, Bairro_x000D_
 Eugênio Schneider.</t>
-  </si>
-[...1 lines deleted...]
-    <t>115</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/44/indicacao_seguranca_nas_ciclovias_.pdf</t>
   </si>
   <si>
     <t>Ao chefe do Poder Executivo Municipal, para que, por meio da secretaria_x000D_
 competente, aprimore a segurança nas ciclovias de Rio do Sul. Sua proposta_x000D_
 sugere a implementação de sinalizações horizontais (pinturas no chão) e_x000D_
 verticais (placas) em pontos onde as ciclovias cruzam vias com preferência_x000D_
 para veículos motorizados, alertando os ciclistas para pararem e cederem a_x000D_
 passagem quando necessário.</t>
   </si>
   <si>
-    <t>116</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/45/indicacao_pavimentacao_de_ruas.pdf</t>
   </si>
   <si>
     <t>Ao Chefe do Poder Executivo Municipal para que, através do setor responsável, que sejam incluídas as seguintes ruas nas próximas pavimentações a serem executadas em nossa cidade._x000D_
 Seguem as ruas:_x000D_
     • Rua Bom Fim – Bairro Sumaré;_x000D_
     • Rua André Largura – Bairro Taboão;_x000D_
     • Rua Jacob Johan Dick – Bairro Budag.</t>
   </si>
   <si>
-    <t>117</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/47/indicacao-_ricardo_25-04.pdf</t>
   </si>
   <si>
     <t>Ao Chefe do Poder Executivo Municipal, através do Setor competente, solicitamos que providencie um contentor de lixo na Estrada do Bonfim, nas proximidades da “Studio Cor Uniformes Personalizados”.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/49/indicacao-_ricardo_28-04.pdf</t>
   </si>
   <si>
     <t>Ao Chefe do Poder Executivo Municipal, através da Secretaria de Obras, solicitamos que seja feito a manutenção da Estrada São Bento, no Bairro Progresso, além disso, pedimos que a Secretaria de Obras molhe com mais frequência esta rua e avalie a possibilidade de uma lombada física.</t>
-  </si>
-[...1 lines deleted...]
-    <t>119</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/50/01.04.25.indicacao.rua.lilly.bremer.vereador.zeca.pdf</t>
   </si>
   <si>
     <t>REQUER:_x000D_
 Ao Executivo Municipal que envie à Secretaria de Obras:_x000D_
 Que faça a manutenção urgente na Rua Guilherme Ricardo Becker, Santana, 89160-254 - Rio do Sul/SC</t>
   </si>
   <si>
-    <t>120</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/51/04.04.25.indicacao.andre.largura.taboao.zeca.enviada.pdf</t>
   </si>
   <si>
     <t>REQUER:_x000D_
 Ao Executivo Municipal que envie à Divisão de Trânsito: Colocação de Placa para Redução de Velocidade na R. André Largura, na altura dos números 639-591, 89160-400 - Taboão, Rio do Sul – SC.</t>
-  </si>
-[...1 lines deleted...]
-    <t>121</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/52/01.04.25.indicacao.rua.lilly.bremer.vereador.zeca.pdf</t>
   </si>
   <si>
     <t>REQUER:_x000D_
 Ao Executivo Municipal que envie à Secretaria de Obras:_x000D_
 Manutenção Urgente na Rua Lilly Bremer, Bairro Navegantes, próximo a revenda da Volvo Caminhões, Rio do Sul/SC</t>
-  </si>
-[...1 lines deleted...]
-    <t>122</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/53/indicacao_conserto_asfalto_bela_alianca.pdf</t>
   </si>
   <si>
     <t>REQUER:_x000D_
  _x000D_
 _x000D_
 Ao chefe do Poder Executivo Municipal, que encaminhe junto ao setor de obras da prefeitura municipal, Solicitando reparo no asfalto _x000D_
 _x000D_
 _x000D_
 _x000D_
 Localizada : Rua Conselheiro Willy Hering_x000D_
                     Na cabeceira da ponte da Cohab _x000D_
 _x000D_
 _x000D_
                      Rua Alfredo Swarowsy_x000D_
                      Nas proximidades casa nº   383</t>
   </si>
   <si>
-    <t>123</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/54/29.04.25.indicacao.mafalda.porto.progresso.zeca.pdf</t>
   </si>
   <si>
     <t>REQUER:_x000D_
 Ao Executivo Municipal que envie à Secretaria de Obras: Melhorias no Acesso e Pavimentação da Rua Rio Negrinho, encontro com Mafalda Porto, Bairro Progresso, Rio do Sul – SC.</t>
-  </si>
-[...1 lines deleted...]
-    <t>124</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/55/indicacao__reparos_asfalto_valada_sao_paulo.pdf</t>
   </si>
   <si>
     <t>REQUER:_x000D_
  _x000D_
 _x000D_
 Ao chefe do Poder Executivo Municipal, que encaminhe junto ao setor de Obras da prefeitura municipal, Solicitando conserto da via de asfalto_x000D_
 _x000D_
 _x000D_
 _x000D_
 Localizada :  Rua Prefeito Adelar Soldateli_x000D_
                      Bairro Valada São Paulo</t>
   </si>
   <si>
-    <t>125</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/56/indicacao.29.04.25.ruasergioalbertodegenhardt.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito que determine à Secretaria de Obras efetivação do patrolamento e macadamização da Rua Sergio Alberto Degenhardt (rua ao lado direito e esquerdo do loteamento são pedro)  – Bairro Barra do Trombudo. _x000D_
 A rua encontra-se em más condições, e precisa urgente de atenção do poder Publico.</t>
   </si>
   <si>
-    <t>126</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/57/29.05.25.indicacao.garuva.lyons.entulho.zeca.pdf</t>
   </si>
   <si>
     <t>REQUER:_x000D_
 Ao Executivo Municipal que envie à Secretaria de Obras: Manutenção da via e recolhimento de entulho na altura do Lyons Club de Rio do Sul, rua Garuva, Bairro Progresso.</t>
-  </si>
-[...1 lines deleted...]
-    <t>127</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/58/29.04.25.indicacao.rua.rio.grande.poda.plantas.zeca.pdf</t>
   </si>
   <si>
     <t>REQUER:_x000D_
 Ao Executivo Municipal que envie ao setor responsável:_x000D_
 Solicitação de poda do mato do último terreno da Rua Rio Grande, Bairro Eugênio Schneider.</t>
   </si>
   <si>
-    <t>128</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/60/indicacao.29.04.25.ruasantomontagna.pdf</t>
   </si>
   <si>
     <t>Ao Prefeito que determine à Secretaria de Obras efetivação da limpeza das bocas de lobo e conserto de lajotas da Rua Santo Montagna – Bairro Barragem._x000D_
 A rua encontra-se em más condições e precisa urgente de atenção do poder Publico.</t>
-  </si>
-[...1 lines deleted...]
-    <t>129</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/61/indicacao_abrigo_onibus.pdf</t>
   </si>
   <si>
     <t>Ao Chefe do Poder Executivo Municipal que determine à Secretaria de  Infraestrutura do Município de Rio do Sul a instalação de “abrigo de passageiros de ônibus” na Rua Oscar Strey.na altura onde a linha de transporte público municipal termina e o ônibus faz o retorno, bem como, promova a manutenção dos abrigos situados;_x000D_
 1 – Em frente a escola Francisco Altamir Wagner no lado ímpar da via no sentido crescente._x000D_
 2 – Na Rua Oscar Strey na altura do entroncamento com a Estrada Braço Canoas.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/62/indicacao_tubulacao_oscar_strey.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Prefeito de Rio do Sul, para que determine à Secretaria de Obras a manutenção de tubulação de drenagem junto ao primeiro abrigo de passageiros de ônibus ao final do pavimento na Rua Oscar Strey, no Bairro Fundo Canoas.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/63/indicacao_telemedicina.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Prefeito de Rio do Sul, para que adote providências necessárias para a implementação da telemedicina como ferramenta complementar na rede pública de saúde do município de Rio do Sul.</t>
-  </si>
-[...1 lines deleted...]
-    <t>132</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/64/indicacao_manutencao_rua_espirito_santo.pdf</t>
   </si>
   <si>
     <t>Ao Chefe do Poder Executivo Municipal que determine à Secretaria de Obras para que seja realizada manutenção e adequação no pavimento das ruas ESPIRITO SANTO e sua continuidade pela rua REINOLDO KLEHN, Bairro Boa Vista em razão do mau estado de conservação que se encontram.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/65/indicacao_pavimentacao_rua_espirito_santo.pdf</t>
   </si>
   <si>
     <t>Ao Chefe do Poder Executivo Municipal que determine à Secretaria de Infraestrutura para que envide esforços no sentido de projetar e buscar meios para pavimentação das Ruas ESPIRITO SANTO e sua continuidade pela Rua REINOLDO KLEHN, Bairro Boa Vista, e, enquanto tais ações não puderem ser efetivadas, que se realize ao menos a adequação do sistema de drenagem da água pluvial de maneira que este não comprometa o pavimento das referidas vias.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/67/indicacao_contentor_de_lixo_beco_om.pdf</t>
   </si>
   <si>
     <t>REQUER:_x000D_
  _x000D_
 _x000D_
 Ao chefe do Poder Executivo Municipal, que encaminhe junto ao setor competente da prefeitura municipal, Solicitando providenciar um contentor de lixo  _x000D_
 _x000D_
 _x000D_
 _x000D_
 Localizada :  Rua Alfredo Swarowsy_x000D_
                       Defronte a Marmoraria Om_x000D_
 _x000D_
 _x000D_
 Este contentor de lixo, para servir todo Beco Om ,pois não é feito coleta de lixo neste local</t>
   </si>
   <si>
-    <t>135</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/69/indicacao_rua_patricio_noveletto.pdf</t>
   </si>
   <si>
     <t>Ao Chefe do Poder Executivo municipal para que, através do setor responsável, coloque 2 lombadas na Rua Patrício Noveletto, Ribeirão do Tigre Barra do Trombudo. Após escola Navarro Lins.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/70/indicacao_252025_-_faixa_de_pedestre_rua_engenheiro_baugarten.pdf</t>
   </si>
   <si>
     <t>Que o Prefeito determine ao órgão competente que realize estudo de viabilidade e, se possível, proceda com a instalação de uma faixa de pedestres na Rua Engenheiro Baugarten, próximo da Praça Juscelino Kubitschek.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/71/indicacao_242025_-_praca_juscelino_kubitschek.pdf</t>
   </si>
   <si>
     <t>Que o Prefeito determine à Secretaria de Obras ou órgão competente que realize a capina, lavagem e pintura da Praça Juscelino Kubitschek, localizada no Bairro Canoas.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/72/indicacao-_ricardo_05-05.pdf</t>
@@ -1532,106 +2198,91 @@
   <si>
     <t>REQUER:_x000D_
  _x000D_
 _x000D_
 Ao chefe do Poder Executivo Municipal, que encaminhe junto ao setor competente da prefeitura municipal, Solicitando providenciar um contentor de lixo</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/81/indicacao-_ricardo_06-05.pdf</t>
   </si>
   <si>
     <t>Ao Chefe do Poder Executivo Municipal, através da Secretaria de Obras, solicitamos que seja feito a manutenção do calçamento em lajotas na Rua dos Sabiás, e também, na Rua da Saíras, ambas no bairro Taboão.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/86/indicacao_meio_ambiente_coleta_seletiva.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Prefeito de Rio do Sul, para que determine ao Departamento de Meio Ambiente a exigência junto à empresa “Consórcio Riosulense SPE”, responsável pela limpeza urbana bem como coleta de lixo e coleta reciclável que desenvolva e apresente projeto para que o município de Rio do Sul adote para a coleta de material reciclável embalagens diferenciadas em cor ou características diferentes das tradicionais usadas para o lixo orgânico.</t>
   </si>
   <si>
-    <t>91</t>
-[...1 lines deleted...]
-  <si>
     <t>149</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/91/indicacao_262025_-_rua_oscar_kirsten.pdf</t>
   </si>
   <si>
     <t>Que o poder Executivo elabore o projeto para asfaltamento da Rua Oscar Kirsten, no Centro de Rio do Sul, ou, alternativamente, a realização de melhorias no calçamento em paralelepípedo, com nivelamento e substituição das pedras danificadas, visando garantir melhores condições de mobilidade em via próxima ao Hospital Regional.</t>
   </si>
   <si>
-    <t>92</t>
-[...1 lines deleted...]
-  <si>
     <t>150</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/92/indicacao_282025_-_rua_alameda_bela_alianca.pdf</t>
   </si>
   <si>
     <t>Que o Prefeito, por meio do setor competente, providencie a instalação de faixa elevada em frente ao Restaurante Gepetto, na Alameda Bela Aliança, Bairro Jardim América, e que seja realizado estudo técnico para implantação de outras faixas elevadas ao longo da via.</t>
-  </si>
-[...1 lines deleted...]
-    <t>94</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/94/indicacao_contentor_de_lixo_oscar_barcelos.pdf</t>
   </si>
   <si>
     <t>Ao chefe do Poder Executivo Municipal, que encaminhe junto ao setor competente da prefeitura municipal, Solicitando providenciar um contentor de lixo  _x000D_
 _x000D_
 _x000D_
 _x000D_
 Localizada : Avenida Oscar barcelos 1526_x000D_
                     Esquina da Leopoldo Ledra _x000D_
                     Prédio da casa do churrasco_x000D_
                      Bairro Santana</t>
   </si>
   <si>
-    <t>95</t>
-[...1 lines deleted...]
-  <si>
     <t>152</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/95/indicacao_0292025_-_doacao_predio_sebastiao_back.pdf</t>
   </si>
   <si>
     <t>Que o Prefeito Municipal determine à Secretaria Municipal de Educação que adote as providências necessárias para formalizar, junto ao órgão competente, o pedido de doação definitiva do prédio onde atualmente funciona o Centro Educacional Sebastião Back, localizado no bairro Santana.</t>
-  </si>
-[...1 lines deleted...]
-    <t>107</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/107/indicacao_contentor_de_lixo_alto_bella_alianca.pdf</t>
   </si>
   <si>
     <t>REQUER:_x000D_
  _x000D_
 _x000D_
 Ao chefe do Poder Executivo Municipal, que encaminhe junto ao setor competente da prefeitura municipal, Solicitando providenciar um contentor de lixo  _x000D_
 _x000D_
 _x000D_
 _x000D_
 Localizada : Rua Gustavo Hasse_x000D_
                     Prox .Recanto pesque pague Rainha do vale_x000D_
                     No final do ponto de Ônibus _x000D_
                     Bairro Bela Aliança</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/108/conserto_boca_lobo_bella_alianca.pdf</t>
@@ -4570,187 +5221,2195 @@
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/529/indicacao_boca_de_lobo_guilherme_hammann.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Senhor Prefeito de Rio do Sul, para que determine à Secretaria de Obras a limpeza e colocação de grelhas das “bocas de lobo” da Rua Guilherme Hammann, no Bairro Fundo Canoas.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/530/indicacao_-_estrada_braco_bela_alianca.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo, por meio do setor competente, realize, com urgência, a reconstrução do bueiro e a recuperação do pavimento na Estrada Braço Bela Aliança.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/531/indicacao_-_joao_ledra_gr_maq.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo, por meio da secretaria competente, realize manutenção na rede de drenagem da Rua João Ledra, nas proximidades da empresa GR Maq.</t>
   </si>
   <si>
+    <t>532</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/532/indicacao_-_rua_euclides_da_cunha.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, providencie a recomposição do pavimento na Rua Euclides da Cunha, proximidades do número 466, no Bairro Eugênio Schneider.</t>
+  </si>
+  <si>
+    <t>533</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/533/indicacao_rua_miguel_gutjahr.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que determine à Secretaria de Obras, que seja realizado reparo urgente no calçamento da Rua Miguel Gutjahr, Bairro Laranjeiras, especificamente no beco situado ao final da via.</t>
+  </si>
+  <si>
+    <t>534</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/534/indicacao_rua_leandro_dellagiustina....pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal que determine, por meio do setor competente, a reavaliação da pintura amarela de meio-fio realizada na Rua Leandro Dellagiustina, em frente ao imóvel nº 120, Bairro Eugênio Schneider.</t>
+  </si>
+  <si>
+    <t>545</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/545/indicacao_patrolamento_cohab.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que encaminhe junto ao Setor de Obras da prefeitura municipal, Patrolamento e macadamização, na Rua Luciana Maria Toggwiler, Juntamente, com a Rua que da Acesso a empresa  Frical</t>
+  </si>
+  <si>
+    <t>546</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/546/indicacao_-_rua_claudio_machado_da_silva.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio do setor competente, realize serviços de manutenção e correção da drenagem na Rua Cláudio Machado da Silva, no Bairro Sumaré.</t>
+  </si>
+  <si>
+    <t>547</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/547/indicacao_rua_patricio_noveletto.pdf</t>
+  </si>
+  <si>
+    <t>Ao Chefe do Poder Executivo municipal para que, através do setor responsável, a instalação de dois redutores de velocidade (lombadas) na Rua Patrício Noveletto, no bairro Ribeirão do Tigre – Barra do Trombudo, nas proximidades da Escola Navarro Lins.</t>
+  </si>
+  <si>
+    <t>548</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/548/indicacao_patrolamento_pedro_fra.bela_alianca.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que encaminhe junto ao Setor de Obras da prefeitura municipal, Patrolamento e macadamização, no final Rua Pedro Frankemberg, Bairro Bela Aliança.</t>
+  </si>
+  <si>
+    <t>549</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/549/indicacao_patrolamento_rainha.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que encaminhe junto ao Setor de Obras da prefeitura municipal, Patrolamento e cascalhamento, Estrada da Penha,  Bairro Rainha.</t>
+  </si>
+  <si>
+    <t>550</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/550/indicacao.07.10.25.patricionovelletto.bueiro.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que determine a Secretaria de Obras, que realize a manutenção do Bueiro na Rua Patrício Novelletto _x000D_
+ – Barra do Trombudo, próximo a Escola Professor Frederico Navarro Lins. _x000D_
+O bueiro se encontra em más condições e precisa de uma atenção do poder Público.</t>
+  </si>
+  <si>
+    <t>551</t>
+  </si>
+  <si>
+    <t>463</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/551/indicacao.07.10.25.daniel.andreatta.muro.de.contencao.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito que determine à Secretaria de Obras efetivação de um muro de contenção na Rua Daniel Andreatta, próximo a casa 748 – Bairro Sumaré._x000D_
+O Barranco encontra-se em más condições e precisa de uma atenção urgente do poder Público.</t>
+  </si>
+  <si>
+    <t>552</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/552/indicacao.07.10.25.beco.xavantina.patrolamentoemacadame.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal que determine a Secretaria de obras, que realize o patrolamento e macadamização no Beco Xavantina – Bairro Barra do Trombudo._x000D_
+O beco se encontra em más condições e precisa de uma atenção do poder Público.</t>
+  </si>
+  <si>
+    <t>559</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/559/indicacao_0612025_-_rua_joao_pasqualine.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal que determine à Secretaria de Obras, à Defesa Civil e à Secretaria de Meio Ambiente que realizem vistoria e adotem as medidas necessárias no terreno de propriedade do Município, localizado na Rua João Pasqualine, no bairro Canta Galo, incluindo a remoção de árvores na beira do barranco, execução de contenção, escalonamento do terreno e retirada de material remanescente, a fim de prevenir deslizamentos e garantir a segurança dos moradores da localidade.</t>
+  </si>
+  <si>
+    <t>560</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/560/indicacao_0622025_-_travessa_heitor_luz.pdf</t>
+  </si>
+  <si>
+    <t>Que o Excelentíssimo Senhor Prefeito determine à Secretaria de Obras que realize reparo pontual no calçamento da Travessa Heitor Luz, localizada no Centro, em trecho que apresenta desnível e acúmulo de água em dias de chuva.</t>
+  </si>
+  <si>
+    <t>562</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/562/indicacao_revitalizacao_terminal_onibus.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que encaminhe junto ao setor de infraestrutura  da prefeitura municipal, revitalização do terminal rodoviário de ônibus Municipal.</t>
+  </si>
+  <si>
+    <t>563</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/563/indicacao_-_rua_adolfo_kolping.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio do setor competente, realize a recuperação do pavimento asfáltico na Rua Adolfo Kolping, nas proximidades do número 300, no Bairro Canta Galo.</t>
+  </si>
+  <si>
+    <t>564</t>
+  </si>
+  <si>
+    <t>469</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/564/indicacao_-_rua_expedicionario_menelau_claudino_dos_santos.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize a recuperação do pavimento na Rua Expedicionário Menelau Cláudino dos Santos, nas proximidades do número 283, no Bairro Canta Galo.</t>
+  </si>
+  <si>
+    <t>565</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/565/indicacao_patrolamento_bella_alianca.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que encaminhe junto ao Setor de Obras da prefeitura municipal, Patrolamento e cascalhamento, Rua Otto Klug, Bairro Bela Aliança.</t>
+  </si>
+  <si>
+    <t>566</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/566/indicacao_iluminacao_bella_alianca.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que encaminhe junto ao Setor de iluminação Pública da prefeitura municipal, solicitando substituição para lâmpadas de LED ,e  reparos na lâmpada com defeitos ,Rua Gustavo Hasse e Julio Schlupp Bairro Bela Aliança.</t>
+  </si>
+  <si>
+    <t>569</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/569/indicacao_ponto_de_onibus_alto_bela.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que encaminhe junto ao setor de infraestrutura  da prefeitura municipal, colocação de abrigo  de ônibus coberto, Rua Gustvo Hasse ,saida travessa Otto Klug nas proximidades da casa 3695 Bairro Bela Aliança.</t>
+  </si>
+  <si>
+    <t>573</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/573/indicacao_-_rua_ottowin_reblin_fundo_canoas.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize serviços de manutenção no pavimento da Rua Ottwin Reblin, situada no Bairro Fundo Canoas.</t>
+  </si>
+  <si>
+    <t>574</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/574/indicacao_-_estrada_blumenau_bueiro.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio do setor competente, realize a manutenção e substituição da grade de proteção do bueiro localizado na Estrada Blumenau, no Bairro Taboão, pouco antes da subida para a Rua João Ledra.</t>
+  </si>
+  <si>
+    <t>577</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/577/13.10.2025.indicacao.pintura.faixa.elevada.zeca.pdf</t>
+  </si>
+  <si>
+    <t>REQUER:_x000D_
+Ao Executivo Municipal que envie ao Setor Responsável:_x000D_
+Pedido para Pintura de Faixa de Trânsito na Rua Guilherme Gemballa, sentido elevado Dep. José Thomé, ambos os lados.</t>
+  </si>
+  <si>
+    <t>578</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/578/14.10.2025.indicacao.pintura.faixa.elevada.zeca.pdf</t>
+  </si>
+  <si>
+    <t>REQUER:_x000D_
+Ao Executivo Municipal que envie ao Setor Responsável:_x000D_
+Pedido para Pintura de Faixa de Trânsito na Estrada Bela Aliança, cruzamento antes de passar pelo Túnel da BR 470, saída do Bairro Fundo Canoas.</t>
+  </si>
+  <si>
+    <t>579</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/579/indicacao.15.10.25.rua.palestina.bueiro.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que determine a Secretaria de Obras, que realize a manutenção do Bueiro na Rua Palestina, próximo a casa 360  – Bairro Barragem. _x000D_
+O bueiro está sem a tampa e se encontra em más condições e precisa de uma atenção do poder Público.</t>
+  </si>
+  <si>
+    <t>587</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/587/indicacao_instalacao_iluminacao_harold_munzfeld.pdf</t>
+  </si>
+  <si>
+    <t>Ao Excelentíssimo Senhor Prefeito de Rio do Sul, para que determine à ao setor competente que faça instalação de iluminação em postes que não possuem lâmpadas na Rua Harold Munzfeld, no Bairro Fundo Canoas.</t>
+  </si>
+  <si>
+    <t>588</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/588/indicacao_instalacao_iluminacao_oscar_strey.pdf</t>
+  </si>
+  <si>
+    <t>Ao Excelentíssimo Senhor Prefeito de Rio do Sul, para que determine à ao setor competente que faça instalação de iluminação em postes que não possuem lâmpadas na Rua Oscar Strey, no Bairro Fundo Canoas, mais precisamente em frente as casas de número 249 e 422.</t>
+  </si>
+  <si>
+    <t>590</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/590/indicacao_-_rua_santo_nolli.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize serviços de recuperação do pavimento na Rua Santo Nolli, no Loteamento Cedro, Bairro Barragem, em razão das irregularidades existentes na via.</t>
+  </si>
+  <si>
+    <t>591</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/591/indicacao_-_rua_mario_alegri.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize a limpeza e desobstrução da boca de lobo localizada em frente à residência de número 513 da Rua Mário Alegri.</t>
+  </si>
+  <si>
+    <t>592</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/592/indicacao_-_beco_ernesto_michelson.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, providencie a instalação de uma boca de lobo no Beco Ernesto Michelson, localizado no Bairro Bela Aliança.</t>
+  </si>
+  <si>
+    <t>594</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/594/indicacao_0632025_-_rua_general_osorio.pdf</t>
+  </si>
+  <si>
+    <t>Que o Excelentíssimo Senhor Prefeito determine à Secretaria de Obras que realize reparo pontual no calçamento da Rua General Osório, bairro Jardim América, em frente a igreja Internacional da Graça de Deus.</t>
+  </si>
+  <si>
+    <t>595</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/595/indicacao_0642025_-_rua_patricio_noveletto.pdf</t>
+  </si>
+  <si>
+    <t>Que o Excelentíssimo Senhor Prefeito determine ao setor competente a pintura do meio-fio na cor amarela na Rua Patrício Noveletto, no bairro Barra do Trombudo, do início da via até a igreja localizada na mesma rua.</t>
+  </si>
+  <si>
+    <t>596</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/596/indicacao_meio_ambiente_coleta_lixo_condominio_madri.pdf</t>
+  </si>
+  <si>
+    <t>Ao Excelentíssimo Senhor Prefeito de Rio do Sul, para que determine ao Departamento de Meio Ambiente a exigência junto à empresa “Consórcio Riosulense SPE”, responsável pela limpeza urbana bem como coleta de lixo e coleta reciclável que desenvolva e apresente projeto de alteração e metodologia para o recolhimento de lixo na Estrada Boa Esperança, em frente ao número 370 (Residencial Madri), Bairro Progresso.</t>
+  </si>
+  <si>
+    <t>600</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/600/indicacao.12.09.25.rua.tiradentes.paralelepipido.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que determine a Secretaria de Obras, que realize a manutenção da pavimentação de paralelepípedo e retire as pedras que foram deixadas em frente a entrada da casa do morador na Rua Tiradentes, próximo a casa 319 e 402 – Bairro Centro._x000D_
+A rua se encontra em más condições de trafegabilidade e precisa de uma atenção urgente do poder Público.</t>
+  </si>
+  <si>
+    <t>601</t>
+  </si>
+  <si>
+    <t>487</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/601/indicacao.17.10.25.rua.palestina.boca.de.lobo.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que determine a Secretaria de Obras, que realize a troca da tampa do bueiro na Rua Palestina, próximo a casa 360 – Bairro Barragem._x000D_
+A boca de lobo se encontra em más condições e precisa de uma atenção do poder Público.</t>
+  </si>
+  <si>
+    <t>602</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/602/indicacao_grelhas_boca_de_lobo_fundo_canoas.pdf</t>
+  </si>
+  <si>
+    <t>Ao Excelentíssimo Senhor Prefeito de Rio do Sul, para que determine à Secretaria de Obras substituição das grelhas de “bocas de lobo” nos seguintes locais do bairro Fundo Canoas._x000D_
+_x000D_
+- Estrada Boa Esperança (em frente ao Colégio Francisco Altamir Wagner)_x000D_
+- Estrada Boa Esperança (em frente ao n.2093, n.1863 e 640)_x000D_
+- Estrada Boa Esperança (em frente a Pizzaria Dom Hank)_x000D_
+- Estrada Boa Esperança (em frente ao n.1443 sentido bairro-centro)_x000D_
+- Rua Oscar Strey (em frente a casa n.555 e n.422)_x000D_
+- Rua Oscar Strey (em frente ao CEI Dr. Romão Trauczynski</t>
+  </si>
+  <si>
+    <t>603</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/603/indicacao_-_roberto_holler.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize serviços de patrolamento e posterior cascalhamento na Rua Roberto Holler, localizada no Bairro Albertina.</t>
+  </si>
+  <si>
+    <t>604</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/604/indicacao_-_maria_marchi.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize a recuperação da boca de lobo localizada na Rua Maria Marchi, no Bairro Santa Rita, a qual se encontra danificada.</t>
+  </si>
+  <si>
+    <t>605</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/605/indicacao_-_ladeira_brasilia.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize a recuperação do pavimento na Ladeira Brasília, situada no Bairro Laranjeiras, nas proximidades dos números 219 e 409, onde há formação de buracos de grandes proporções.</t>
+  </si>
+  <si>
+    <t>606</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/606/indicacao_-_parque_xv_de_novembro.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize a recuperação da calçada localizada em frente ao Parque Municipal, na Rua XV de Novembro, Bairro Laranjeiras, onde houve afundamento e formação de um buraco de grandes proporções.</t>
+  </si>
+  <si>
+    <t>608</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/608/indicacao_0652025_-_rua_tiradentes.pdf</t>
+  </si>
+  <si>
+    <t>Que o Excelentíssimo Senhor Prefeito determine à Secretaria de Obras que realize reparo no calçamento da Rua Tiradentes, no bairro Santana, nas proximidades da residência de número 381, tendo em vista os desníveis e irregularidades nas pedras, que dificultam a passagem de veículos.</t>
+  </si>
+  <si>
+    <t>609</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/609/indicacao_-_serra_taboao_patrolagem.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize serviços de patrolamento na Serra do Taboão.</t>
+  </si>
+  <si>
+    <t>610</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/610/indicacao_-_rua_13_de_agosto.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize a limpeza e desobstrução do bueiro localizado na Rua 13 de Agosto, nas proximidades do número 133, no Bairro Navegantes.</t>
+  </si>
+  <si>
+    <t>611</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/611/indicacao_-_rua_mato_grosso.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize a recuperação do pavimento asfáltico na Rua Mato Grosso, nas proximidades do número 364, no Bairro Centro.</t>
+  </si>
+  <si>
+    <t>615</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/615/22.10.2025.indicacao.sinalizacao.leandro.dellagiustina.zeca.pdf</t>
+  </si>
+  <si>
+    <t>REQUER:_x000D_
+Ao Executivo Municipal que envie ao Setor Responsável:_x000D_
+Pedido para Sinalização Impedindo Caminhões Acima de 15t na R. Leandro Delagiustina, 89167-084, Laranjeiras, Rio do Sul, SC</t>
+  </si>
+  <si>
+    <t>616</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/616/indicacao_-_ladeira_porto_velho.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize a recuperação do pavimento na Ladeira Porto Velho, situada no Bairro Boa Vista, em frente ao Colégio João Custódio da Luz, onde há formação de buraco na via.</t>
+  </si>
+  <si>
+    <t>617</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/617/indicacao_-_ladeira_porto_velho_2.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize a recuperação do pavimento asfáltico e do meio-fio na Ladeira Porto Velho, no Bairro Boa Vista, em frente às residências de números 45 e 55.</t>
+  </si>
+  <si>
+    <t>618</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/618/indicacao_-_ladeira_porto_velho_3.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize a recuperação do pavimento na Ladeira Porto Velho, na esquina com a Rua Humaitá, situada no Bairro Boa Vista, onde há formação de buraco na via.</t>
+  </si>
+  <si>
+    <t>619</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/619/indicacao_-_procon.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio do PROCON Municipal ou do setor competente, realize fiscalização quanto ao excesso e à desorganização de cabos e fios de internet.</t>
+  </si>
+  <si>
+    <t>620</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/620/indicacao_-_patrolamento_itoupava.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize serviços de patrolamento na estrada geral do Bairro Itoupava, iniciando nas proximidades da Igreja Bom Jesus e estendendo-se até o final da via.</t>
+  </si>
+  <si>
+    <t>621</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/621/indicacao_23_-_2025.pdf</t>
+  </si>
+  <si>
+    <t>Roçada e limpeza da escada comunitária localizada entre a Ladeira Paraná e a Estrada Humaitá, no Bairro Boa Vista</t>
+  </si>
+  <si>
+    <t>622</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/622/indicacao_-_estrada_navegantes.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize a recuperação do pavimento asfáltico na Estrada Navegantes, no Bairro Navegantes, nas proximidades do Posto de Saúde.</t>
+  </si>
+  <si>
+    <t>623</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/623/indicacao_-_joao_hoffman_fundo_canoas.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize serviços de patrolamento na Rua João Hoffmann, situada no Bairro Fundo Canoas.</t>
+  </si>
+  <si>
+    <t>624</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/624/indicacao_-_elevado_da_xv.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize a recuperação do pavimento na saída do Elevado da Rua XV de Novembro, onde há formação de um buraco de grandes proporções.</t>
+  </si>
+  <si>
+    <t>625</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/625/indicacao_-_rua_botanico_kulmann.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize a recuperação do pavimento na Rua Botânico Kulmann, situada no Bairro Eugênio Schneider, em razão das más condições da via.</t>
+  </si>
+  <si>
+    <t>626</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/626/indicacao_-_ladeira_fortaleza.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize a desobstrução da primeira boca de lobo localizada na parte alta da Ladeira Fortaleza, no Bairro Eugênio Schneider.</t>
+  </si>
+  <si>
+    <t>627</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/627/indicacao_-_antonio_salla_fundo_canoas.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize serviços de patrolamento na Rua Antônio Salla, localizada no Bairro Fundo Canoas.</t>
+  </si>
+  <si>
+    <t>628</t>
+  </si>
+  <si>
+    <t>510</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/628/indicacao_-_rua_porto_alegre.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize a recuperação do pavimento asfáltico na Rua Porto Alegre, nas proximidades do número 160, próximo à Associação, onde há formação de buraco de grande proporção.</t>
+  </si>
+  <si>
+    <t>629</t>
+  </si>
+  <si>
+    <t>511</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/629/indicacao_-_drua_bom_retiro.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize a recuperação do pavimento na Rua Bom Retiro, nas proximidades do número 431, no Bairro Sumaré, onde há formação de buraco próximo a um bueiro.</t>
+  </si>
+  <si>
+    <t>632</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/632/24.10.2025.indicacao.sinalizacao.subida.hrav.zeca.pdf</t>
+  </si>
+  <si>
+    <t>REQUER:_x000D_
+Ao Executivo Municipal que envie ao Setor de Trânsito:_x000D_
+Pedido para Sinalização na descida do Elevado da XV, sentido subida para Hospital Regional. Indicando e pedindo atenção para quem precisa entrar à direita.</t>
+  </si>
+  <si>
+    <t>633</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/633/24.10.2025.indicacao.manutencao.willy.odorizzi.zeca.pdf</t>
+  </si>
+  <si>
+    <t>REQUER:_x000D_
+Ao Executivo Municipal que envie ao Setor de Obras:_x000D_
+Pedido para Manutenção na Esquina da Willy Odorizzi com Adelar Soldatelli, Valada São Paulo, Rio do Sul, SC.</t>
+  </si>
+  <si>
+    <t>634</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/634/indicacao_conserto_asfalto_alfredo_swarowsy.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que encaminhe junto a secretaria de Obras, conserto de via asfáltica , Rua Alfredo swarowsy, defronte a casa 383,Bairro Bela Aliança.</t>
+  </si>
+  <si>
+    <t>635</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/635/indicacao.28.10.25.alvin.menslin.lajota.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que determine a Secretaria de Obras, que realize a manutenção da pavimentação de lajotas e a retirada das lajotas da calçada na Rua Alvin Menslin, próximo a casa 140, – Bairro Navegantes._x000D_
+A rua se encontra em má condição de trafegabilidade e precisa de uma atenção do poder Público.</t>
+  </si>
+  <si>
+    <t>636</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/636/indicacao.12.09.25.ladeira.brasilia.buraco.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito que determine à Secretaria de Obras efetivação da pavimentação asfáltica na Ladeira Brasília, Próximo as casas 425 e 251 – Bairro Laranjeiras._x000D_
+A rua se encontra em más condições de trafegabilidade e precisa de uma atenção urgente do poder Público.</t>
+  </si>
+  <si>
+    <t>637</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/637/indicacao.24.09.25.rua.rio.parana.lajotas.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito que determine à Secretaria de Obras efetivação da manutenção da pavimentação das lajotas da Rua Rio Paraná – Bairro Bela Aliança. _x000D_
+A rua se encontra em mas condições e precisa urgente de atenção do poder Publico._x000D_
+Obs: A lajotas que está faltando na rua, não se encontra mais no local.</t>
+  </si>
+  <si>
+    <t>638</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/638/indicacao_0672025_-_rua_johann_gutemberg.pdf</t>
+  </si>
+  <si>
+    <t>Que o Excelentíssimo Senhor Prefeito determine à Secretaria de Obras que realize o reparo do buraco existente no início da Rua Johann Gutemberg, localizada no Centro.</t>
+  </si>
+  <si>
+    <t>639</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/639/indicacao.24.09.25.rua.santo.nolli.lajotas.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito que determine à Secretaria de Obras efetivação da manutenção da pavimentação das lajotas da Rua Santo Nolli – Bairro Barragem _x000D_
+A rua se encontra em mas condições e precisa urgente de atenção do poder Publico.</t>
+  </si>
+  <si>
+    <t>641</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/641/indicacao_0652025_-_rua_porto_alegre.pdf</t>
+  </si>
+  <si>
+    <t>Que o Excelentíssimo Senhor Prefeito determine à Secretaria de Obras que realize, com urgência, o reparo do pavimento asfáltico na Rua Porto Alegre, em frente a casa 165, no bairro Eugênio Schneider, onde o asfalto cedeu, formando um buraco que coloca em risco a segurança de motoristas e pedestres.</t>
+  </si>
+  <si>
+    <t>642</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/642/indicacao_0682025_-_calcada_aristiliano.pdf</t>
+  </si>
+  <si>
+    <t>Que o Excelentíssimo Senhor Prefeito determine à Secretaria competente que realize o nivelamento da calçada localizada na Alameda Aristiliano Ramos, entre os estabelecimentos Expresso Burger e Santa Catarina Assistência Familiar.</t>
+  </si>
+  <si>
+    <t>645</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/645/indicacao_boca_de_lobo_bela_alianca.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que encaminhe junto setor de obra da Prefeitura Municipal, conserto e troca de tampa de Boca de lobo, Rua Alfredo Swarowsky no início da via , Bairro Bela Aliança.</t>
+  </si>
+  <si>
+    <t>646</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/646/indicacao_reparos_lajotas_bairro_navegantes.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que encaminhe junto ao Setor de Obras da prefeitura municipal, solicitando reparos na via de lajotas, Rua Alvin Meslin, Bairro Navegantes.</t>
+  </si>
+  <si>
+    <t>647</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/647/indicacao_reparos_calcamento_bela_alianca.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que encaminhe junto ao Setor de Obras da prefeitura municipal, solicitando reparos na via de lajotas, Rua Francisco Salvador, Bairro Bela Aliança.</t>
+  </si>
+  <si>
+    <t>648</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/648/indicacao_reparos_lajotas_rua_upa.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que encaminhe junto ao Setor de Obras da prefeitura municipal, solicitando reparos na via de lajotas, Rua Paul Fritz Brehsan , Rua que dá acesso a UPA, Bairro Canta Galo.</t>
+  </si>
+  <si>
+    <t>649</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/649/indicacao_rua_nilceia_reinert_ceolin.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que determine à Secretaria de Obras, a limpeza da boca de lobo situada em frente ao Posto de Saúde do bairro Taboão, na Rua Nilcéia Reinert Ceolin.</t>
+  </si>
+  <si>
+    <t>650</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/650/30.10.2025.indicacao.fiscalizacao.tocantins.moretti.bremer.zeca.pdf</t>
+  </si>
+  <si>
+    <t>REQUER:_x000D_
+_x000D_
+Ao Executivo Municipal que envie ao Setor de Fiscalização:_x000D_
+_x000D_
+	Manutenção em terreno público na esquina da Rua Tocantins com Zeferino Moretti, Bremer, Rio do Sul, SC.</t>
+  </si>
+  <si>
+    <t>653</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/653/indicacao_-_rua_belo_horizonte.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize a recuperação do pavimento asfáltico na Rua Belo Horizonte, situada no Bairro Boa Vista, em razão do estado precário da via.</t>
+  </si>
+  <si>
+    <t>654</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/654/indicacao_-_castro_alves.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize a substituição e/ou reparo das bocas de lobo quebradas localizadas na esquina da Rua Leandro Dellagiustina, nº 117, com a Rua Castro Alves, no Bairro Eugênio Schneider.</t>
+  </si>
+  <si>
+    <t>655</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/655/indicacao_-_castro_alves_2.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize o restauro da calçada localizada na Rua Castro Alves, nas proximidades da esquina com a Rua Leandro Dellagiustina, nº 117, no Bairro Eugênio Schneider.</t>
+  </si>
+  <si>
+    <t>656</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/656/indicacao_posto_saude_santa_rita.pdf</t>
+  </si>
+  <si>
+    <t>Ao Excelentíssimo Senhor Prefeito de Rio do Sul, para que, junto do Secretário de Saúde façam gestão a fim de dar solução as seguintes demandas em especial referentes a Unidade Básica de Saúde do Bairro Santa Rita</t>
+  </si>
+  <si>
+    <t>657</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/657/indicacao_recupecarao_pavimento_rua_rio_parana.pdf</t>
+  </si>
+  <si>
+    <t>Ao Excelentíssimo Senhor Prefeito de Rio do Sul, para que determine à Secretaria de Obras que faça a recuperação do pavimento (Lajotas) da Rua Rio Paraná, no bairro Bela aliança.</t>
+  </si>
+  <si>
+    <t>658</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/658/indicacao_recupecarao_pavimento_rua_henrique_strelow.pdf</t>
+  </si>
+  <si>
+    <t>Ao Excelentíssimo Senhor Prefeito de Rio do Sul, para que determine à Secretaria de Obras que faça a recuperação do pavimento (Lajotas) da Rua Henrique Strelow, no bairro Bela aliança.</t>
+  </si>
+  <si>
+    <t>659</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/659/indicacao_recupecarao_pavimento_waldemar_hoffmann_reabertura_boca_de_lobo.pdf</t>
+  </si>
+  <si>
+    <t>Ao Excelentíssimo Senhor Prefeito de Rio do Sul, para que determine à Secretaria de Obras que faça a recuperação do pavimento da Rua Waldemar Hoffmann (parte que não foi mexido ainda), cujo a pavimentação é feita com Lajotas intertravadas, bem como a reabertura da “Boca de Lobo” que foi fechada na manutenção recém feita. (Ao lado da interseção com a Rua Werner Heesch).</t>
+  </si>
+  <si>
+    <t>660</t>
+  </si>
+  <si>
+    <t>535</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/660/indicacao_recuperacao_rua__arcanjo_ossemer.pdf</t>
+  </si>
+  <si>
+    <t>Ao Excelentíssimo Senhor Prefeito de Rio do Sul, para que determine à Secretaria de Agricultura, que faça a recuperação do pavimento (estrada de terra) no Beco Arcanjo Ossemer, no Bairro Fundo canoas.</t>
+  </si>
+  <si>
+    <t>662</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/662/indicacao_boca_de_lobo_rafael_rossa_grelha.pdf</t>
+  </si>
+  <si>
+    <t>Ao Excelentíssimo Senhor Prefeito de Rio do Sul, para que determine à Secretaria de Obras a limpeza das “bocas de lobo” e substituições das grelhas, na Rua Rafael Rossa, no Bairro Fundo Canoas, especialmente na altura da casa de n.440.</t>
+  </si>
+  <si>
+    <t>663</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/663/indicacao_-_augusto_munzfeld.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize serviços de manutenção na Rua Augusto Münzfeld, localizada no Bairro Fundo Canoas.</t>
+  </si>
+  <si>
+    <t>664</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/664/30.10.2025.indicacao.manutencao.villand.kurt.rainha.zeca.pdf</t>
+  </si>
+  <si>
+    <t>REQUER:_x000D_
+Ao Executivo Municipal que envie ao Setor de Obras:_x000D_
+Novo pedido urgente para Manutenção na Estrada Villand Kurt, Bairro Rainha, Rio do Sul, SC.</t>
+  </si>
+  <si>
+    <t>666</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/666/indicacao_-_escadaria_boa_vista.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize a limpeza e manutenção da escadaria localizada na Rua Humaitá, nas proximidades do número 756, no Bairro Boa Vista.</t>
+  </si>
+  <si>
+    <t>667</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/667/indicacao_semaforo_pedestre_angelo_tomiu.pdf</t>
+  </si>
+  <si>
+    <t>Ao Excelentíssimo Senhor Prefeito de Rio do Sul, para que determine à Secretaria de Infraestrutura, mais especificamente relacionado aos temas de trânsito para que realize avaliação e estudo quanto ao tempo para passagem de pedestres na rua Angelo Tomiu no cruzamento com a Avenida Aristiliano Ramos no local de esquina onde se encontra o estabelecimento “STAGE” conforme imagem em anexo.</t>
+  </si>
+  <si>
+    <t>671</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/671/indicacao_mapeamento_tubulacao_evaldir_jose_jasper_elizabeth_jasper_eugenio_masson.pdf</t>
+  </si>
+  <si>
+    <t>Ao Excelentíssimo Senhor Prefeito de Rio do Sul, para que determine à Secretaria de Infraestrutura que faça o mapeamento da rede de tubulação do sistema de drenagem nas ligações das ruas Evaldir José Jasper, Elizabeth Jasper, Beco Eugênio Masson e Estrada Boa Esperança, no Bairro Fundo Canoas.</t>
+  </si>
+  <si>
+    <t>672</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/672/indicacao.05.11.25.rua.alessandro.stedille.paver.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito que determine à Secretaria de Obras efetivação da manutenção da pavimentação dos Paver na calçada da Rua Expedicionário Alessandro Stedile, próximo a casa 265 – Bairro Valada Itoupava._x000D_
+A calçada se encontra em mas condições e precisa urgente de atenção do poder Publico.</t>
+  </si>
+  <si>
+    <t>673</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/673/indicacao.05.11.25.rua.alessandro.stedille.boca.de.lobo.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito que determine à Secretaria de Obras efetivação da manutenção da boca de lobo (colocar) na Rua Expedicionário Alessandro Stedile, próximo a casa 265 – Bairro Valada Itoupava._x000D_
+A rua se encontra em mas condições, por falta da tampa da boca de lobo e precisa urgente de atenção do poder Publico.</t>
+  </si>
+  <si>
+    <t>674</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/674/indicacao.15.10.25.rua.florianopolis.patrola.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito que determine à Secretaria de Obras efetivação de Patrolamento e Macadamização na Rua Florianópolis, próximo a casa 63 – Bairro Albertina._x000D_
+O Rua se encontra em más condições e precisa de uma atenção urgente do poder Público.</t>
+  </si>
+  <si>
+    <t>675</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/675/indicacao.05.11.25.rua.elizeu.goncalo.do.nascimento.caminhaopipa.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que determine a Secretaria de Obras, que realize a MOLHADA de toda extensão da Rua Elizeu Gonçalo do Nascimento (Loteamento Liberdade) – Bairro Barragem._x000D_
+O presente pedido tem como objetivo amenizar os transtornos causados pela poeira, tendo em vista que todas as vias do referido Loteamento Liberdade são de barro, o que agrava a situação em períodos de estiagem._x000D_
+A falta de molhamento diário tem ocasionado grande acúmulo de poeira nas residências, além de prejudicar a saúde dos moradores, especialmente crianças e idosos, que sofrem com problemas respiratórios. Também há comprometimento da visibilidade dos motoristas e motociclistas, aumentando o risco de acidentes._x000D_
+Dessa forma, solicita-se que o serviço seja realizado pelo menos duas vezes ao dia, sendo uma pela manhã e outra à tarde._x000D_
+Trata-se de uma medida simples, porém essencial para a qualidade de vida da população, demonstrando a atenção do Poder Público com as necessidades da comunidade do Bairro Barragem.</t>
+  </si>
+  <si>
+    <t>677</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/677/04.11.2025.indicacao.manutencao.rua.verde.vale.zeca.pdf</t>
+  </si>
+  <si>
+    <t>REQUER:_x000D_
+Ao Executivo Municipal que envie ao Setor de Obras:_x000D_
+Pedido urgente para Manutenção na Estrada Verde Vale com Wenceslau Borini; nos dois lados da rua onde se encontra a Assistência Social, no Canta Galo, Rio do Sul, SC. Rua com bueiros entupidos e que alaga constantemente, mesmo com chuvas fracas.</t>
+  </si>
+  <si>
+    <t>681</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/681/indicacao_repavimentacao_augusto_munzfeld.pdf</t>
+  </si>
+  <si>
+    <t>Ao Excelentíssimo Senhor Prefeito de Rio do Sul, para que determine à Secretaria de Infraestrutura que providencie a correção do pavimento da rua Augusto Münzfeld na sua totalidade reiterando o ofício 001 de 2025 encaminhado à Secretaria de Obras pelo gabinete deste Vereador em março de 2025.</t>
+  </si>
+  <si>
+    <t>682</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/682/indicacao.07.10.25.rua.curt.schroeder.buraco.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito que determine à Secretaria de Obras efetivação da pavimentação asfáltica na Rua Curt Schroeder, Próximo as casas 254 – Bairro Budag._x000D_
+A rua se encontra em más condições de trafegabilidade e precisa de uma atenção urgente do poder Público._x000D_
+Obs. Na faixa de pedestres em frente ao CEI Danilo Lourival Schmidt.</t>
+  </si>
+  <si>
+    <t>683</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/683/06.11.2025.indicacao.manutencao.rua.helmuth.skowsach.sumare.zeca.ii.pdf</t>
+  </si>
+  <si>
+    <t>REQUER:_x000D_
+Ao Executivo Municipal que envie ao Setor de Obras:_x000D_
+Pedido de Manutenção de bueiros e de trecho crítico na R. Helmuth Skowasch, 181 – Sumaré, Rio do Sul - SC, 89165-583</t>
+  </si>
+  <si>
+    <t>684</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/684/indicacao.07.11.25.rua.henrique.muler.patrola.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito que determine à Secretaria de Obras efetivação de Patrolamento e Macadamização na Rua Henrique Müler – Bairro Pamplona._x000D_
+O Rua se encontra em más condições e precisa de uma atenção urgente do poder Público.</t>
+  </si>
+  <si>
+    <t>685</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/685/indicacao.07.11.25.rua.doutor.neumann.paralelepipido.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que determine a Secretaria de Obras, que realize a manutenção da pavimentação de paralelepípedo da Rua Doutor Neumann, próximo a casa 106 – Bairro Centro._x000D_
+A rua se encontra em más condições de trafegabilidade e precisa de uma atenção urgente do poder Público.</t>
+  </si>
+  <si>
+    <t>693</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/693/indicacao_-_drua_humaita_com_tiradentes.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize a recuperação do pavimento na Rua Humaitá, esquina com a Rua Tiradentes, localizada no Bairro Boa Vista, onde há formação de buraco de grande proporção.</t>
+  </si>
+  <si>
+    <t>694</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/694/indicacao_-_ana_negherbon_taboao.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize a manutenção da rede de drenagem na Rua Ana Negherbon, nas proximidades do número 125, localizada no Bairro Taboão, incluindo a desobstrução da boca de lobo existente no local.</t>
+  </si>
+  <si>
+    <t>695</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/695/indicacao_-_pref_luiz_adelar_soldatelli.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize serviços de limpeza e manutenção na Rua Prefeito Luiz Adelar Soldatelli, localizada no Bairro Valada São Paulo.</t>
+  </si>
+  <si>
+    <t>696</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/696/indicacao_0692025_-_calcadas_aristiliano_ramos.pdf</t>
+  </si>
+  <si>
+    <t>Que o Excelentíssimo Senhor Prefeito determine à Secretaria de Obras que realize a manutenção e revitalização das calçadas com bloquetes existentes ao longo da Avenida Oscar Barcelos, principalmente nas proximidades da Rede Feminina de Combate ao Câncer.</t>
+  </si>
+  <si>
+    <t>697</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/697/indicacao_0702025_-_lixeira_aristiliano_ramos.pdf</t>
+  </si>
+  <si>
+    <t>Que o Excelentíssimo Senhor Prefeito determine à Secretaria competente que realize o reparo da lixeira localizada na Alameda Aristiliano Ramos, em frente à Farmácia do Sesi, tendo em vista que o equipamento encontra-se quebrado e danificado, necessitando de manutenção para restabelecer seu uso adequado e manter a limpeza do local.</t>
+  </si>
+  <si>
+    <t>698</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/698/indicacao_-_alto_bela_alianca.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize serviços de limpeza e manutenção no Alto Bela Aliança, situado no Bairro Bela Aliança.</t>
+  </si>
+  <si>
+    <t>699</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/699/indicacao_0712025_-_bueiro_rua_dom_bosco.pdf</t>
+  </si>
+  <si>
+    <t>Que o Excelentíssimo Senhor Prefeito determine à Secretaria responsável que realize o reparo e a limpeza do bueiro localizado na Rua Dom Bosco, em frente ao estabelecimento Goreti Shopping da Estética, nº 544, no Centro de Rio do Sul.</t>
+  </si>
+  <si>
+    <t>700</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/700/indicacao.11.11.25.rua.ferdinando.jahn.patrola.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito que determine à Secretaria de Obras efetivação de Patrolamento e Macadamização na Rua Ferdinando Jahn – Bairro Brehmer._x000D_
+O Rua se encontra em más condições e precisa de uma atenção urgente do poder Público.</t>
+  </si>
+  <si>
+    <t>703</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/703/indicacao.14.11.25.estrada.sao.bento.bueiro.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que determine a Secretaria de Obras, que realize a manutenção do Bueiro na Estrada São Bento_x000D_
+ – Bairro Progresso, próximo a Escola Roberto Machado n 192. _x000D_
+O bueiro se encontra em más condições e precisa da atenção do poder Público.</t>
+  </si>
+  <si>
+    <t>704</t>
+  </si>
+  <si>
+    <t>561</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/704/indicacao_0722025_-_vila_real_bairro_pamplona.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal a necessidade de fiscalização pelos fiscais de posturas e pela Secretaria competente na Vila Real, no bairro Pamplona, devido ao acúmulo de lixo, entulhos, possíveis resíduos irregulares e condições insalubres que oferecem risco à saúde pública e à segurança dos moradores.</t>
+  </si>
+  <si>
+    <t>705</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/705/indicacao_patrolamento_tapa_po_braco_bela_alianca.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que encaminhe junto ao Setor de Obras da prefeitura municipal, Patrolamento e colocação de material utilizado na operação tapa pó. Braço Bela Aliança,e ruas que dão acesso a ela. Bairro Bela Aliança.</t>
+  </si>
+  <si>
+    <t>706</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/706/indicacao_patrolamento_tapa_po_rua_da_penha_rainha.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que encaminhe junto ao Setor de Obras da prefeitura municipal, Patrolamento e colocação de material utilizado na operação tapa pó. Rua da Penha, Bairro Rainha.</t>
+  </si>
+  <si>
+    <t>707</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/707/indicacao_patrolamento_tapa_po_beco_leopoldo_hars.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que encaminhe junto ao Setor de Obras da prefeitura municipal, Patrolamento e colocação de material utilizado na operação tapa pó. Beco leopoldo Hars, Bairro Bela Aliança.</t>
+  </si>
+  <si>
+    <t>708</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/708/indicacao_colocacao_fresagem_natalino_stopassoli.pdf</t>
+  </si>
+  <si>
+    <t>Ao Excelentíssimo Senhor Prefeito de Rio do Sul, para que determine à Secretaria de obras a colocação de material resultado de fresagem asfáltica da Estrada Blumenau na extensão total do Beco Natalino Stopassoli.</t>
+  </si>
+  <si>
+    <t>709</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/709/indicacao_colocacao_fresagem_arcangelo_ossemer.pdf</t>
+  </si>
+  <si>
+    <t>Ao Excelentíssimo Senhor Prefeito de Rio do Sul, para que determine à Secretaria de obras a colocação de material resultado de fresagem asfáltica da Estrada Blumenau na extensão total do Beco Arcângelo Ossemer, bairro Fundo Canoas.</t>
+  </si>
+  <si>
+    <t>713</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/713/18.11.2025.indicacao.lombadas.estrada.blumenau.zeca.pdf</t>
+  </si>
+  <si>
+    <t>REQUER:_x000D_
+_x000D_
+	Ao Executivo Municipal que envie ao Departamento de Trânsito:_x000D_
+_x000D_
+	Instalação de Lombada Quebra-Molas Portátil, na Estrada Blumenau, altura do número 298, ambas as faixas de rolamento. Rio do Sul - SC, 89160-350.</t>
+  </si>
+  <si>
+    <t>714</t>
+  </si>
+  <si>
+    <t>568</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/714/18.11.2025.indicacao.manutencao.luis.florentino.porto.fundo.canoas.zeca.pdf</t>
+  </si>
+  <si>
+    <t>REQUER:_x000D_
+_x000D_
+	Ao Executivo Municipal que envie ao Setor de Obras:_x000D_
+_x000D_
+	Manutenção do Macadame, Patrolamento e Espargimento de Água no Beco Luís Florentino Porto, Bairro Fundo Canoas, CEP 89.163~461, Rio do Sul, SC.</t>
+  </si>
+  <si>
+    <t>715</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/715/indicacao_rua_caetano_ce.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal que determine à Secretaria de Obras, que seja realizada a manutenção e o reparo do buraco existente na Rua Caetano Cé, Bairro Centro, provocado por serviços anteriores da CASAN.</t>
+  </si>
+  <si>
+    <t>716</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/716/indicacao_rua_nilceia_reinert_ceolin.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que determine à Secretaria de Obras, a limpeza da boca de lobo e do mato na calçada situada em frente ao Posto de Saúde do bairro Taboão, na Rua Nilcéia Reinert Ceolin.</t>
+  </si>
+  <si>
+    <t>717</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/717/indicacao_avenida_jorge_lacerda.pdf</t>
+  </si>
+  <si>
+    <t>Ao Chefe do Poder Executivo Municipal para que, através do setor responsável, a instalação de duas lombadas na Avenida Jorge Lacerda, Bairro Budag</t>
+  </si>
+  <si>
+    <t>718</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/718/indicacao_-_residencial_auxiliadora.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio do setor competente, realize análise técnica para melhoria da trafegabilidade em frente ao Residencial Auxiliadora, tendo em vista os relatos de moradores acerca da dificuldade de convergir e acessar o empreendimento.</t>
+  </si>
+  <si>
+    <t>719</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/719/indicacao_-_serra_tomio.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize serviços de patrolamento e posterior cascalhamento na Serra Tomio, localizada no Bairro Progresso.</t>
+  </si>
+  <si>
+    <t>720</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/720/indicacao_-_destrada_blumenau_fiscalizacao.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente ou da empresa responsável pela obra, realize correções no pavimento da Estrada Blumenau , considerando os seguintes pontos identificados em fiscalização: 1. Desnível da via logo após o trevo da Ponte Ingomar Bachmann ; 2. Falha no pavimento asfáltico em frente ao Mercado Santa Mônica , onde se formou pequeno buraco decorrente de defeito na camada de rolamento.</t>
+  </si>
+  <si>
+    <t>721</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/721/indicacao.21.11.25.rua.evaldir.jose.jasper.paralelepipido.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que determine a Secretaria de Obras, que realize a manutenção da pavimentação de paralelepípedo da Rua Evaldir José Jasper, próximo a casa 124 – Bairro Fundo Canoas._x000D_
+A rua se encontra em más condições de trafegabilidade e precisa de uma atenção urgente do poder Público.</t>
+  </si>
+  <si>
+    <t>722</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/722/indicacao_19-_2025.pdf</t>
+  </si>
+  <si>
+    <t>Desobstrução e substituição da tubulação existente na Rua Haroldo Leopoldo Swarowsky, Bairro Bela Aliança</t>
+  </si>
+  <si>
+    <t>723</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/723/indicacao_20-_2025.pdf</t>
+  </si>
+  <si>
+    <t>Recomposição da pavimentação e recuperação da ciclovia na Estrada Navegantes, Bairro Navegantes</t>
+  </si>
+  <si>
+    <t>724</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/724/indicacao.24.11.25.estrada.do.navegantes.caminhaopipa.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que determine a Secretaria de Obras, que realize a MOLHADA de toda extensão da Estrada do Navegantes, próximo a casa 124 – Bairro Navegantes.</t>
+  </si>
+  <si>
+    <t>725</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/725/indicacao.24.11.25.rua.trombudo.central.boca.de.lobo.pdf</t>
+  </si>
+  <si>
+    <t>Solicito a Secretaria de obras que seja realizada, com urgência, a desobstrução da boca de lobo localizada na referida Rua Trombudo Central, próximo a casa 613. – Bairro Budag.</t>
+  </si>
+  <si>
+    <t>726</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/726/indicacao.24.11.25.rua.robert.holler.patrola.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito que determine à Secretaria de Obras efetivação de Patrolamento, Macadamização e Alargamento da Rua Robert Holler – Bairro Albertina._x000D_
+O Rua se encontra em más condições e precisa de uma atenção urgente do poder Público.</t>
+  </si>
+  <si>
+    <t>727</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/727/indicacao.24.11.25.loteamento.sao.pedro.lajotas.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito que determine à Secretaria de Obras efetivação da manutenção da pavimentação das lajotas do LOTEAMENTO SÃO PEDRO – Bairro Barra do Trombudo.</t>
+  </si>
+  <si>
+    <t>728</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/728/indicacao.24.11.25.rua.prefeito.luiz.adelar.soldatelli.boca.de.lobo.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que determine a Secretaria de Obras, que realize o estudo para por 2 (duas) Bocas de Lobo (uma em cada lado da via) na Rua Prefeito Luiz Adelar Soldatelli, próximo a Descida do morro do funil, na principal – Bairro Valada São Paulo.</t>
+  </si>
+  <si>
+    <t>729</t>
+  </si>
+  <si>
+    <t>583</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/729/indicacao.24.11.25.clemente.demarch.bueiro.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que determine a Secretaria de Obras, que realize a manutenção do Bueiro na Rua Clemente Demarch – Barra do Trombudo, em frente a creche Ilse Sodatelli.</t>
+  </si>
+  <si>
+    <t>730</t>
+  </si>
+  <si>
+    <t>584</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/730/indicacao.24.11.25.clemente.demarch.buraco.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que determine a Secretaria de Obras, que realize a manutenção da Via, a via está toda danificada no acostamento e precisa de uma manutenção no asfalto da Rua Clemente Demarch – Barra do Trombudo, em frente a creche Ilse Sodatelli.</t>
+  </si>
+  <si>
+    <t>731</t>
+  </si>
+  <si>
+    <t>585</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/731/indicacao.24.11.25.avenida.barao.do.rio.branco.boca.de.lobo.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito que determine à Secretaria de Obras efetivação da manutenção da boca de lobo na Avenida Barão do Rio Branco, próximo ao Supermercado Sezinho – Bairro Budag.</t>
+  </si>
+  <si>
+    <t>732</t>
+  </si>
+  <si>
+    <t>586</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/732/indicacao.24.11.25.rua.xv.de.novembro1751.boca.de.lobo.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que determine a Secretaria de Obras, que realize o estudo para por uma Boca de Lobo na Rua XV de Novembro  próximo ao número 1751, – Bairro Laranjeiras.</t>
+  </si>
+  <si>
+    <t>733</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/733/indicacao.25.11.25.rua.clemente.demarch.3507.patrola.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito que determine à Secretaria de Obras efetivação de Patrolamento e Macadamização na Rua Clemente Demarch, próximo ao número 3507 – Bairro Barra do Trombudo.</t>
+  </si>
+  <si>
+    <t>734</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/734/indicacao_-_estrada_quintino.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize serviços de limpeza e manutenção na Estrada Quintino, situada no Bairro Bremer, abrangendo a retirada de vegetação excessiva, bem como a remoção de barro acumulado nas calçadas e na via.</t>
+  </si>
+  <si>
+    <t>735</t>
+  </si>
+  <si>
+    <t>589</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/735/indicacao_-_expedicionario_nardelli.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize a manutenção da drenagem na Rua Expedicionário Nardelli, nas proximidades do número 91, no Bairro Centro, uma vez que o sistema de escoamento apresenta falhas que estão provocando a formação de buraco na via.</t>
+  </si>
+  <si>
+    <t>736</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/736/indicacao_patrolamento_tapa_po__alto_bela_alianca.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que encaminhe junto ao Setor de Obras da prefeitura municipal, Patrolamento e colocação de material utilizado na operação tapa pó. Rua Gustavo Hasse  Bairro Bela Aliança.</t>
+  </si>
+  <si>
+    <t>737</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/737/indicacao_rocada_rua_quintinos.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que encaminhe junto ao Setor de Obras da prefeitura municipal, a Fazer roçada nas laterais da via ,Estrada  Geral Quintinos, Bairro Bremer.</t>
+  </si>
+  <si>
+    <t>738</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/738/indicacao_consertos_rua_tijucas_31.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que encaminhe junto ao Setor de Obras da prefeitura municipal, a fazer reparos na via asfáltica, e buraco no murro, Rua Tijucas nº 31 Bairro Santana.</t>
+  </si>
+  <si>
+    <t>740</t>
+  </si>
+  <si>
+    <t>593</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/740/indicacao_pintura_de_faixa_de_pedestre.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que encaminhe junto ao setor de obras da Prefeitura municipal, solicitando a pintura de faixas de pedestre, ao longo da Estrada Blumenau,Quando for fazer a pintura da via._x000D_
+_x000D_
+Brocal matérias de construção_x000D_
+Supermercado do Telmo_x000D_
+Supermercado Santa Monica_x000D_
+Rua Ferdinando Hyan_x000D_
+Posto saudê Bela Aliança _x000D_
+Pão &amp; Cia  ( coab)_x000D_
+Area de lazer Coab</t>
+  </si>
+  <si>
+    <t>741</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/741/indicacao_manutencao_patrolamento_macadamizacao_alargamento_rua_pedro_paulo_cunha.pdf</t>
+  </si>
+  <si>
+    <t>Ao Chefe do Poder Executivo Municipal que determine à Secretaria de Obras para que seja realizado patrolamento e macadamização da rua PEDRO PAULO CUNHA, Bairro Canta Galo em razão do mau estado de conservação que se encontra.</t>
+  </si>
+  <si>
+    <t>743</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/743/24.11.2025.espellhos.transito.canta.galo.zeca.pdf</t>
+  </si>
+  <si>
+    <t>REQUER:_x000D_
+Ao Executivo Municipal que envie ao Setor Competente:_x000D_
+Solicitação de Conserto de Espelhos de Trânsito na Rua Prefeito Wenceslau Borini, altura do número 784, Canta Galo, Rio do Sul, SC.</t>
+  </si>
+  <si>
+    <t>744</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/744/24.11.2025.indicacao.poda.arvore.valada.sao.paulo.zeca.pdf</t>
+  </si>
+  <si>
+    <t>REQUER:_x000D_
+Ao Executivo Municipal que envie ao Setor Competente:_x000D_
+Poda de Árvore encostada em fiação elétrica, na Associação de Veteranos Sentinelas do Vale R; Prefeito Luiz Adelar Soldatelli. n: 2115 - Valada São Paulo, Rio do Sul - SC, 89162-220</t>
+  </si>
+  <si>
+    <t>745</t>
+  </si>
+  <si>
+    <t>597</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/745/24.11.2025.lixeira.sumara.viena.zeca.pdf</t>
+  </si>
+  <si>
+    <t>REQUER:_x000D_
+Ao Executivo Municipal que envie ao Setor Competente:_x000D_
+Solicitação de Lixeira Grande atendendo moradores dos condomínios do Sumaré, Rio do Sul - SC, 89165-487, altura do Edifício Viena.</t>
+  </si>
+  <si>
+    <t>746</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/746/24.11.2025.indicacao.conserto.bueiro.valada.sao.paulozeca.pdf</t>
+  </si>
+  <si>
+    <t>REQUER:_x000D_
+Ao Executivo Municipal que envie ao Setor de Obras:_x000D_
+Conserto de Bueiro na R. Antonio Dolzani, 31 - Valada São Paulo, Rio do Sul - SC, 89162-190</t>
+  </si>
+  <si>
+    <t>747</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/747/24.11.2025.indicacao.conserto.bueiro.valada.sao.paulozeca.pdf</t>
+  </si>
+  <si>
+    <t>REQUER:_x000D_
+Ao Executivo Municipal que envie ao Setor de Obras:_x000D_
+Conserto de Bueiro na R. Willy Odorizzi, esquina com Prefeito Adelar Soldatelli - Valada São Paulo, Rio do Sul – SC.</t>
+  </si>
+  <si>
+    <t>748</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/748/24.11.2025.indicacao.bueiros.estrada.willand.kurth.zeca.pdf</t>
+  </si>
+  <si>
+    <t>Ao Executivo Municipal que envie ao Setor de Obras:_x000D_
+Recolocação de Bueiros na Estr. Willand Kurth - Rainha Rio do Sul - SC, 89162-024. Um do outro lado da Estr. em frente ao Posto de Saúde e outro em frente ao número 902.</t>
+  </si>
+  <si>
+    <t>749</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/749/indicacao_-_otilia_felisbina.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize a limpeza e desobstrução da boca de lobo localizada na Rua Otília Felisbina, no Bairro Fundo Canoas.</t>
+  </si>
+  <si>
+    <t>752</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/752/indicacao_-_rua_do_escultor.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize a limpeza das bocas de lobo e a avaliação para melhorias no sistema de drenagem da Rua do Escultor, localizada no Bairro Navegantes.</t>
+  </si>
+  <si>
+    <t>753</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/753/indicacao_-_amabilio_testoni.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize a recuperação do pavimento asfáltico na Rua Amabilio Testoni, bairro Rainha em frente à residência de número 40, onde há buraco com profundidade considerável.</t>
+  </si>
+  <si>
+    <t>754</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/754/indicacao_-_rua_dom_bosco_568.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize a substituição da grelha de bueiro localizada na Rua Dom Bosco, nas proximidades do número 568, no Bairro Jardim América.</t>
+  </si>
+  <si>
+    <t>755</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/755/indicacao_0732025_-_rua_wanceslau_borini.pdf</t>
+  </si>
+  <si>
+    <t>Que o Excelentíssimo Senhor Prefeito determine à Secretaria competente que avalie e realize a instalação de uma lombada na Rua Wanceslau Borini, no bairro Canta Galo, nas proximidades do Edifício Globo e da Panificadora Pane Coffee.</t>
+  </si>
+  <si>
+    <t>758</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/758/indicacao_ladeira_fortaleza.pdf</t>
+  </si>
+  <si>
+    <t>Ao Chefe do Poder Executivo Municipal para que, através do setor responsável, sejam realizadas manutenções gerais na Ladeira Fortaleza, localizada no Bairro Eugênio Schneider.</t>
+  </si>
+  <si>
+    <t>759</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/759/indicacao.02.12.25.beco.arnoldo.molinari.lajota.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que determine a Secretaria de Obras, que realize a manutenção da pavimentação de lajotas no Beco Arnoldo Molinari, próximo a casa n 78 – Bairro Santana.</t>
+  </si>
+  <si>
+    <t>761</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/761/indicacao_-_rua_nova_trento_211.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize a manutenção e reparo da tubulação superficial localizada na Rua Nova Trento, nas proximidades do número 211, no Bairro Santana, uma vez que a estrutura encontra-se quebrada.</t>
+  </si>
+  <si>
+    <t>762</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/762/indicacao_21-_2025.pdf</t>
+  </si>
+  <si>
+    <t>Execução de serviços de melhoria viária no Beco Vitório Ramos da Silva, Bairro Bremer</t>
+  </si>
+  <si>
+    <t>763</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/763/indicacao_22-_2025.pdf</t>
+  </si>
+  <si>
+    <t>Reparo urgente da boca de lobo localizada na Rua Massaranduba, Bairro Canta Galo</t>
+  </si>
+  <si>
+    <t>765</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/765/indicacao.03.12.25.jose.clemente.demarch.bueiro.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que determine a Secretaria de Obras, que realize a troca da tampa da boca de lobo na Rua José Clemente Demarch, número 242  – Barra do Trombudo</t>
+  </si>
+  <si>
+    <t>766</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/766/indicacao_recupecarao_tubulacao_drenagem_oscar_hoffmann.pdf</t>
+  </si>
+  <si>
+    <t>Ao Excelentíssimo Senhor Prefeito de Rio do Sul, para que determine à Secretaria de Segurança Pública – Defesa Civil, que faça a avaliação e correção da galeria de drenagem na rua Oscar Hoffmann, no bairro Fundo Canoas.</t>
+  </si>
+  <si>
+    <t>767</t>
+  </si>
+  <si>
+    <t>613</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/767/indicacao_recupecarao_tubulacao_drenagem_jose_salla_guido_vota.pdf</t>
+  </si>
+  <si>
+    <t>Ao Excelentíssimo Senhor Prefeito de Rio do Sul, para que determine à Secretaria de Segurança Pública – Defesa Civil, que faça a avaliação e correção da galeria de drenagem entre as ruas José Salla e Guido Vota, no bairro Fundo Canoas.</t>
+  </si>
+  <si>
+    <t>768</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/768/indicacao.04.12.25.rua.mafalda.cipriani.peter.boca.de.lobo.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que determine a Secretaria de Obras, que realize o estudo para por 2 (duas) Bocas de Lobo (uma em cada lado da via) na Rua Mafalda Cipriani Peter n 60 (Esquina com a Travessa Leopoldo Dolzan) – Bairro Barragem._x000D_
+A implantação de uma boca de lobo em cada lado da rua garantirá uma melhor captação e escoamento das águas, evitando alagamentos, contribuindo para a preservação da infraestrutura pública e aumentando a segurança de motoristas e pedestres. Trata-se, portanto, de uma medida preventiva e necessária para melhorar as condições de tráfego e o bem-estar da comunidade local, por isso a rua se encontra em más condições e precisa de uma atenção do poder Público.</t>
+  </si>
+  <si>
+    <t>769</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/769/indicacao.03.12.25.travessa.romao.macaneiro.drenagem.pdf</t>
+  </si>
+  <si>
+    <t>Solicito a Secretaria de obras que seja realizada, com urgência, a desobstrução dos tubos de drenagem localizada na referida Travessa Romão Maçaneiro, próximo a casa 55. – Bairro Canta Galo_x000D_
+Uma vez que se encontra entupida e causando acúmulo de água. Por conta disso está correndo agua da rua para dentro de sua casa, e por isso esta danificando todo seu terreno.</t>
+  </si>
+  <si>
+    <t>770</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/770/indicacao_recupecarao_pavimento_rua_oscar_hoffmann.pdf</t>
+  </si>
+  <si>
+    <t>Ao Excelentíssimo Senhor Prefeito de Rio do Sul, para que determine à Secretaria de Obras que faça a recuperação do pavimento (patrolamento) da Rua Oscar Hoffmann, no bairro Fundo Canoas.</t>
+  </si>
+  <si>
+    <t>771</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/771/indicacao_boca_de_lobo_carlos_haag.pdf</t>
+  </si>
+  <si>
+    <t>Ao Excelentíssimo Senhor Prefeito de Rio do Sul, para que determine à Secretaria de Obras a limpeza, desobstrução e estudo sobre a capacidade de drenagem das “bocas de lobo” da Rua Carlos Haag, no Bairro Fundo Canoas.</t>
+  </si>
+  <si>
+    <t>772</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/772/indicacao_poda_rocada_rua_jose_sofka_beco_augusto_sofka.pdf</t>
+  </si>
+  <si>
+    <t>Ao Chefe do Poder Executivo Municipal que determine à Secretaria de Obras para que seja realizada poda e roçada na intersecção da rua Josef Sofka com o Beco Augusto Sofka, no bairro Fundo Canoas.</t>
+  </si>
+  <si>
+    <t>773</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/773/indicacao_-_beco_minas_gerais.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize a substituição das tampas de duas bocas de lobo localizadas no Beco Minas Gerais, nas proximidades do número 135, no Bairro Boa Vista, ambas encontrando-se quebradas.</t>
+  </si>
+  <si>
+    <t>774</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/774/indicacao_-_estacao_bikes.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize a restauração da estação pública de conserto de bicicletas localizada no Calçadão Osny Gonçalves, garantindo seu pleno funcionamento e segurança de uso.</t>
+  </si>
+  <si>
+    <t>775</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/775/indicacao_recupecarao_pavimento_tubulacao_rua_werner_heesch.pdf</t>
+  </si>
+  <si>
+    <t>Ao Excelentíssimo Senhor Prefeito de Rio do Sul, para que determine à Secretaria de Obras que faça a recuperação do sistema de drenagem (tubulação) e parte do pavimento (asfalto) da Rua Werner Heesch, no bairro Fundo Canoas.</t>
+  </si>
+  <si>
+    <t>776</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/776/indicacao_manutencao_drenagem_estrada_blumenau_ponte_ingomar_bachmann.pdf</t>
+  </si>
+  <si>
+    <t>Ao Excelentíssimo Senhor Prefeito de Rio do Sul, para que determine à Secretaria de Obras manutenção no sistema de drenagem na Estrada Blumenau, trevo de acesso à ponte Ingomar Bachmann, bairro Bela Aliança.</t>
+  </si>
+  <si>
+    <t>777</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/777/indicacao_recupecarao_pavimento_oscar_hoffmann_buracos.pdf</t>
+  </si>
+  <si>
+    <t>Ao Excelentíssimo Senhor Prefeito de Rio do Sul, para que determine à Secretaria de Obras que faça a recuperação do pavimento da Rua Oscar Hoffmann, na parte cujo a pavimentação é feita com Lajotas intertravadas.</t>
+  </si>
+  <si>
+    <t>778</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/778/indicacao_poda_arvores_elevado_jose_thome.pdf</t>
+  </si>
+  <si>
+    <t>Ao Excelentíssimo Senhor Prefeito de Rio do Sul, para que determine à Secretaria de Obras que faça a poda das árvores junto ao elevado José Thomé, ligação dos bairros Canoas e Centro.</t>
+  </si>
+  <si>
+    <t>779</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/779/indicacao.04.12.25.rua.santo.finardi.murodecontencao.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito que determine à Secretaria de Obras efetivação de um muro de contenção na Rua Santo Finardi – Bairro Barra do Trombudo._x000D_
+O Barranco encontra-se em más condições e precisa de uma atenção urgente do poder Público.</t>
+  </si>
+  <si>
+    <t>780</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/780/indicacao.04.12.25.rua.patricio.noveletto.tubulacao.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito que determine à Secretaria de Obras efetivação da instalação da tubulação cujo o material já está no local da Rua Patrício Noveletto, próximo a casa número 121 – Bairro Barra do Trombudo.</t>
+  </si>
+  <si>
+    <t>781</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/781/indicacao_-_cartazes_ilegais.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da Secretaria de Infraestrutura e do setor de Fiscalização de Posturas, realize ações de identificação e notificação dos estabelecimentos que vêm afixando panfletos, cartazes e demais materiais de comunicação visual em bens públicos, tais como placas de sinalização, postes, semáforos e outros equipamentos urbanos, em desacordo com a legislação vigente.</t>
+  </si>
+  <si>
+    <t>782</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/782/indicacao_recupecarao_pavimento_ladeira_serra_geral.pdf</t>
+  </si>
+  <si>
+    <t>Ao Excelentíssimo Senhor Prefeito de Rio do Sul, para que determine à Secretaria de Obras que faça a recuperação do pavimento (patrolamento e macadame) da Ladeira Serra Geral, no bairro Canta Galo.</t>
+  </si>
+  <si>
+    <t>785</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/785/indicacao.05.12.25.estrada.da.madeira.cascalho.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito que determine à Secretaria de Obras efetivação da colocação de cascalho no acostamento da via, a fim de melhorar as condições de trafegabilidade e garantir maior segurança aos motoristas e pedestres que utilizam o local diariamente. O material é necessário para corrigir desníveis, reduzir a formação de lama em dias chuvosos e evitar danos aos veículos._x000D_
+Estrada da Madeira, próximo a caso número 432 – Bairro Budag.</t>
+  </si>
+  <si>
+    <t>786</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/786/indicacao.05.12.25.rua.zulnei.petris.boca.de.lobo.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito que determine à Secretaria de Obras efetivação Solicito a instalação de tubulação adequada e a implementação de bocas de lobo no local indicado da Rua Zulnei Petris, próximo a casa número 128 – Bairro Budag</t>
+  </si>
+  <si>
+    <t>787</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/787/indicacao_23-_2025.pdf</t>
+  </si>
+  <si>
+    <t>Melhorias na Rua Verde Vale, Bairro Canta Galo, via de acesso direto à Secretaria Municipal de Assistência Social.</t>
+  </si>
+  <si>
+    <t>788</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/788/indicacao.05.12.25.rua.jacaranda.rocada.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que determine a Secretaria de Obras, que realize a roçada do terreno publico na Rua Jacarandá 23 com a Rua João Baldassari – Bairro Itoupava.</t>
+  </si>
+  <si>
+    <t>789</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/789/indicacao.08.12.25.rua.indira.gandhi.buraco.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito que determine à Secretaria de Obras efetivação da pavimentação asfáltica na Rua Indira Gandhi, Próximo a casa 360 – Bairro Boa Vista.</t>
+  </si>
+  <si>
+    <t>790</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/790/indicacao.08.12.25.beco.dos.metalurgicos.buraco.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito que determine à Secretaria de Obras efetivação da pavimentação asfáltica na Beco dos Metalúrgicos – Bairro Budag.</t>
+  </si>
+  <si>
+    <t>791</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/791/indicacao.08.12.25.travessa.romao.macaneiro.tubulacao.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que determine a Secretaria de Obras, que realize a manutenção da Tubulação na Travessa Romão Maçaneiro, próximo a casa número 43 – Barra Canta Galo.</t>
+  </si>
+  <si>
+    <t>792</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/792/indicacao.08.12.25.rua.jose.de.alencar.rocada.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que determine a Secretaria de Obras, que realize a Limpeza e Roçada da Rua José de Alencar – Bairro Centro.</t>
+  </si>
+  <si>
+    <t>793</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/793/indicacao.08.12.25.rua.odete.catharina.schmitz.tubulacao.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que determine a Secretaria de Obras, que realize a manutenção da Tubulação na Rua Odete Catharina Schmitz, próximo a casa número 144 – Barra Bela Aliança.</t>
+  </si>
+  <si>
+    <t>794</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/794/indicacao.08.12.25.rua.odete.catharina.schmitz.lajotas.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito que determine à Secretaria de Obras efetivação da manutenção da pavimentação das lajotas na Rua Odete Catharina Schmitz, próximo a casa número 144 – Bairro Bela Aliança.</t>
+  </si>
+  <si>
+    <t>795</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/795/09.12.2025.indicacao.rua.rossetti.valada.zeca.pdf</t>
+  </si>
+  <si>
+    <t>Ao Executivo Municipal que envie à Secretaria de Obras_x000D_
+Pedido de Revitalização Urgente da Rua Rossetti, com Adelar Soldatelli, Valada São Paulo, Rio do Sul, SC.</t>
+  </si>
+  <si>
+    <t>796</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/796/09.12.2025.indicacao.ponte.do.galo.zeca.pdf</t>
+  </si>
+  <si>
+    <t>Ao Executivo Municipal que envie à Secretaria Responsável_x000D_
+Pedido para Revitalização das Cabeceiras da Ponte do Galo, Bairro Canta Galo, Rio do Sul, SC.</t>
+  </si>
+  <si>
+    <t>797</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/797/09.12.2025.indicacao.ciclovias.zeca.pdf</t>
+  </si>
+  <si>
+    <t>Ao Executivo Municipal que envie à Secretaria Responsável_x000D_
+Pedido para Revitalização de Ciclovias nos bairros periféricos da cidade, Rio do Sul, SC._x000D_
+Rio</t>
+  </si>
+  <si>
+    <t>798</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/798/09.12.2025.indicacao.felix.deeke.i.zeca.pdf</t>
+  </si>
+  <si>
+    <t>Ao Executivo Municipal que envie à Secretaria Responsável_x000D_
+Pedido para Revitalização da Praça Félix Deeke I, Praça Felix Deeke_x000D_
+Budag, 89.165-426, Rio do Sul, SC.</t>
+  </si>
+  <si>
+    <t>799</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/799/indicacao.10.12.25.ladeira.brasilia.buraco.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito que determine à Secretaria de Obras efetivação da pavimentação asfáltica na Ladeira Brasília, Próximo a casa 486 – Bairro Laranjeiras.</t>
+  </si>
+  <si>
+    <t>800</t>
+  </si>
+  <si>
+    <t>644</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/800/indicacao.10.12.25.beco.mickey.patrolamento.pdf</t>
+  </si>
+  <si>
+    <t>Ao Prefeito que determine à Secretaria de Obras efetivação do patrolamento e macadamização Rua Sergio Alberto Degenhardt (Primeiro beco as direitas) – Barra do Trombudo, Loteamento São Pedro.</t>
+  </si>
+  <si>
+    <t>804</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/804/indicacao_limpesa_gran_park_-_bremer.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que encaminhe junto a secretaria de Obras, limpeza nas Vias do loteamento Gran Park, Estrada Blumenau ,Bairro Bremer</t>
+  </si>
+  <si>
+    <t>805</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/805/indicacao_fiscal_obras_pavimentacao_oscar_strey.pdf</t>
+  </si>
+  <si>
+    <t>Ao Excelentíssimo Senhor Prefeito de Rio do Sul, para que determine à a Secretaria de Infraestrutura, através do Fiscal de Obra responsável pela pavimentação da Rua Oscar Strey, no Bairro Fundo Canoas, que faça a fiscalização da referida via, que apresenta problemas de lajotas soltas, principalmente entre as casas de n. 365 a 550.</t>
+  </si>
+  <si>
+    <t>806</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/806/indicacao_buraco_cei_romao_tranuczynski_oscar_strey.pdf</t>
+  </si>
+  <si>
+    <t>Ao Excelentíssimo Senhor Prefeito de Rio do Sul, para que determine à a Secretaria de Obras, que faça com urgência o conserto do buraco aberto em frente ao Centro de Educação Infantil Dr. Romão Trauczynki, Rua Oscar Strey, no Bairro Fundo Canoas.</t>
+  </si>
+  <si>
+    <t>810</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/810/indicacao_animais_soltos_luiz_olimpio_ferrari.pdf</t>
+  </si>
+  <si>
+    <t>Ao Excelentíssimo Senhor Prefeito de Rio do Sul, para que determine à a Divisão de Bem Estar Animal, que faça com urgência uma visita na Rua Luiz Olímpio Ferrari, no Bairro Fundo Canoas. (Primeira casa à esquerda após o n.53) com objetivo de verificar a situação da moradora e dos cerca de 8 cachorros que ela é tutora. De acordo com relato dos moradores, os cachorros vivem soltos e sob péssimo estado de cuidado, além de serem violentos e avançarem nos pedestres.</t>
+  </si>
+  <si>
+    <t>811</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/811/indicacao_24_-_2025.pdf</t>
+  </si>
+  <si>
+    <t>Elaboração de projeto, regularização e qualificação da Rua Alberto Schultz, localizada no Bairro Barragem,_x000D_
+reconhecendo-a formalmente como via estratégica de transenchente, rota alternativa de emergência e eixo de apoio operacional em situações de calamidade pública.</t>
+  </si>
+  <si>
+    <t>818</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/818/indicacao_25-_2025.pdf</t>
+  </si>
+  <si>
+    <t>Que sejam destinados integralmente às entidades de saúde do município, sendo 20% para Secretaria Municipal de Saúde, 15% ao Hospital Samária, 15% ao Hospital Regional Alto Vale e 50% à Renal Vida.</t>
+  </si>
+  <si>
+    <t>822</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/822/indicacao_-_rua_ana_dos_santos.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize a recuperação do pavimento asfáltico na Rua Ana dos Santos, no Bairro Barragem, nas proximidades do número 191, onde há buraco de grandes proporções.</t>
+  </si>
+  <si>
+    <t>823</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/823/indicacao_-_rua_brusque_ate_rua_picarras.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize serviços de roçada e limpeza da vegetação na Rua Brusque, no trecho compreendido até a Rua Piçarras, localizada no Bairro Brehmer.</t>
+  </si>
+  <si>
+    <t>824</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/824/indicacao_-_rua_joao_nascheweng.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize serviços de manutenção na Rua João Nascheweng, localizada no Loteamento Santa Mônica, Bairro Brehmer.</t>
+  </si>
+  <si>
+    <t>825</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/825/indicacao_-_rua_joao_nascheweng_2.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize vistoria técnica e intervenções de manutenção na Rua João Nascheweng, localizada no Loteamento Santa Mônica, Bairro Brehmer, em razão dos danos causados pelas recentes chuvas.</t>
+  </si>
+  <si>
+    <t>826</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/826/indicacao_-_aristiliano_ramos.pdf</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo, por meio da secretaria competente, realize a avaliação e posterior recuperação do pavimento asfáltico na Rua Aristiliano Ramos, no trecho compreendido entre a concessionária Hyundai e a Farmácia Preço Popular, onde há grande quantidade de desníveis e buracos.</t>
+  </si>
+  <si>
+    <t>827</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/827/17.12.2025.indicacao.lombada.chapa_mptos.valada.zeca.pdf</t>
+  </si>
+  <si>
+    <t>Ao Executivo Municipal que envie ao Órgão Responsável: Pedido de Colocação de Lombada de Borracha na Rua Prefeito Luiz Adelar Soldatelli, 3324 – Altura do Chapa Motos, na Valada São Paulo, Rio do Sul - SC</t>
+  </si>
+  <si>
+    <t>828</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/828/indicacao_rocada_alfredo_swaroski.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que encaminhe junto ao Setor de Obras da prefeitura municipal, a Fazer roçada na lateral da via Rua Alfredo Swarowski, após a ceramica Prinsesa ,próximo a ponte.</t>
+  </si>
+  <si>
+    <t>829</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/829/17.12.2025.indicacao.esf.laranjeiras.zeca.pdf</t>
+  </si>
+  <si>
+    <t>Ao Executivo Municipal que envie ao Órgão Responsável_x000D_
+Pedido para Recolocação de Letreiro com Nome no ESF Laranjeiras da R. XV de Novembro, s/n - Laranjeiras, Rio do Sul - SC, 89167-410</t>
+  </si>
+  <si>
+    <t>830</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/830/indicacao_rua_acre.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que determine à Secretaria de Obras, a realização da manutenção e reparo em buraco existente na Rua Acre, Bairro Laranjeiras, tendo em vista as más condições da via.</t>
+  </si>
+  <si>
+    <t>831</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/831/indicacao_0742025_-_rua_itajai.pdf</t>
+  </si>
+  <si>
+    <t>Que o Excelentíssimo Senhor Prefeito determine à Secretaria competente que avalie e realize a instalação de uma lombada na Rua Itajaí, bairro Barra da Itoupava.</t>
+  </si>
+  <si>
+    <t>832</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/832/indicacao_0752025_-_rua_dos_cacadores.pdf</t>
+  </si>
+  <si>
+    <t>Que o Excelentíssimo Senhor Prefeito determine à Secretaria competente que avalie e realize a instalação de uma lombada na Rua dos Caçadores, no Centro, próximo à saída do Edifício Entidades.</t>
+  </si>
+  <si>
+    <t>834</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/834/indicacao.18.12.25.rua.dos.palmitos.bueiro.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que determine a Secretaria de Obras, que realize a manutenção do Bueiro na Rua dos Palmitos, próximo a casa 25 – Bairro Barra do Trombudo.</t>
+  </si>
+  <si>
+    <t>835</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/835/indicacao.18.12.25.germando.sandri.bueiro.pdf</t>
+  </si>
+  <si>
+    <t>Ao chefe do Poder Executivo Municipal, que determine a Secretaria de Obras, que realize a manutenção do Bueiro na Rua Germano Sandri, próximo a casa 86 – Bairro Barragem.</t>
+  </si>
+  <si>
     <t>MOÇ</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/24/2025_006_mocao_de_aplauso__anilto_hegen.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso ao Sr. Anilto Hegen, cidadão nascido em Aurora, SC, no dia 16 de outubro de 1970, em reconhecimento aos seus relevantes serviços prestados ao esporte, especialmente no âmbito do futebol catarinense, destacando-se pela dedicação, paixão e compromisso com o crescimento e a profissionalização do futebol em nossa região.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/30/2025_007_mocao_de_aplauso_ilson_blogoslawski.pdf</t>
   </si>
   <si>
     <t>Encaminhar moção de aplausos ao Sr. Ilson Paulo Ramos Blogoslawski por sua valorosa atuação na educação, contribuindo assim para a formação de inúmeras gerações.</t>
   </si>
   <si>
-    <t>Zeca Bittencourt, Dani Pamplona, Feuser, Ivan Kruger Palestrante, Marcela Baumgarten, Peixe, Ricardo Pinheiro, Ruan Cipriani - Policial, Sueli de Oliveira</t>
+    <t>Zeca Bittencourt, Dani Pamplona, Feuser, Ivan Kruger Palestrante, Marcela Baumgarten, Peixe, Ricardo Pinheiro, Ruan Cipriani - Policial, Sueli Teresinha de Oliveira</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/31/2025_008_mocao_de_apoio_presidencias_senado_e_camara_pauta_contra_aborto.pdf</t>
   </si>
   <si>
     <t>Encaminhar moção de apoio aos Gabinetes das Presidências do Senado Federal e da Câmara dos Deputados para acolher esta Moção como manifestação de vontade dos representantes desta Casa Legislativa em apoiar os projetos em tramitação no Congresso Nacional, o PDL 03/2025 e o PL 1904/2024.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/32/2025_009_mocao_de_aplauso_ampe_alto_vale.pdf</t>
   </si>
   <si>
     <t>Encaminhar Moção de aplausos à Associação de Micro e Pequenas Empresas e Empreendedor Individual de Rio do Sul e Alto Vale do Itajaí (AMPE ALTO VALE), pelo importante papel que desempenha no fortalecimento e desenvolvimento das micro e pequenas empresas da região do Alto Vale do Itajaí.</t>
-  </si>
-[...1 lines deleted...]
-    <t>97</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/97/2025_010_mocao_de_apoio_projeto_fundeagro.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio a ser encaminhada aos Gabinetes do Deputado Estadual Oscar Gutz, do Governador do Estado de Santa Catarina, dos demais Deputados Estaduais e das entidades representativas do setor agropecuário de Santa Catarina, manifestando reconhecimento e incentivo à aprovação do Projeto de Lei n.º 0533/2024, de autoria do_x000D_
 Deputado Oscar Gutz, que institui o Fundo Estadual para Prevenção, Proteção e Defesa_x000D_
 Agropecuária Contra Calamidades (FUNDEAGRO/SC).</t>
-  </si>
-[...1 lines deleted...]
-    <t>98</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/98/2025_011_mocao_de_aplausos_coc.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS ao Colégio COC Rio do Sul, expressando o meu mais_x000D_
 sincero reconhecimento pelos seus 25 anos de implantação, pela sua trajetória_x000D_
 exemplar e por se consolidar como referência educacional na região do Alto Vale do_x000D_
 Itajaí.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/1/2025_012_mocao_de_apelo_tabela_sus.pdf</t>
   </si>
   <si>
     <t>Encaminhar Moção de Apelo ao Excelentíssimo Senhor Jorginho Mello, Governador do Estado de Santa Catarina, solicitando sua intervenção junto ao Ministro da Saúde, Sr. Alexandre Padilha, para a revisão da tabela de procedimentos do SUS.</t>
   </si>
   <si>
-    <t>103</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/103/2025_013_mocao_de_aplauso_-zilda.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO à Sra. Zilda Stupp, em reconhecimento à sua dedicação, força de vontade e espírito inspirador, que, aos 79 anos, continua a participar ativamente de provas de corrida de rua e corrida com obstáculos.</t>
   </si>
   <si>
-    <t>105</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/105/2025_014_mocao_de_apoio_-_dl_486.2023_-_vacina_covid.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio ao Gabinete da Deputada Federal Júlia Zanatta, à Presidência da Câmara dos Deputados, aos demais Deputados Federais e às autoridades competentes, manifestando apoio ao Projeto de Decreto Legislativo nº 486/2023, que susta os efeitos da Nota Técnica nº 118/2023-CGICI/DPNI/SVSA/MS, a qual incorporou as vacinas contra a COVID-19 no Calendário Nacional de Vacinação Infantil, por meio do Programa Nacional de Imunizações, para crianças de 6 meses a menores de 5 anos de idade.</t>
   </si>
   <si>
-    <t>106</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/106/2025_015_mocao_de_apelo_vacina_covid.pdf</t>
   </si>
   <si>
     <t>Moção de Apelo aos Gabinetes do Excelentíssimo Senhor Presidente da Câmara dos Deputados, Hugo Motta; do Excelentíssimo Senhor Ministro da Saúde, Alexandre Padilha; e dos demais Deputados Federais de Santa Catarina, manifestando posicionamento contrário à obrigatoriedade da vacina contra a COVID-19 no calendário infantil de vacinação, solicitando que a imunização seja facultativa,  manifestando, ainda, o apelo para que a vacina da COVID-19 seja retirada do Programa Nacional de Imunizações (PNI) e, consequentemente, deixe de integrar o calendário vacinal obrigatório.</t>
   </si>
   <si>
-    <t>104</t>
-[...1 lines deleted...]
-  <si>
     <t>MOÇÃO DE APLAUSOS aos organizadores do evento Rally da Inclusão, que, nesta sua 3ª edição, continuam a promover a integração e a inclusão social de pessoas com deficiência em Rio do Sul.</t>
-  </si>
-[...1 lines deleted...]
-    <t>2</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/2/2025_017_mocao_de_aplausos_-_torneio_de_robotica.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS aos alunos e professores da rede municipal, pela brilhante participação na etapa nacional da FLLC – First Lego League Challenge, o maior torneio de robótica educacional do mundo, realizado entre os dias 12 a 15 de março, em Brasília.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/3/2025_018_mocao_de_aplausos_-_radio_web.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS à Rádio Web Estação Alto Vale pela relevante contribuição à comunicação e ao entretenimento de nossa comunidade.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/59/mocao_de_aplausos_-_pedro_da_silva.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos ao Sr. Pedro da Silva, natural de Rio do Sul/SC, em reconhecimento à sua notável contribuição para a segurança viária nacional.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/68/mocao_diego.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO ao atleta Rio-sulense, Diego Cristian Mafra, pelos_x000D_
 relevantes serviços ao esporte, especialmente no Wheeling, e por levar o nome de Rio do_x000D_
 Sul e do Brasil ao reconhecimento internacional ao longo de sua brilhante carreira como_x000D_
 piloto de manobras radicais.</t>
   </si>
   <si>
-    <t>93</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/93/mocao_leila.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO à Sra. Leila Fátima Vani, enfermeira e uma das_x000D_
 colaboradoras mais antigas do Hospital Regional Alto Vale, pelos seus 30 anos_x000D_
 de dedicação exemplar à enfermagem e à saúde da comunidade.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Feuser, Mario Sergio Stramosk</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/119/mocao_de_apelo_prefeito_0705.pdf</t>
   </si>
   <si>
     <t>A Câmara de Vereadores de Rio do Sul, nos termos regimentais, apresenta a presente MOÇÃO DE APELO ao Prefeito Municipal de Rio do Sul, em razão do chamamento de concurso público para o cargo de Agente Comunitário de Saúde – ACS._x000D_
 _x000D_
 O concurso público para o cargo de Agente Comunitário de Saúde, realizado por esta municipalidade, possui validade próxima do seu encerramento. Atualmente, existem 37 vagas abertas no quadro da Secretaria de Saúde, as quais permanecem desocupadas, prejudicando diretamente o atendimento à população._x000D_
 _x000D_
 Ciente de que se trata de programa onde a maior parte dos recursos, especialmente os relacionados ao custeio de pagamento da folha dos servidores é feito pelo governo federal e que, baseado nos dados obtidos através deste programa, existem recursos repassados ao município pelo Ministério da Saúde._x000D_
 _x000D_
 Solicitamos que sejam tomadas as providências necessárias para convocar os candidatos aprovados no referido concurso, de modo a preencher essas vagas e garantir um serviço de saúde mais eficiente e acessível a todos os cidadãos._x000D_
 _x000D_
 Acreditamos que a contratação desses profissionais contribuirá significativamente para a melhoria da qualidade do atendimento e para o fortalecimento do sistema de saúde do nosso município.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/122/2025_023_mocao_de_apelo_inss.pdf</t>
   </si>
   <si>
     <t>Encaminhar MOÇÃO DE APELO ao Excelentíssimo Senhor Prefeito do Município de Rio do Sul/SC, para que, por meio da Secretaria Municipal de Assistência Social, viabilize um espaço de atendimento destinado aos aposentados e pensionistas que desejam verificar, de forma segura e assistida, eventuais irregularidades em seus benefícios previdenciários junto ao INSS.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/136/mocao_pm_feminicidio.pdf</t>
   </si>
   <si>
@@ -4859,60 +7518,176 @@
   <si>
     <t>MOÇÃO DE APLAUSO ao Centro Educacional Prefeito Luiz Adelar Soldatelli e ao grupo CEPLAS Encena, pelo relevante trabalho desenvolvido na promoção do teatro como instrumento de educação e transformação social.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/398/2025_042_mocao_de_apelo_lei_dos_estudantes_mario_sergio.pdf</t>
   </si>
   <si>
     <t>Encaminhar ao chefe do poder executivo de Rio do Sul MOÇÃO DE APELO solicitando a regulamentação por decreto ou encaminhamento de projeto de lei dos seguintes pré Projetos:_x000D_
 01 - Projeto que autoriza o Poder Executivo do Município de Rio do Sul a conceder auxílio financeiro para custeio de despesas de alunos da rede municipal em atividades de estudo e representação educacional._x000D_
 02 - Projeto que dispõe sobre a inclusão obrigatória da temática étnico-racial no currículo das unidades escolares da rede municipal de ensino de Rio do Sul._x000D_
 Seguem, em anexo, os pré projetos.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/408/mocao_de_aplauso_juventude.pdf</t>
   </si>
   <si>
     <t>A presente Moção de Aplausos ao Clube Juventude Boa Vista Master tem como finalidade enaltecer sua trajetória exemplar construída ao longo de décadas em favor da promoção do esporte</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/413/202x_xxx_mocao_de_aplauso_modelo.pdf</t>
   </si>
   <si>
     <t>Aos senhores vereadores e vereadoras, submeto para apreciação e votação a presente Moção de Aplausos à empresa ENGECASS, pelos seus 30 anos de fundação, trajetória de excelência no setor automotivo e de vapor, e por sua expressiva contribuição ao desenvolvimento econômico e social do município de Rio do Sul.</t>
   </si>
   <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/535/202x_xxx_mocao_de_aplauso_modelo.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos ao Centro de Integração Empresa Escola do_x000D_
+Estado de Santa Catarina – CIEE/SC, unidade de Rio do Sul, pelos relevantes_x000D_
+serviços prestados à juventude rio-sulense e às famílias do município.</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/561/mocao_ale_zanis.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS à rio-sulense Ale Zaniz, idealizadora do projeto Sacolinha do Bem – Feita com Amor, pela relevante iniciativa social de acolhimento a pacientes oncológicas e por sua contribuição sensível, solidária e transformadora na vida de mulheres em tratamento contra o câncer no município de Rio do Sul – SC.</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/586/2025_047_mocao_apelo_caso_ana_beatriz_tjsc.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Apelo pela celeridade e continuidade do julgamento do caso “Ana Beatriz”, em razão do clamor público manifestado pela comunidade de Rio do Sul.</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/589/mocao_de_apelo_renan_filho.pdf</t>
+  </si>
+  <si>
+    <t>Encaminhar MOÇÃO DE APELO ao Exmo. Sr. Ministro da Infraestrutura, Trânsito e Transportes, Jose Renan Vasconcelos Calheiros Filho , para que priorize o acesso central no perímetro urbano da cidade de Rio do Sul – SC, no momento de início da duplicação da BR470 (Lote que compreende Rio do Sul - SC)</t>
+  </si>
+  <si>
+    <t>Ricardo Pinheiro, Ruan Cipriani - Policial</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/644/mocao_aplauso_5-_taboao.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSO à senhora MÁRCIA CATARINA SIQUEIRA FACHINI, autora da obra “Taboão: Fatos e Fotos”</t>
+  </si>
+  <si>
+    <t>665</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/665/2025_050_mocao_de_apelo_prefeito_destinacao_recursos_cmrs_2025__saude.pdf</t>
+  </si>
+  <si>
+    <t>Encaminhar Moção de Apelo ao Excelentíssimo Senhor Prefeito Municipal de Rio do Sul, Manoel Arisoli Pereira, para que os recursos financeiros economizados pela Câmara de Vereadores em 2025 sejam destinados integralmente às entidades de saúde do município, sendo 20% para Secretaria Municipal de Saúde, 15% ao Hospital Samária, 15% ao Hospital Regional Alto Vale e 50% à Renal Vida.</t>
+  </si>
+  <si>
+    <t>678</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/678/mocao_aplausos_faw.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos à Escola de Educação Básica Francisco Altamir Wagner, localizada na Estrada Boa Esperança, nº 2590, bairro Fundo Canoas, pelo relevante papel educacional, histórico, social e cultural desempenhado ao longo deste século de existência, contribuindo de forma inestimável para a formação de gerações de cidadãos rio-sulenses.</t>
+  </si>
+  <si>
+    <t>680</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/680/mocao_de_apaluso_guarda_municipal_mirim_2.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSO ao Projeto Guarda Municipal Mirim de Rio do Sul – SC, em reconhecimento aos relevantes serviços prestados à comunidade Rio-Sulense, pela dedicação, comprometimento e excelência demonstrados em suas atividades, contribuindo de forma significativa para o desenvolvimento social, cívico e cultural do nosso município.</t>
+  </si>
+  <si>
+    <t>686</t>
+  </si>
+  <si>
+    <t>Zeca Bittencourt, Dani Pamplona, Sueli Teresinha de Oliveira</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/686/mocao_de_apoio_projeto_leite_1.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Apoio aos Projetos de Lei n. 4.309/2023, de autoria da deputada federal Daniela Reinehr, e aos projetos dos deputados estaduais Oscar Gutz e Altair Silva, que visam proibir a reconstituição de leite em pó importado para venda como leite fluido, em defesa da produção leiteira nacional e catarinense.</t>
+  </si>
+  <si>
+    <t>702</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/702/mocao_de_apluso_escoteiros.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSO ao Grupo Escoteiro Mafeking, pelos 45 anos de fundação e pela relevante contribuição educacional e social prestada à comunidade rio-sulense.</t>
+  </si>
+  <si>
+    <t>764</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/764/mocao_maite_vitoria_coelho.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS à rio-sulense Maitê Vitória Coelho, pela conquista do título brasileiro de ciclismo pelo terceiro ano consecutivo e por elevar o nome de Rio do Sul ao cenário nacional e internacional do esporte, demonstrando talento, disciplina e dedicação exemplar.</t>
+  </si>
+  <si>
+    <t>783</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/783/mocao_de_apaluso_mini_atletas_em_acao.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSO ao Projeto Mini Atletas em Ação, desenvolvido com as crianças do Berçário 3, destacou-se pela proposta pedagógica inovadora voltada ao desenvolvimento motor, social, emocional e cognitivo dos pequenos. A iniciativa surgiu da observação do entusiasmo das crianças em se movimentar e explorar o ambiente, transformando esse interesse natural em experiências lúdicas e educativas.</t>
+  </si>
+  <si>
+    <t>816</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/816/mocao_de_apaluso_a_cleison_sapl.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSO ao reconhecimento e admiração a Cleison, fundador e líder do Esquadrão Adventure, pelos 10 anos de dedicação, compromisso e inspiração que marcaram a trajetória do grupo.</t>
+  </si>
+  <si>
+    <t>833</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/833/mocao_de_aplauso_-_profeswsor_dumbo.pdf</t>
+  </si>
+  <si>
+    <t>A presente moção em reconhecimento a Jonas Capitano, popularmente conhecido como “Professor Dumbo”, pelos relevantes serviços prestados à comunidade por meio da capoeira como instrumento de transformação e educação.</t>
+  </si>
+  <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>De conformidade ao o art. 242, do Regimento Interno da Câmara Municipal de Rio do Sul, convidar o Senhor Marcos Norberto Zanis - Marcão, Secretário de Gestão de Governo do Município, para apresentar aos vereadores e munícipes os detalhes dos investimentos anunciados pelo Governador no montante de R$ 47.000.000,00.</t>
-  </si>
-[...1 lines deleted...]
-    <t>101</t>
   </si>
   <si>
     <t>Comunicar a Vossa Excelência e à Mesa Diretora, conforme determina a Lei, a fim de justificar minha ausência na 5ª Sessão Extraordinária, realizada no dia 21 de março de 2025, em razão de compromissos da atividade desempenhada como professor de carreira, servidor público estadual, qual é realizada com compatibilidade as atividades de vereança, contudo nesse dia e horário convocado para essa sessão extraordinária, especificamente, não foi possível minha presença, motivo pelo qual peço a compreensão de todos.</t>
   </si>
   <si>
     <t>Comunicar a Vossa Excelência e à Mesa Diretora, conforme determina a Lei, a fim de justificar minha ausência na 16ª Sessão Ordinária, realizada no dia 17 de abril de 2025, em razão de viagem familiar que estava agendada antes da divulgação do Calendário das Sessões de 2025, não sendo possível a modificação das datas, por razões alheias as minhas vontades, motivo pelo qual peço a compreensão de todos. Neste sentido, solicito que minha falta seja justificada por esta Egrégia Casa Legislativa.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/48/2025_009_requerimento_-_justificativa_de_ausencia_-_ricardo_pinheiro_-_ordinaria_17_04_-_substitutivo_ao_req._8.2025.pdf</t>
   </si>
   <si>
     <t>Comunicar a Vossa Excelência e à Mesa Diretora, conforme determina a Lei, a_x000D_
 fim de justificar minha ausência na 16ª Sessão Ordinária, realizada no dia 17_x000D_
 de abril de 2025, em razão de viagem inadiável que estava agendada antes da_x000D_
 divulgação do Calendário das Sessões de 2025, não sendo possível a_x000D_
 modificação das datas, por razões alheias as minhas vontades, motivo pelo_x000D_
 qual peço a compreensão de todos._x000D_
 Neste sentido, solicito que minha falta seja justificada por esta Egrégia Casa_x000D_
 Legislativa.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/87/2025_010_requerimento_-_retirada_de_plo_28-25_-_presidente.pdf</t>
   </si>
   <si>
     <t>Requerimento de RETIRADA e arquivamento do Projeto de Lei Ordinária nº 28, de 17 de abril de 2025, que “Institui o tombamento do Aeroclube de Planadores de Rio do Sul – SC como patrimônio cultural, esportivo e social do município”.</t>
@@ -4985,288 +7760,454 @@
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/427/2025_022_comissao_de_merito_solicita_sessao_covid_1.pdf</t>
   </si>
   <si>
     <t>REQUER ao Presidente da Comissão de Mérito, Vereador Feuser, que seja debatida e aprovada a realização de uma Sessão Pública no âmbito da Câmara Municipal de Rio do Sul, com a finalidade de apresentar trabalhos científicos, dados, análises jurídicas e relatos sociais acerca das vacinas contra a Covid-19, no dia 1º de outubro de 2025, às 19h00min.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/428/2025_023_requerimento_-_retirada_de_eme_9-25_-_presidente.pdf</t>
   </si>
   <si>
     <t>De conformidade com o §1°, do art. 106, da Resolução n° 597, de 13 de dezembro de 2010 - Regimento Interno da Câmara Municipal, solicito a Vossa Excelência a RETIRADA e arquivamento da Proposta de Emenda nº 9, de 29 de agosto de 2025, que “Altera valores e dotações das Ações 2008 e 2007 constantes do Anexo do Projeto de Lei nº 66/2025, que dispõe sobre o Plano Plurianual do Município de Rio do Sul para o quadriênio 2026/2029”.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/442/2025_024_requerimento_-_retirada_de_eme_8-25_-_presidente.pdf</t>
   </si>
   <si>
     <t>De conformidade com o §1°, do art. 106, da Resolução n° 597, de 13 de dezembro de 2010 - Regimento Interno da Câmara Municipal, solicito a Vossa Excelência a RETIRADA e arquivamento da Proposta de Emenda nº 8, de 20 de agosto de 2025, que “Acrescenta e altera dispositivos do Projeto de Lei Complementar n° 10, de 17 de julho de 2025, que ‘Acrescenta e altera dispositivos na Lei Complementar nº 339, de 12 de dezembro de 2016, que dispõe sobre a criação do Conselho de Desenvolvimento Econômico de Rio do Sul (CODENSUL), autoriza a instituição do Fundo Municipal de Desenvolvimento Econômico (FMDE), e dá outras providências’” tendo em vista novos entendimentos do Poder Judiciário sobre o tema, apresentando-se nova emenda ao Projeto de Lei Complementar n. 10/2025</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/449/requerimento-justifica_ausencia_9a_extra_mario.pdf</t>
   </si>
   <si>
     <t>Requer justificar minha ausência na 9ª Sessão Extraordinária, realizada no dia 11 de setembro de 2025, por motivo de doença de meu pai, que fez cirurgia e necessita de acompanhamento familiar.</t>
   </si>
   <si>
-    <t>487</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/487/2025_025_requerimento_-_justificativa_de_ausencia_-dani_18-09-2025.pdf</t>
   </si>
   <si>
     <t>REQUEIRO justificar minha ausência na 3ª Sessão Solene de outorga da Comenda do Mérito Agropecuário Francisco Frankenberger, realizada no dia 18 de setembro de 2025, em razão de problema de saúde grave sofrido por minha mãe, com posterior falecimento, motivo pelo qual peço a compreensão de todos.</t>
   </si>
   <si>
-    <t>510</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/510/2025_027_requerimento_-_retirada_de_plo_78-25_-_presidente.pdf</t>
   </si>
   <si>
     <t>Requeiro a RETIRADA e arquivamento da Projeto de Lei Ordinária nº 78, de 10 de setembro de 2025, que “Institui o Programa Municipal de Incentivo à Inovação, Resiliência Urbana e Mitigação de Desastres Naturais no Município de Rio do Sul, e dá outras providências” tendo em vista sinalizações do Procurador Legislativo para melhorias ao Projeto.</t>
   </si>
   <si>
-    <t>511</t>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/511/2025_028_requerimento_-_retirada_de_plo_85-2025_-_presidente.pdf</t>
   </si>
   <si>
     <t>De conformidade com o § 1°, do art. 106, da Resolução n° 597, de 13 de dezembro de 2010 - Regimento Interno da Câmara Municipal, solicito a Vossa Excelência a RETIRADA e arquivamento do Projeto de Lei Ordinária nº 85, de 24 de setembro de 2025, que “Dispõe sobre a vedação da execução de músicas, coreografias, danças e vídeos e exposição de livros com conteúdo inadequado no âmbito da rede escolar municipal de Rio do Sul e dá outras providências, e revoga a Lei Municipal n° 6.299, de 4 de outubro de 2021, e a Lei Municipal n° 6.488, de 11 de julho de 2023.”, tendo em vista a intenção de readequação da matéria e posterior apresentação de novo projeto de lei.</t>
   </si>
   <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/583/2025_029_requerimento_-_retirada_de_plo_90-2025_-_presidente.pdf</t>
+  </si>
+  <si>
+    <t>De conformidade com o § 1°, do art. 106, da Resolução n° 597, de 13 de dezembro de 2010 - Regimento Interno da Câmara Municipal, solicito a Vossa Excelência a RETIRADA e arquivamento do Projeto de Lei Ordinária nº 90, de 1º de outubro de 2025, que “Inclui dispositivo na Lei nº 4.472, de 10 de novembro de 2006, que “Dispõe sobre a criação do Programa Emergencial de Auxílio-Desemprego – PEAD e dá outras providências” para acrescentar direito de luto intrafamiliar.”, tendo em vista a intenção de readequação da matéria e posterior apresentação de novo projeto de lei.</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/597/2025_030_requerimento_-_retirada_de_plo_107-2025_-_presidente.pdf</t>
+  </si>
+  <si>
+    <t>De conformidade com o § 1°, do art. 106, da Resolução n° 597, de 13 de dezembro de 2010 - Regimento Interno da Câmara Municipal, solicito a Vossa Excelência a RETIRADA e arquivamento do Projeto de Lei Ordinária nº 107, de 10 de outubro de 2025, que “Institui o Programa “Olho Vivo – Cidadão Fiscal do Meio Ambiente” e estabelece sanções administrativas contra o descarte irregular de resíduos em rios, ribeirões e córregos no Município de Rio do Sul/SC”, tendo em vista a intenção de readequação da matéria e posterior apresentação de novo projeto de lei.</t>
+  </si>
+  <si>
+    <t>803</t>
+  </si>
+  <si>
+    <t>De conformidade com o §1°, do art. 106, da Resolução n° 597, de 13 de dezembro de 2010 - Regimento Interno da Câmara Municipal, solicito a Vossa Excelência a RETIRADA e arquivamento da Proposta de Emenda nº 14, de 9 de dezembro de 2025, que “acrescenta e altera dispositivos do Projeto de Lei n° 106, de 9 de outubro de 2025, que “dispõe sobre o Direito de Acesso, na Rede Pública Municipal de Saúde, a Exames e Medicamentos Prescritos por Médicos da Rede Privada”, tendo em vista a readequação do texto da matéria e apresentação de nova Proposta de Emenda.</t>
+  </si>
+  <si>
+    <t>808</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/808/2025_032_requerimento_-_retirada_de_plo_83_2025_-_plenario.pdf</t>
+  </si>
+  <si>
+    <t>De conformidade com o §2°, do art. 106, da Resolução n° 597, de 13 de dezembro de 2010 - Regimento Interno da Câmara Municipal, solicito ao Plenário a RETIRADA e arquivamento da Projeto de Lei n° 83, de 23 de setembro de 2025, que “Institui o Programa Municipal “Oficina Escola de Marcenaria” e estabelece diretrizes para sua implementação em caráter extracurricular e facultativo nas unidades escolares de Rio do Sul.”, visando estudar e readequar o projeto, com possível ampliação do programa com base em reuniões convocadas pelos sindicatos patronais interessados.</t>
+  </si>
+  <si>
+    <t>821</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/821/2025_033_requerimento_-_retirada_de_plo_134-2025_-_presidente.pdf</t>
+  </si>
+  <si>
+    <t>De conformidade com o § 1°, do art. 106, da Resolução n° 597, de 13 de dezembro de 2010 - Regimento Interno da Câmara Municipal, solicito a Vossa Excelência a RETIRADA e arquivamento do Projeto de Lei Ordinária nº 134, de 16 de dezembro de 2025, que “revoga o inciso III do art. 11 da Lei nº 6.378, de 27 de junho de 2022, que dispõe sobre a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público consoante art. 73 da Lei Orgânica do Município de Rio do Sul”, tendo em vista o Poder Executivo ter apresentado Projeto de Lei sobre a mesma matéria.</t>
+  </si>
+  <si>
     <t>PEDIN</t>
   </si>
   <si>
     <t>Pedido de Informação</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/84/2025_002_ped._de_informacao_-_educacao.pdf</t>
   </si>
   <si>
     <t>Pedido de Informação para que, nos termos do disposto no inciso XVII do art. 9º da Lei Orgânica Municipal, a Secretaria Municipal de Educação responda quesitos acerca dos estudantes público-alvo da Educação Especial inseridos na rede municipal de ensino.</t>
   </si>
   <si>
     <t>Solicita ao Prefeito, direcionando à Fundação Cultural de Rio do Sul, encaminhamento à Câmara Muncipal de documentações referentes aos Editais, projetos, avaliações e resultado etc. dos Prêmios Nodgi Pellizzetti realizados nos anos de 2023 e 2024.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/85/2025_004_ped._de_informacao_-_reurb.pdf</t>
   </si>
   <si>
     <t>Pedido de Informação n° 4/2025 - Requer informações relativas aos protocolos de REURB que estão tramitando.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/121/2025_005_terminal_rodoviario.pdf</t>
   </si>
   <si>
     <t>Requer informações relativas ao Terminal Rodoviário.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/302/2025_006_ped._de_informacao_-_cuidados_paliativos.pdf</t>
   </si>
   <si>
     <t>Pedido de Informação n° 6/2025, por meio do qual requer informações relativas ao Programa Municipal de Suporte aos Cuidados Paliativos Hospitalares.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/374/2025_007_ped._de_informacao_-_ciclovias_-_ricardo_pinheiro.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Prefeito para obtenção de informações quanto aos valores arrecadados pelo município com multas, aos valores de investimentos em ciclovias, bem como a respeito do planejamento e das prioridades de governo para investimentos em ciclovias, em razão da Lei Municipal nº 5.969, de 10 de setembro de 2018, que dispõe sobre a destinação da receita proveniente da arrecadação de multas de trânsito para investimentos em logradouros destinados ao uso de bicicletas.</t>
   </si>
   <si>
+    <t>750</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/750/pedido_info_saude_2.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de informações sobre a fila de espera para consultas_x000D_
+médicas e exames especializados no município.</t>
+  </si>
+  <si>
     <t>EME</t>
   </si>
   <si>
     <t>Proposta de Emenda</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/7/emenda_01_assinado.pdf</t>
   </si>
   <si>
     <t>Altera o art. 4º da Lei n. 6.528, de 01 de novembro de 2023, que “Institui o ‘Carnaval na Praça’ no calendário oficial do município de Rio do Sul” para que o custeio ao evento seja preferencialmente realizado por parcerias privadas.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/10/2025_02_eme_ao_plo_14-2025_proj.pdf</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/154/2025_03_eme_mod_ao_plo_17-2025.pdf</t>
   </si>
   <si>
     <t>Altera o § 1° do art. 1°, os Inciso I e III do art. 3°, e o art. 6° do Projeto de Lei n° 17, de 14 de março de 2025 que dispõe sobre a obrigatoriedade na reparação dos danos ocasionados pelas empresas concessionárias, permissionárias e autorizatárias de serviços públicos em bens públicos do município de Rio do Sul.</t>
   </si>
   <si>
     <t>Marcela Baumgarten, Mario Sergio Stramosk, Ricardo Pinheiro, Ruan Cipriani - Policial</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/171/2025_004_eme_subs_global_ao_plo_14-2025.pdf</t>
   </si>
   <si>
     <t>Institui a Política Pública Permanente de Preservação, Manutenção e Recuperação dos Ribeirões do Município de Rio do Sul, estabelece diretrizes, mecanismos de participação e dá outras providências.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/263/2025_05_eme_mod_ao_plo_50-2025.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafo único ao art. 2º e altera inciso III do art. 5º, todos do Projeto de Lei Ordinária n. 50, de 10 de julho de 2025, que “Institui a Política Municipal de Atenção Integral à Pessoa com Fibromialgia no município de Rio do Sul” para inserir atenção psicológica familiar.</t>
   </si>
   <si>
-    <t>Ricardo Pinheiro, Zeca Bittencourt</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/317/2025_06_eme_mod_ao_plo_42-2025.pdf</t>
   </si>
   <si>
     <t>Altera o inciso III do art. 3º do Projeto de Lei Ordinária n. 42, de 26 de junho de 2025, que “Institui o Programa Municipal de Robótica Educacional no Município de Rio do Sul – SC, estabelece diretrizes para sua implementação e parcerias com a iniciativa privada, e dá outras providências”, para prever regulamentação própria pelo Poder Executivo quanto ao apoio financeiro.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/325/2025_07_eme_ao_plo_51-2025.pdf</t>
   </si>
   <si>
     <t>Altera o art. 2 do Projeto de Lei Ordinária n. 51, de 8 de julho de 2025, que “Altera a Lei n. 6.378, de 27 de junho de 2022, que dispõe sobre a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público consoante art. 73 da Lei Orgânica do Município de Rio do Sul”.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/354/2025_08_eme_ao_plc_10-2025.pdf</t>
   </si>
   <si>
     <t>Acrescenta e altera dispositivos do Projeto de Lei Complementar n° 10, de 17 de julho de 2025, que “Acrescenta e altera dispositivos na Lei Complementar nº 339, de 12 de dezembro de 2016, que dispõe sobre a criação do Conselho de Desenvolvimento Econômico de Rio do Sul (CODENSUL), autoriza a instituição do Fundo Municipal de Desenvolvimento Econômico (FMDE), e dá outras providências”.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/381/2025_009_eme_ao_plo_66_2025_-_ppa_2026-2029.pdf</t>
   </si>
   <si>
     <t>Altera valores e dotações das Ações 2008 e 2007 constantes do Anexo do Projeto de Lei nº 66/2025, que dispõe sobre o Plano Plurianual do Município de Rio do Sul para o quadriênio 2026/2029.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/447/2025_10_eme_ao_plc_10-2025.pdf</t>
   </si>
   <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/568/2025_011_eme_modificativa_ao_plc_14_2025_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Altera o caput do art. 5º do Projeto de Lei Complementar nº 14, de 6 de outubro de 2025, que “Institui o Programa Municipal de Incentivo ao setor imobiliário de Rio do Sul”.</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/613/2025_012_eme_ao_plo_86_2025_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Altera e acrescenta dispositivos do Projeto de Lei n° 86, de 26 de setembro de 2025 que Dispõe sobre a vedação da execução de músicas, coreografias, danças e vídeos e exposição de livros com conteúdo inadequado no âmbito da rede escolar municipal de Rio do Sul e dá outras providências, e revoga a Lei Municipal n° 6.299, de 4 de outubro de 2021.</t>
+  </si>
+  <si>
+    <t>751</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/751/2025_013_eme_ao_plo_83_2025.pdf</t>
+  </si>
+  <si>
+    <t>Acrescenta e revoga dispositivos do Projeto de Lei n° 83, de 15 de outubro de 2025 que “Institui o Programa Municipal “Oficina Escola de Marcenaria” e estabelece diretrizes para sua implementação em caráter extracurricular e facultativo nas unidades escolares de Rio do Sul.”</t>
+  </si>
+  <si>
+    <t>802</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/802/2025_014_eme_ao_plo_106_2025.pdf</t>
+  </si>
+  <si>
+    <t>Acrescenta e altera dispositivos do Projeto de Lei n° 106, de 9 de outubro de 2025, que “dispõe sobre o Direito de Acesso, na Rede Pública Municipal de Saúde, a Exames e Medicamentos Prescritos por Médicos da Rede Privada”</t>
+  </si>
+  <si>
+    <t>801</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/801/2025_015_emenda_subst_global_ao_plo_122-2025_2.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Substitutiva Global ao PLO 122/2025 que "Revoga, renumera e acrescenta dispositivos ao art. 57 da Lei nº 5.796, de 19 de dezembro de 2016, que consolida a legislação municipal referente ao Sistema Viário."</t>
+  </si>
+  <si>
+    <t>807</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/807/2025_016_eme_ao_plo_106_2025.pdf</t>
+  </si>
+  <si>
+    <t>Acrescenta e altera dispositivos do Projeto de Lei n° 106, de 9 de outubro de 2025, que “dispõe sobre o Direito de Acesso, na Rede Pública Municipal de Saúde, a Exames e Medicamentos Prescritos por Médicos da Rede Privada”.</t>
+  </si>
+  <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/11/2025_002_projeto_-comenda_do_esporte_rio-sulense.pdf</t>
   </si>
   <si>
     <t>Outorga a Comenda do Esporte Rio-sulense 2025.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/13/2025_003_projeto_-_merito_basilio_correa_de_negredo_assinado.pdf</t>
   </si>
   <si>
     <t>Outorga a Medalha e o Diploma do Mérito Basílio Corrêa de Negredo.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/123/2025_004_projeto_escritor_destaque.pdf</t>
   </si>
   <si>
     <t>Outorga Diploma em homenagem ao escritor Fiorelo Zanella,  “Escritor Destaque” do ano de 2025.</t>
   </si>
   <si>
     <t>Ivan Kruger Palestrante, Ricardo Pinheiro, Ruan Cipriani - Policial, Zeca Bittencourt</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/139/2025_005_projeto_-_destaque_da_musica.pdf</t>
   </si>
   <si>
     <t>Outorga Diploma em homenagem ao “Destaque da Música” do ano de 2025 ao Grupo Missão Musical.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/239/2025_006_projeto_-_merito_agropecuario_francisco_frankenberger.pdf</t>
   </si>
   <si>
     <t>Outorga a Comenda do “Mérito Agropecuário Francisco Frankenberger” e honrarias a agricultores, pelo destaque em suas atividades agrícolas, nos termos da Lei Municipal n° 4.536, de 3 de abril de 2007.</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/230/2025_007_pdl_-_com_jovem_empreendedor.pdf</t>
   </si>
   <si>
     <t>Outorga a “Comenda Jovem Empreendedor do Ano” a Murilo Busarello.</t>
   </si>
   <si>
+    <t>676</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/676/2025_008_cidadao_rio-sulense.pdf</t>
+  </si>
+  <si>
+    <t>Outorga Título de "Cidadão Rio-sulense".</t>
+  </si>
+  <si>
+    <t>691</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/691/2024_009_pdl_comenda_escrava_anastacia.pdf</t>
+  </si>
+  <si>
+    <t>Outorga a Comenda “Escrava Anastácia” à Senhora Noeli Teresinha de Souza.</t>
+  </si>
+  <si>
+    <t>CONT</t>
+  </si>
+  <si>
+    <t>Prestação de Contas do Prefeito</t>
+  </si>
+  <si>
+    <t>Tribunal de Contas de SC - TCE</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/584/parecer_previo_n._1002025_-_contas_prefeito_thome_2024.pdf</t>
+  </si>
+  <si>
+    <t>Parecer prévio do Tribunal de Contas do Estado de Santa Catarina recomendando a aprovação da Prestação de Contas do Prefeito José E. R. Thomé, referente ao exercício de 2024. (@PCP 25/00037678).</t>
+  </si>
+  <si>
     <t>PLOSB</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Substitutivo</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/213/mensagem_037.2025_-_rota_turistica_caminho_do_louvor_1__-_assinado.pdf</t>
   </si>
   <si>
     <t>PARC</t>
   </si>
   <si>
-    <t>Parecer pela ilegalidade/inconstitucionalidade</t>
+    <t>Parecer de Comissão</t>
   </si>
   <si>
     <t>CJ - Comissão de Legislação, Constituição, Justiça, Ética e Decoro Parlamentar e Redação Final</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/358/plo_52-2025_-_justica.pdf</t>
   </si>
   <si>
     <t>Parecer pela ilegalidade/inconstitucionalidade do Projeto de Lei Ordinária n° 52, de 10 de julho de 2025, que "Dispõe sobre a destinação de percentual da receita proveniente da arrecadação de multas de trânsito para a recuperação e adequação de calçadas no Município de Rio do Sul, especialmente para garantir acessibilidade às pessoas com deficiência."</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/382/parecer_justica_65_2025_reprovacao.pdf</t>
   </si>
   <si>
     <t>Parecer pela ilegalidade/inconstitucionalidade do Projeto de Lei Ordinária n° 65, de 07 de agosto de 2025, que "Autoriza o Poder Executivo municipal a conceder auxílio financeiro para custeio de despesas de educandos da rede municipal em atividades de estudo e representação educacional."</t>
   </si>
   <si>
-    <t>463</t>
+    <t>CP - Comissão Processante</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão Processante recomendando o arquivamento da Denúncia 1/2025 de "representação de cidadão por quebra de Decoro Parlamentar apresentada em face da Vereadora Sueli Terezinha de Oliveira.</t>
   </si>
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>Denúncia</t>
   </si>
   <si>
     <t>Cidadão</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/463/2025_001_-_denuncia_-_representacao_sueli.pdf</t>
   </si>
   <si>
     <t>Representação de cidadão por quebra de Decoro Parlamentar apresentada em face da Vereadora Sueli Terezinha de Oliveira, com fundamentos no Decreto-Lei nº 201/1967, Lei Orgânica Municipal e Regimento Interno da Câmara (Resolução 597/2010).</t>
   </si>
   <si>
-    <t>469</t>
-[...1 lines deleted...]
-  <si>
     <t>ELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>Dani Pamplona, Peixe, Sueli de Oliveira, Zeca Bittencourt</t>
+    <t>Dani Pamplona, Peixe, Sueli Teresinha de Oliveira, Zeca Bittencourt</t>
   </si>
   <si>
     <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/469/2025_001_elo_projeto.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Orgânica do Município de Rio do Sul, para dispor sobre a gratuidade do transporte coletivo urbano para pessoas com idade igual ou superior a 60 anos.</t>
+  </si>
+  <si>
+    <t>670</t>
+  </si>
+  <si>
+    <t>VETO</t>
+  </si>
+  <si>
+    <t>Veto</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/670/mensagem_91.2025.pdf</t>
+  </si>
+  <si>
+    <t>Mensagem de Veto Parcial n. 91/2025. Veto sobre o art. 18, do projeto de Lei Complementar n. 10/2025 que "Acrescenta e altera dispositivos na Lei Complementar nº 339, de 12 de dezembro de 2016, que dispõe sobre a criação do Conselho de Desenvolvimento Econômico de Rio do Sul (Codensul), autoriza a instituição do Fundo Municipal de Desenvolvimento Econômico (FMDE), e dá outras providências."</t>
+  </si>
+  <si>
+    <t>739</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/739/veto_projeto_de_lei_n._88_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Veto parcial ao art. 3º do Projeto de Lei n. 88/2025, que "Institui o Programa Municipal de Incentivo à Inovação, Resiliência Urbana e Mitigação de Desastres Naturais no Município de Rio do Sul, e dá outras providências." por inconstitucionalidade formal.</t>
+  </si>
+  <si>
+    <t>756</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/756/2025_003_veto_total_ao_plo_75.2025_-_altera_pead.pdf</t>
+  </si>
+  <si>
+    <t>Veto Total ao Projeto de Lei nº 75 de 3 de setembro de 2025, que “Altera dispositivos da Lei n° 4.472, de 10 de novembro de 2006, que ‘dispõe sobre a criação do Programa Emergencial de Auxílio-desemprego – PEAD, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>809</t>
+  </si>
+  <si>
+    <t>REC</t>
+  </si>
+  <si>
+    <t>Recurso ao Plenário</t>
+  </si>
+  <si>
+    <t>http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/809/recurso_-_despacho_requerimento_mocao.pdf</t>
+  </si>
+  <si>
+    <t>Recurso Regimental contra despacho do Presidente relativo a requerimento de inclusão da Moção nº 50/2025 na Ordem do Dia.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -5570,67 +8511,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/23/2025_7_projeto_carnaval.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/5/2025_009_projeto_-_adote_bus.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/6/2025_014_projeto_-limpeza_ribeiroes_assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/8/2025_017_projeto.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/9/2025_018_projeto_-_altera_lei_4435_2026_-_escrava_anastacia.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/18/mensagem_e_projeto_de_lei_para_aquisicao_014.2025_fundo_municipal_dos_direitos_da_crianca_e_do_adolescente_-_assinado_compressed.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/12/2025_020_projeto_compressed.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/16/2025_021_projeto_-_tempo_def_area_azul.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/19/mensagem_016.2025-_lei_orcamentaria_anual_e_plano_plurianual__para_a_politica_nacional_-_assinado_compressed.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/20/mensagem_018.2025_-por_superavit_financeiro_assistencia_social_-_assinado_1_compressed.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/15/mensagem_019.2025_-_rota_turistica_caminho_do_louvor_-_assinado_-_copia_compressed.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/4/2025_025_projeto.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/14/2025_026_projeto_compressed.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/22/mensagem_024_assinado_-_ementa_retificada.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/25/2025_028_projeto_-_tombamento_aeroclube.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/46/projeto_de_lei_patrocinio_22.04.2025_-_assinado_compressed.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/66/mensagem_026_-_altera_lei_lei_2.275_-_rua_dinamarca_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/82/mensagem_025.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/88/2025_032_projeto.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/89/mensagem_030_-_doacoes_sete_quedas_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/113/2025_034_proj_aero_tomba_imat.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/118/2025_035_proj_totens_depurado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/130/2025_036_projeto.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/131/mensagem_019.2025_-_rota_turistica_caminho_do_louvor_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/133/mensagem_028.2025_-_r210.00000_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/134/mensagem_029.2025_sedec_ppa-_r210.00000_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/148/mensagem_036.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/201/mensagem_041.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/203/2025_042_projeto_-_robotica_ricardo_e_zeca.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/202/mensagem_38-__projeto_de_lei_reconhece_debito_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/214/mensagem_039.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/215/mensagem_040.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/219/2025_047_projeto_-_banco_de_racoes_e_utensilios.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/221/mensagem_042.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/222/mensagem_043.2025_1_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/247/2025_050_proj_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/240/mensagem_45_-__altera_lei_n._6.378_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/249/2025_052_proj_calcadas.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/265/2025_053.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/254/mensagem_47_-_define_as_vias_previstas.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/275/2025_055_proj_carteira_pcd.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/276/2025_056_proj_migrantes.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/267/mensagem_051.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/268/mensagem_052.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/277/mensagem_053.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/278/mensagem_44_-__altera_lei_n._6.666_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/279/mensagem_050.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/305/mensagem_048.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/315/2025_064_proj_atendimento_ubs_local_trabalho.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/319/2025_065_proj_bolsa.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/318/mensagem_054.2025_-_ppa_finalizado..pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/323/mensagem_057.2025_-_doacao_de_veiculo_vovo_belinha_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/324/mensagem_056.2025_-_doacao_de_veiculo_mover_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/375/2025_069_proj_pead.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/370/mensagem_060.2025_-_pedagios_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/371/projeto_de_lei_2025_-_marca_rio_do_sul_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/376/2025_072_projeto_-_migrantes.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/394/mensagem_063.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/395/mensagem_064.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/399/2025_075_proj_pead.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/433/mensagem_068.2025_-_pasep.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/437/mensagem_067.2025_-_versao_corrigida.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/448/2025_78_proj_-_resiliencia.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/464/mensagem_70.2025_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/471/2025_080_proj_casas_abandonadas.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/502/mensagem_0071.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/509/2025_085_projeto_-_veda_conteudo_inadequado_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/519/2025_086_projeto_-_veda_conteudo_inadequado_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/524/2025_087_projeto_anexo_compressed.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/526/2025_88_proj_-_resiliencia.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/528/mensagem_069.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/17/2025_004_plc_pd_telhados_escolas.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/21/mensagem_017.2025_-_altera_a_lei_complementar_n._524_de_29_de_junho_de_2023_alterada_-_assinado_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/83/2025_006_plc_estatuto_-_possibilidade_reducao_de_jornada.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/102/mensagem_033_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/137/mensagem_032_1_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/253/mensagem_46_-_altera_o_plano_diretor_1_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/264/projeto_de_alteracao_lei_complementar_339.2016_codensul_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/347/projeto_de_alteracao_lei_complementar_544.2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/435/mensagem_066.2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/436/mensagem_065.2025_-_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/100/2025_003_projeto_-__transfere_sessao_de_15_mai_para_8_mai_de_2025_4.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/35/2025_004_projeto_-_altera_resolucao_das_diarias.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/231/2025_005_projeto_-__transfere_data_de_sessao_de_21_para_24_07.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/250/2025_006_pres_-_reg._interno_comissoes.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/518/2025_007_projeto_-_resolucao_camara_mirim.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/37/indicacao_rua_padre_anchieta.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/38/indicacao_rua_leandro_dellagiustina.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/39/indicacao_varias_ruas.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/40/indicacao_rua_eng._odebrecht.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/41/indicacao_km_142_br_470.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/42/indicacao_rua_guilherme_becker.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/43/indicacao_rua_vicente_barcelos.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/44/indicacao_seguranca_nas_ciclovias_.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/45/indicacao_pavimentacao_de_ruas.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/47/indicacao-_ricardo_25-04.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/49/indicacao-_ricardo_28-04.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/50/01.04.25.indicacao.rua.lilly.bremer.vereador.zeca.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/51/04.04.25.indicacao.andre.largura.taboao.zeca.enviada.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/52/01.04.25.indicacao.rua.lilly.bremer.vereador.zeca.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/53/indicacao_conserto_asfalto_bela_alianca.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/54/29.04.25.indicacao.mafalda.porto.progresso.zeca.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/55/indicacao__reparos_asfalto_valada_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/56/indicacao.29.04.25.ruasergioalbertodegenhardt.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/57/29.05.25.indicacao.garuva.lyons.entulho.zeca.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/58/29.04.25.indicacao.rua.rio.grande.poda.plantas.zeca.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/60/indicacao.29.04.25.ruasantomontagna.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/61/indicacao_abrigo_onibus.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/62/indicacao_tubulacao_oscar_strey.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/63/indicacao_telemedicina.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/64/indicacao_manutencao_rua_espirito_santo.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/65/indicacao_pavimentacao_rua_espirito_santo.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/67/indicacao_contentor_de_lixo_beco_om.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/69/indicacao_rua_patricio_noveletto.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/70/indicacao_252025_-_faixa_de_pedestre_rua_engenheiro_baugarten.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/71/indicacao_242025_-_praca_juscelino_kubitschek.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/72/indicacao-_ricardo_05-05.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/73/01.04.25.indicacao.estrada.navegantes.zeca.enviada.ok.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/74/29.04.25.indicacao.valdemiro.selhorst.iluminacao.zeca.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/75/25.04.25.indicacao.laranjeiras.adrys.boca.de.lobo.zeca.enviada.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/76/25.04.25.indicacao.caixas.coletoras.calcadao.vera.gemballa.zeca.enviada.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/77/08.04.25.indicacao.posturas.progresso.zeca.enviada.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/78/04.04.25.indicacao.est.quintinos.bremer.zeca.enviada.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/79/indicacao.29.04.25.rua.rio.negrinho.zeca.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/80/indicacao_contentor_de_lixo_francisco_fleisner.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/81/indicacao-_ricardo_06-05.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/86/indicacao_meio_ambiente_coleta_seletiva.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/91/indicacao_262025_-_rua_oscar_kirsten.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/92/indicacao_282025_-_rua_alameda_bela_alianca.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/94/indicacao_contentor_de_lixo_oscar_barcelos.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/95/indicacao_0292025_-_doacao_predio_sebastiao_back.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/107/indicacao_contentor_de_lixo_alto_bella_alianca.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/108/conserto_boca_lobo_bella_alianca.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/109/indicacao_0302025_-_rua_1063_barra_do_trombudo.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/110/indicacao_0312025_-_ladeira_fortaleza.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/111/patrolamento_e_cascalhamento_rua_roseti.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/112/estacionamento_de_motos.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/114/indicacao_rua_rio_preto_canoas.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/115/indicacao_lombadas_estrada_boa_esperanca.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/116/indicacao_recupecarao_pavimento_waldemar_hoffmann.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/117/indicacao_limpeza_boca_de_lobo_waldemar_hoffmann.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/120/indicacao_rua_guilherme_becker_2.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/124/indicacao_rua_vila_inconfidencia.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/125/indicacao_rua_florianopolis.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/126/indicacao_loteamento_santa_monica_boca_de_logo_e_paralelepipedo.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/127/indicacao_loteamento_santa_monica_saibro.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/128/indicacao_ponte_dos_arcos.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/129/indicacao_conserto_lajota_taboao.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/132/indicacao_0322025_-_bocas_de_lobo_rua_garuva.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/135/indicacao_boca_de_lobo_rafael_rossa.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/140/indicacao.26.05.25.rua.valmor.pasqualini.zeca.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/142/indicacao.11.03.25ruaalvinmeslin.02.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/144/indicacao.28.05.25.calcadajoseclementedemarch.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/145/indicacao.28.05.25.placaruarudemeshker.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/146/indicacao_iluminacao_oscar_strey.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/147/indicacao__patrolamento_bela_alianca.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/149/indicacao_manutencao_monteiro_lobato.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/150/indicacao_0342025_-_rua_fernando_cerutti_bairro_pamplona.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/151/indicacao_0332025_-_faixa_de_pedestre_avenida_barao_do_rio_branco.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/152/indicacao272025_-_rua_paulo_cesar_tonon.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/153/indicacao.28.05.25.patrolamento.valada.zeca.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/157/indicacao_rua_xv_de_novembro.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/160/indicacao_conserto_asfalto__bairro_bremer.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/161/indicacao_conserto_asfalto_navegantes.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/162/indicacao_0342025_-_rodovia_lauro_pamplona.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/163/indicacao_0352025_-_placa_proibido_estacionar_avenida_barao_do_rio_branco.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/164/indicacao_contentor_de_lixo_bairro_rainha.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/165/indicacao.03.06.25.circular.alto.santana.zeca.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/166/indicacao_0372025_-_iluminacao_rua_guaiba_-_creche_moacir_antonio_tonon.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/167/indicacao_0362025_-_faixa_de_pedestre_escola_roberto_machado.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/168/indicacao_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/169/indicacao_0382025_-_cobertura_escola_antonio_moacir_tonon.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/170/indicacao.05.06.25.rua_helmuth_skowasch.budag.zeca.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/172/indicacao__rocada_e_limpesa_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/173/indicacao__patrolamento_valada_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/174/indicacao.06.06.25.jose.clemente.demarch.calcada.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/175/indicacao_ponte_arcanjo_ossemer.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/176/indicacao.06.06.25.rocada.rua.tocantins.zeca.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/177/indicacao.10.06.25.boca.de.lobo.aristeu.dos.santos.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/178/indicacao_rua_vidal_ramos.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/180/indicacao_0392025_-_calcamento_rua_miguel_gutjahr.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/181/indicacao_2_-_2025c.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/182/indicacao__pintura_de_faixas_e_meio_fio__bremer.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/183/indicacao_estrada_braco_bela_alianca.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/185/indicacao_contentor_faw.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/186/indicacao_area_azul_marechal_rondon.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/187/indicacao_poda_arvores_oscar_barcelos.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/188/indicacao_sinalizacao_avenidas_domingos.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/189/indicacao__patrolamento_braco_bela_alianca.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/190/indicacao_manutencao_cercas_parque_harry_hobus.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/191/indicacao.23.06.25.rua.dom.pedro2.boca.de.lobo.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/192/indicacao.23..06.2025.rua.estrada.sao.bento.tubulacao.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/193/indicacao.23.06.25.rocada.rod.lauro.pamplona.zeca.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/194/indicacao_waldemar_hoffman.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/195/indicacao__aulas_excedentes.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/196/indicacao.24.06.25.avenida.jorge.lacerda.buraco.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/197/indicacao.24.06.2025.acostamento.p33.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/198/indicacao.24.06.2025.estrada.da.madeira.boca.de.lobo.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/199/indicacao__reposicao_alfalto_gustavo_hasse.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/200/indicacao__reparo_pavimentacao_eugenio_schneider.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/205/indicacao_3_-_2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/206/indicacao_4_-_2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/207/indicacao_5_-_2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/208/indicacao.27.06.25.entrada.estrada.vereadores.acostamento.zeca.enviada.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/209/indicacao.27.06.25.alagamentos.rua.escultor.bairro.navegantes.zeca.enviada.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/210/indicacao.27.06.25.est.blumenau.curva.trevo.zeca.enviada.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/211/indicacao.27.06.25.rua.alberto.bonfanti.santarita.zeca.enviada.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/212/indicacao_0402025_-_rua_andre_largura.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/216/indicacao__tubulacao__vera_storz.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/217/indicacao_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/218/indicacoes_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/220/indicacao_0412025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/223/indicacao.03.07.25.otto.wetzstein.budag.zeca.enviada.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/224/indicacao_recupecarao_passeio_tunel.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/225/indicacao.04.07.25.otto.wetzstein.budag.lombada.zeca.enviada.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/226/indicacao_recupecarao_pavimento_waldemar_hoffmann_buraco.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/227/indicacao_boca_de_lobo_waldemar_hoffmann.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/228/indicacao.04.07.25.rua.antonio.dolzani.zeca.enviada.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/229/indicacao_tubulacao_rua_escultor.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/232/indicacao_ladeira_ararangua_e_henrique_schutze.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/233/indicacao_ponte_taboao_joao_ledra.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/234/indicacao_nisul_turismo.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/235/indicacao_waldemar_hoffman.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/236/reparodeviaboavista.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/237/indicacao_ana_nehborn_taboao.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/238/indicacao_ladeira_ararangua_e_henrique_schutze.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/241/indicacao_rua__henrique_schutze.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/242/indicacao__limpesa_rua_na_coab.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/243/indicacao_rua_osvaldo_hadlich.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/244/indicacao.07.07.25.rua.benedito.novo.zeca.enviada.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/245/indicacao__conserto_asfalto_bairro_rainha.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/246/indicacao__colocacao_tartarugas_navegantes.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/251/indicacao_salvo_2-_pdf.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/255/indicacao_8_-_2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/256/indicacao_9_-_2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/257/indicacao_10_-_2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/258/indicacao__saida_navegantes_seja_na_rotatoria.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/260/indicacao_0422025_-_parque_do_farol.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/262/indicacao_0432025__-_empresa_efrain_comercio_de_papeis.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/266/indicacao_presidio_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/269/indicacao_13_-_2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/270/indicacao_11_-_2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/271/indicacao_12_-_2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/272/indicacao__cascalhamento_rua_haroldo_lepoldo_swrosy.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/273/indicacao__asento_ponto_onibus__alto.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/274/indicacao.21.07.25.faixas.boa.vista.enviada.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/280/indicacao_revitalizacao_estrada_blumenau.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/281/indicacao__parque_lazer_morro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/282/indicacao__parque_lazer_bela_alianca.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/283/indicacao.28.07.25.boca.de.lobo.dom.bosco.enviada.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/284/indicacao_14_-_2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/285/indicacao_15_-_2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/286/indicacao_ladeira_brasilia_-_laranjeiras.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/287/indicacao_16_-_2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/288/indicacao.29.07.25.rua.ruth.demarch.bocas.de.lobo.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/289/indicacao_17_-_2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/290/indicacao__tampa_boca_lobo_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/291/indicacao__abertura_vala_e_tubos_valada_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/292/indicacao.29.07.25_faixa.elevada.rua.ruth.demarch.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/293/indicacao_rua_abraham_lincoln.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/294/indicacao_conserto_portoes_ubs_fundo_canoas.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/295/indicacao_espaco_de_lazer_waldemar_hoffmann.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/296/indicacao.29.07.25rua.decio.giovane.schlatter.buracos.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/297/indicacao.30.07.25rua.porto.seguro.laranjeiras.buracos.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/298/indicacao_manutencao_rua_jose_sofka.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/300/indicacao_faixa_elevada_elizabeth_jasper.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/299/indicacao.30.07.25luiz.demarch.buraco.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/303/indicacao.31.07.25.rua.sebastiao.dos.santos.bueiro.muro.tubulacao.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/304/indicacao.30.07.25luiz.demarch.buraco.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/306/indicacao.01.08.25.rua.pedro.moretto.esgoto.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/307/indicacao_avisos_abrigos_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/308/indicacao__iluminacao_bairros_bela__bremerrainha.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/309/indicacao.01.08.25.rua.joao.pasqualini.enviada.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/310/indicacao.01.08.25.rua.guilherme.becker.santana.enviada.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/311/indicacao_0442025_-_lombada_e_placa_limite_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/312/indicacao.01.08.25.rua.adelar.soldatelli.valada.sao.paulo.enviada.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/313/indicacao.04.08.25.rua.goiania.via.boca.de.lobo.enviada.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/320/indicacao.04.08.25.clementel.demarch.barra.ponte.sezinho.enviada.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/321/indicacao.08.08.25.cerca.navarro.lins.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/322/indicacao.04.08.25.rua.albert.einstein.budag.enviada.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/328/indicacao_rua_principe.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/329/indicacao__patrolamento_leopoldo_habs.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/330/indicacao_rua_joao_cavilha.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/331/indicacao_pintura_de_faixas_e_neio_fio.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/332/indicacao_-_eduardo_chefe_escoteiro.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/333/indicacao_rua_waldemar_hoffmann.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/334/indicacao_juliana_garuva.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/335/indicacao_rozane_albuquerque_jardim_america.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/337/indicacao__pavimentacao_lajota_canoas.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/338/indicacao_rua_adelar_soldateli.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/339/indicacao.14.08.25.rua.botanico.kuhlmann.tampa.bueiro.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/341/indicacao_manutencao_rua_waldemar_hoffmann.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/343/indicacao.15.08.25.rua.santo.finardi.patrolamentoemacadame.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/344/indicacao.15.08.25.rua.santo.finardi.murodecontencao.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/345/indicacao.15.08.25._rua.angelo.joao.cruz.sumare.enviada.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/346/indicacao.13.08.25.acougue.battisti.enviada.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/348/indicacao.15.08.25.ponte.angelo.cechet.itoupava.enviada.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/349/indicacao__pavimentacao_lajota_bella_alianca.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/350/indicacao.19.08.2025.rua.colombia.lajotas.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/352/indicacao.20.08.25.rua.praemcimadomarcao.patrolamentoemacadame.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/353/indicacao.19.08.25.rua.vereadorluizvaliatti.bocas.de.lobo.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/355/indicacao_0452025_-_ponte_rua_xv.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/356/indicacao_-_jaco_finardi.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/359/indicacao_-_rua_nova_trento_assinado.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/360/25.08.2025.indicacao.rua.luiz.pasteur.budag.rodgrigo.zeca.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/361/indicacao_patrolamento_beco_leopoldo_habs.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/362/indicacao_patrolamento_rua_gustavo_hasse.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/363/indicacao.26.08.25.rua.novatrento.calcada.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/364/indicacao.26.08.25.pedravelinodossantos.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/365/indicacao.26.08.25.rua.novatrento.taparburacos.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/366/indicacao.26.08.2025.rua.valdomirodasilva.lajota.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/367/indicacao_0462025_-_rua_acre.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/368/indicacao_colocacao_de_tubo_rua_roberto_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/369/indicacao_0472025_-_rua_guaianazes.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/372/indicacao.26.08.25.patio.postodesaude.e.fundacaocultural.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/373/indicacao_sinaleiro_rui_barbosa.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/377/indicacao_revogacao_decreto.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/378/indicacao_avenida_oscar_barcelos.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/379/indicacao_-_serra_tomio_jucelia.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/383/indicacao.29.08.25_faixa.pedestre.taboao.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/384/indicacao.28.08.25.venina.maria.bianchi.bocas.de.lobo.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/385/indicacao.29.08.25rotatoria.altosantana.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/386/indicacao_0472025_-_estrada_nova_trento.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/387/indicacao_-_rua_verde_vale.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/388/indicacao_-_beco_conrado_sasse.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/389/indicacao_0492025_-_faixa_elevada_rua_dom_bosco.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/390/indicacao_0502025_-_travessa_heitor_luz.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/391/indicacao.02.09.25.patricionovelletto.bueiro.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/392/indicacao_0482025_-_buracos_estrada_nova_trento.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/393/indicacao_-_pedro_moretto.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/401/indicacao_-_rua_antonio_jose_poleza.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/402/03.09.2025.indicacao.alfredo.schneider.canta.galo.zeca.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/403/indicacao_-_valada_sp.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/404/indicacao_-_r_goiania_1.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/405/indicacao_-_r_goiania_2.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/406/indicacao_-_r_goiania_3.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/407/indicacao_-_r_goiania_4.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/409/indicacao.04.09.25.rua.elizeu.do.nascimento.barragem.buracos.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/410/indicacao.04.09.25.ruafundocobras.itoupava.patrolamentoemacadame.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/411/indicacao.04.09.25.rua.leandro.murara.lajotas.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/412/indicacao.04.09.25.becoedilsonmartinfranco.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/414/indicacao_cons._asfalto_rua_lages.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/415/indicacao.04.09.25.santo.montagna.lajotas.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/416/indicacao.04.09.25.dom.pedro.ii.buraco.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/417/indicacao.04.09.25.rua.santo.montagna.bocas.de.lobo.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/418/indicacao_-_rua_artur_siewerdt.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/419/indicacao_-_rua_humaita.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/420/indicacao.05.09.25.ruavereador.valiatti.barragem.patrolamentoemacadame.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/421/indicacao.05.09.25.rua.decio.giovane.schlatter.buraco.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/422/indicacao.05.09.25.rua.ladeira.mirador.asfalto.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/423/indicacao.05.09.25.ru.barradaitoupava.patrolamentoemacadame.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/424/indicacao.05.09.25.calcada.rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/425/indicacao.05.09.25.rua.academico.nilo.marchi.paralelepipido.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/426/indicacao.29.07.25_faixa.elevada.rua.santo.montagna.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/429/05.09.2025.indicacao.moretto.eug.schneider.zeca.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/430/05.09.2025.indicacao.lombada.j.marchi.valada.zeca.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/432/05.09.2025.indicacao.otto.guckert.canta.galo.zeca.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/438/indicacao_17_-_2025.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/439/indicacao_18_-_2025.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/440/indicacao_19_-_2025.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/441/indicacao_20_-_2025.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/443/indicacao_-_serra_taboao.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/444/indicacao_-_r_angelo_slomp.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/445/indicacao_-_r_ruy_barbosa_2147.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/446/indicacao.10.09.25.estrada.da.madeira.bueiro.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/450/indicacao.10.09.25.rua.leopoldo.karth.buraco.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/451/indicacao.10.09.25.rua.oscar.stroy.patrolamentoemacadame.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/452/indicacao.10.09.25.rua.xvdenovembro.limpeza.urbana.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/453/indicacao.10.09.25.rua.vaticano.calcada.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/454/indicacao_limpesa_tubulacao_bella_alianca.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/455/indicacao_recupecarao_pavimento_rua_oscar_strey.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/456/indicacao_recupecarao_pavimento_rua_das_industrias.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/457/indicacao_poda_estrada_boa_esperanca.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/458/indicacao_canaletas_galerias_limpeza_estrada_boa_esperanca.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/459/indicacao_buraco_evaldir_jose_jasper.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/460/indicacao_tubulacao_evaldir_jose_jasper.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/461/indicacao_-_rua_chile.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/462/indicacao_21_-_2025.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/465/indicacao_-_estrada_do_acre.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/466/indicacao.10.09.25.rua.humaita.patrolamentoemacadame.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/467/indicacao.12.09.25.rua.tiradentes.paralelepipido.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/468/indicacao.12.09.25.beco.inacio.clemente.de.souza.lajotas.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/470/indicacao_-_taboao_lombada.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/472/indicacao.12.09.25.luiz.adelar.soldatell.rocada.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/473/indicacao.12.09.25.hercilio.de.sousa.lajotas.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/474/indicacao.12.09.25.beco.dos.metalurgicos.buraco.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/475/09.09.2025.indicacao.tubulacao.joao.marchi.valada.zeca.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/476/09.09.2025.indicacao.poda.galhos.ponte.arcos.zeca.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/477/indicacao_0512025_-_calcamento_rua_alvin_meslim.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/478/indicacao.16.10.25.rua.dos.palmitos.boca.de.lobo.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/479/indicacao.16.09.25.valmor.pasqualini2.lajota.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/480/indicacao.16.09.25.valmor.pasqualini.lajota.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/481/indicacao_0532025_-_casan.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/482/indicacao_boca_de_lobo_alameda_bela_alianca.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/483/indicacao.16.10.25.ruasebastiao.dos.santos.boca.de.lobo.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/484/indicacao_-_rua_aldo_luiz_cristofolini.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/485/indicacao.17.09.25.rua.principe.a.rua.esta.cedendo.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/486/indicacao_recupecarao_pavimento_rua_augusto_perfoll.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/488/indicacao_0522025_-_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/489/indicacao_0542025_-_rua_andre_largura_buraco.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/490/indicacao_0552025_-_boca_de_lobo_rua_andre_largura.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/491/indicacao_camera_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/492/indicacao_0562025_-_patrolamento_da_rua_andre_largura.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/493/indicacao_recupecarao_pavimento_rua_eliseu_golcalves_nascimento.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/494/indicacao.23.09.25.rua.bomfin.molhada.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/495/indicacao_contentor_e_lixo_alto_bela_alianca.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/496/indicacao.23.09.25.algusto.munzfeld.lajota.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/497/indicacao_limpesa_ciclovia_bela_alianca.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/498/indicacao_0572025_-estrutura_coveiros.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/499/indicacao_-_rua_cerro_azul.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/503/indicacao_0592025_-_rua_antonio_dolzani.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/504/indicacao.24.09.25.rua.nossa.senhora.aparecida.lajotas.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/505/indicacao.24.09.25.rua.nossa.senhora.aparecida.bocas.de.lobo.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/506/indicacao_rocada_divisa_lontras_com_rio_do_sul.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/507/indicacao_rua_ruy_barbosa.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/508/indicacao_rua_oscar_kirsten.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/512/indicacao_22_-_2025.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/513/indicacao_rua_joao_custodio_da_luz.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/514/indicacao_marginal_ao_lado_do_tunel_do_fundo_canoas.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/515/indicacao_conserto_buraco_santa_monica.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/516/indicacao_contentor_nao_entregues.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/517/indicacao_pavimentacao_rua_francisco_fernandes.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/520/indicacao_-_trevo_canoas.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/521/indicacao_-_rua_silvio_pellizzetti.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/522/indicacao_-__rua_joao_custodio_da_luz.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/523/29.09.2025.indicacao.faixa.elevada.trevo.elevado.xv.zeca.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/525/indicacao_0602025_-_calcadas_avenida_oscar_barcelos.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/527/29.09.2025.indicacao.repavimentacao.botanico.kuhlmann.zeca.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/529/indicacao_boca_de_lobo_guilherme_hammann.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/530/indicacao_-_estrada_braco_bela_alianca.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/531/indicacao_-_joao_ledra_gr_maq.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/24/2025_006_mocao_de_aplauso__anilto_hegen.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/30/2025_007_mocao_de_aplauso_ilson_blogoslawski.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/31/2025_008_mocao_de_apoio_presidencias_senado_e_camara_pauta_contra_aborto.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/32/2025_009_mocao_de_aplauso_ampe_alto_vale.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/97/2025_010_mocao_de_apoio_projeto_fundeagro.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/98/2025_011_mocao_de_aplausos_coc.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/1/2025_012_mocao_de_apelo_tabela_sus.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/103/2025_013_mocao_de_aplauso_-zilda.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/105/2025_014_mocao_de_apoio_-_dl_486.2023_-_vacina_covid.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/106/2025_015_mocao_de_apelo_vacina_covid.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/2/2025_017_mocao_de_aplausos_-_torneio_de_robotica.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/3/2025_018_mocao_de_aplausos_-_radio_web.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/59/mocao_de_aplausos_-_pedro_da_silva.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/68/mocao_diego.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/93/mocao_leila.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/119/mocao_de_apelo_prefeito_0705.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/122/2025_023_mocao_de_apelo_inss.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/136/mocao_pm_feminicidio.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/141/mocao_profesores_revisada.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/143/mocao_de_apaluso_texto_uniasselvi.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/155/mocao_de_apaluso_ifc.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/156/mocao_mulher_do_nosso_tempo.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/179/mocao_orgulho_austista.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/184/2025_030_mocao_de_apelo_gov_estado__concurso_pc_ruan.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/204/2025_031_mocao_de_apelo_uniforme_coord_escola_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/252/mocao_de_aplauso_andre.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/261/mocao_de_apaluso_sport_club_maranhanse.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/301/2025_035_mocao_de_apelo_gov_estado_-_canal_extravasor_salto_pilao.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/314/mocao_de_aplausos_-duda.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/336/mocao_de_aplauso_acirs.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/342/indicacao.15.08.25.rua.eugenio.marchi.faixaelevada.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/351/mocao_soroptimistas.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/357/mocao_de_aplauso_serra_taboao_2.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/398/2025_042_mocao_de_apelo_lei_dos_estudantes_mario_sergio.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/408/mocao_de_aplauso_juventude.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/413/202x_xxx_mocao_de_aplauso_modelo.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/48/2025_009_requerimento_-_justificativa_de_ausencia_-_ricardo_pinheiro_-_ordinaria_17_04_-_substitutivo_ao_req._8.2025.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/87/2025_010_requerimento_-_retirada_de_plo_28-25_-_presidente.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/138/2025_011_comissao_de_merito_solicita_exec_planejamento_mitiga_cheias_-_art_242_ri_-_periodica.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/159/2025_012_requerimento_quebra_intersticio_6a_extra.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/158/2025_013_requerimento_-_retirada_de_plo_36-25_-_presidente.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/259/2025_014_requerimento_-_retirada_de_plc_4-25_-_presidente_1.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/316/2025_015_requerimento_-_retirada_pedin_6-2025_-_presidente.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/326/2025_016_requerimento_-_retirada_de_plo_56-25_-_presidente.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/327/2025_017_requerimento_quebra_intersticio_7a_extra.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/340/2025_018_requerimento_-_retirada_de_plo_34-25_-_presidente.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/400/2025_020_requerimento_-_retirada_de_plo_65-25_-_plenario.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/396/2025_021_requerimento_-_retirada_de_plo_69-25_-_presidente.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/427/2025_022_comissao_de_merito_solicita_sessao_covid_1.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/428/2025_023_requerimento_-_retirada_de_eme_9-25_-_presidente.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/442/2025_024_requerimento_-_retirada_de_eme_8-25_-_presidente.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/449/requerimento-justifica_ausencia_9a_extra_mario.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/487/2025_025_requerimento_-_justificativa_de_ausencia_-dani_18-09-2025.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/510/2025_027_requerimento_-_retirada_de_plo_78-25_-_presidente.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/84/2025_002_ped._de_informacao_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/85/2025_004_ped._de_informacao_-_reurb.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/121/2025_005_terminal_rodoviario.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/302/2025_006_ped._de_informacao_-_cuidados_paliativos.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/374/2025_007_ped._de_informacao_-_ciclovias_-_ricardo_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/7/emenda_01_assinado.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/10/2025_02_eme_ao_plo_14-2025_proj.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/154/2025_03_eme_mod_ao_plo_17-2025.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/171/2025_004_eme_subs_global_ao_plo_14-2025.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/263/2025_05_eme_mod_ao_plo_50-2025.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/317/2025_06_eme_mod_ao_plo_42-2025.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/325/2025_07_eme_ao_plo_51-2025.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/354/2025_08_eme_ao_plc_10-2025.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/381/2025_009_eme_ao_plo_66_2025_-_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/447/2025_10_eme_ao_plc_10-2025.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/11/2025_002_projeto_-comenda_do_esporte_rio-sulense.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/13/2025_003_projeto_-_merito_basilio_correa_de_negredo_assinado.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/123/2025_004_projeto_escritor_destaque.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/139/2025_005_projeto_-_destaque_da_musica.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/239/2025_006_projeto_-_merito_agropecuario_francisco_frankenberger.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/230/2025_007_pdl_-_com_jovem_empreendedor.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/213/mensagem_037.2025_-_rota_turistica_caminho_do_louvor_1__-_assinado.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/358/plo_52-2025_-_justica.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/382/parecer_justica_65_2025_reprovacao.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/463/2025_001_-_denuncia_-_representacao_sueli.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/469/2025_001_elo_projeto.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/997/2025_001_projeto_-_educacao_financeira.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/998/mensagem_003.2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/999/mensagem_projeto_de_lei_especial_superavit_-_abertura_secretaria_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/1000/mensagem_projeto_de_lei_especial_superavit_-_abertura_secretaria_-_loa.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/1034/2025_005_projeto_-_proibe_shows_com_apologia_assinado.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/1035/2025_006_projeto_-_voluntariado_assinado.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/23/2025_7_projeto_carnaval.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/1036/mensagem_007.20205_-_projeto_de_lei_reconhece_debito_pintura_da_7_delegacia_regional_de_policia_de_rio_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/5/2025_009_projeto_-_adote_bus.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/26/mensagem_e_projeto_de_lei_de_abre_credito_fia_-_r411.33370_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/1045/mensagem_009.2025_-_altera_dispositivos_da_lei_no_5.675_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/27/mensagem_010_-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/28/mensagem_011_-_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/6/2025_014_projeto_-limpeza_ribeiroes_assinado.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/1057/mensagem_012.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/1058/mensagem_e_projeto_de_lei_para_aquisicao_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/8/2025_017_projeto.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/9/2025_018_projeto_-_altera_lei_4435_2026_-_escrava_anastacia.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/18/mensagem_e_projeto_de_lei_para_aquisicao_014.2025_fundo_municipal_dos_direitos_da_crianca_e_do_adolescente_-_assinado_compressed.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/12/2025_020_projeto_compressed.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/16/2025_021_projeto_-_tempo_def_area_azul.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/19/mensagem_016.2025-_lei_orcamentaria_anual_e_plano_plurianual__para_a_politica_nacional_-_assinado_compressed.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/20/mensagem_018.2025_-por_superavit_financeiro_assistencia_social_-_assinado_1_compressed.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/15/mensagem_019.2025_-_rota_turistica_caminho_do_louvor_-_assinado_-_copia_compressed.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/4/2025_025_projeto.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/14/2025_026_projeto_compressed.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/22/mensagem_024_assinado_-_ementa_retificada.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/25/2025_028_projeto_-_tombamento_aeroclube.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/46/projeto_de_lei_patrocinio_22.04.2025_-_assinado_compressed.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/66/mensagem_026_-_altera_lei_lei_2.275_-_rua_dinamarca_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/82/mensagem_025.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/88/2025_032_projeto.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/89/mensagem_030_-_doacoes_sete_quedas_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/113/2025_034_proj_aero_tomba_imat.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/118/2025_035_proj_totens_depurado.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/130/2025_036_projeto.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/131/mensagem_019.2025_-_rota_turistica_caminho_do_louvor_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/133/mensagem_028.2025_-_r210.00000_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/134/mensagem_029.2025_sedec_ppa-_r210.00000_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/148/mensagem_036.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/201/mensagem_041.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/203/2025_042_projeto_-_robotica_ricardo_e_zeca.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/202/mensagem_38-__projeto_de_lei_reconhece_debito_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/214/mensagem_039.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/215/mensagem_040.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/219/2025_047_projeto_-_banco_de_racoes_e_utensilios.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/221/mensagem_042.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/222/mensagem_043.2025_1_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/247/2025_050_proj_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/240/mensagem_45_-__altera_lei_n._6.378_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/249/2025_052_proj_calcadas.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/265/2025_053.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/254/mensagem_47_-_define_as_vias_previstas.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/275/2025_055_proj_carteira_pcd.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/276/2025_056_proj_migrantes.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/267/mensagem_051.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/268/mensagem_052.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/277/mensagem_053.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/278/mensagem_44_-__altera_lei_n._6.666_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/279/mensagem_050.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/305/mensagem_048.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/315/2025_064_proj_atendimento_ubs_local_trabalho.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/319/2025_065_proj_bolsa.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/318/mensagem_054.2025_-_ppa_finalizado..pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/323/mensagem_057.2025_-_doacao_de_veiculo_vovo_belinha_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/324/mensagem_056.2025_-_doacao_de_veiculo_mover_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/375/2025_069_proj_pead.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/370/mensagem_060.2025_-_pedagios_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/371/projeto_de_lei_2025_-_marca_rio_do_sul_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/376/2025_072_projeto_-_migrantes.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/394/mensagem_063.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/395/mensagem_064.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/399/2025_075_proj_pead.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/433/mensagem_068.2025_-_pasep.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/437/mensagem_067.2025_-_versao_corrigida.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/448/2025_78_proj_-_resiliencia.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/464/mensagem_70.2025_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/471/2025_080_proj_casas_abandonadas.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/581/2025_083_proj_marcenaria.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/502/mensagem_0071.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/509/2025_085_projeto_-_veda_conteudo_inadequado_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/519/2025_086_projeto_-_veda_conteudo_inadequado_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/524/2025_087_projeto_anexo_compressed.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/526/2025_88_proj_-_resiliencia.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/528/mensagem_069.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/543/2025_090_proj_eme_pead.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/544/2025_91_projeto_utilidade_publica_-_guarda_mirim.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/536/mensagem_073.2024_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/537/mensagem_074.2024_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/538/mensagem_075.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/539/mensagem_076.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/541/mensagem_078.2025_1_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/542/mensagem_079.2025_1_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/553/mensagem_080.2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/554/mensagem_81.2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/555/mensagem_083.2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/556/mensagem_084.2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/557/mensagem_82.2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/558/2025_103_projeto_utilidade_publica_-_ccvg.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/572/2025_104_projeto_-_altera_lei_6.361-2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/567/mensagem_61-__projeto_de_lei_reconhece_debito_de_hs_posto_de_combustiveis_ltda.docx_2024._9_cupons_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/570/2025_106_proj_rec_part.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/571/2025_107_proj_olho_vivo.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/580/2025_109_proj_bebidas_e_parque.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/582/2025_110_projeto_-_festa_de_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/607/2025_111_proj_eme_pead_renovado.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/598/2025_112_projeto_-_maes_atipicas.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/661/2025_113_proj_olho_vivo_novo.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/614/2025_114_proj_utilidade_publica_-_app_ifc.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/612/mensagem_088.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/630/mensagem_087.2025_-_autoriza_permissao_de_uso_estacao_farol_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/631/mensagem_089.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/640/2025_118_proj_pichacao.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/643/mensagem_90.2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/651/loa_2026_1_1.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/669/mensagem_095.20225_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/679/2025_122_proj__adesivo_veic_aband.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/687/mensagem_094.2025_-_assinado_prefeito.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/688/mensagem_100-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/701/mensagem_103.2025_-extincao_fundacao_municipal_de_desportos_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/710/2025_126_proj_banco_oculos.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/711/mensagem_096.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/742/2025_128_proj_cor_recicla.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/784/mensagem_104.2025_-_incentivo_produtores_rurais.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/812/mensagem_108.2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/813/mensagem_110.2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/814/mensagem_111.2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/815/mensagem_112.2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/819/2025_134_projeto.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/820/oficio_284.2025___mensagem_112-a_2025_-_incluir_na_extraordinaria_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/17/2025_004_plc_pd_telhados_escolas.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/21/mensagem_017.2025_-_altera_a_lei_complementar_n._524_de_29_de_junho_de_2023_alterada_-_assinado_compressed_1.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/83/2025_006_plc_estatuto_-_possibilidade_reducao_de_jornada.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/102/mensagem_033_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/137/mensagem_032_1_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/253/mensagem_46_-_altera_o_plano_diretor_1_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/264/projeto_de_alteracao_lei_complementar_339.2016_codensul_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/347/projeto_de_alteracao_lei_complementar_544.2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/435/mensagem_066.2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/436/mensagem_065.2025_-_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/540/mensagem_077.2025_-_programa_de_incentivo_ao_setor_imobiliario_1.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/575/mensagem_de_lei_86.2025_-_altera_lei_que_cria_guarda_municipal_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/576/mensagem_85.2025_-_altera_vencimento_guarda_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/599/mensagem_072.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/652/mensagem_092.2025._projeto_.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/689/mensagem_101.2025__assinado.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/690/mensagem_099.2025_novo.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/692/mensagem_102.2025_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/712/2025_022_projeto_-_mesa_diretora_assinado.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/757/mensagem_106.2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/817/mensagem_109.2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/100/2025_003_projeto_-__transfere_sessao_de_15_mai_para_8_mai_de_2025_4.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/35/2025_004_projeto_-_altera_resolucao_das_diarias.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/231/2025_005_projeto_-__transfere_data_de_sessao_de_21_para_24_07.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/250/2025_006_pres_-_reg._interno_comissoes.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/518/2025_007_projeto_-_resolucao_camara_mirim.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/37/indicacao_rua_padre_anchieta.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/38/indicacao_rua_leandro_dellagiustina.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/39/indicacao_varias_ruas.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/40/indicacao_rua_eng._odebrecht.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/41/indicacao_km_142_br_470.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/42/indicacao_rua_guilherme_becker.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/43/indicacao_rua_vicente_barcelos.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/44/indicacao_seguranca_nas_ciclovias_.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/45/indicacao_pavimentacao_de_ruas.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/47/indicacao-_ricardo_25-04.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/49/indicacao-_ricardo_28-04.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/50/01.04.25.indicacao.rua.lilly.bremer.vereador.zeca.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/51/04.04.25.indicacao.andre.largura.taboao.zeca.enviada.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/52/01.04.25.indicacao.rua.lilly.bremer.vereador.zeca.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/53/indicacao_conserto_asfalto_bela_alianca.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/54/29.04.25.indicacao.mafalda.porto.progresso.zeca.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/55/indicacao__reparos_asfalto_valada_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/56/indicacao.29.04.25.ruasergioalbertodegenhardt.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/57/29.05.25.indicacao.garuva.lyons.entulho.zeca.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/58/29.04.25.indicacao.rua.rio.grande.poda.plantas.zeca.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/60/indicacao.29.04.25.ruasantomontagna.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/61/indicacao_abrigo_onibus.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/62/indicacao_tubulacao_oscar_strey.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/63/indicacao_telemedicina.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/64/indicacao_manutencao_rua_espirito_santo.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/65/indicacao_pavimentacao_rua_espirito_santo.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/67/indicacao_contentor_de_lixo_beco_om.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/69/indicacao_rua_patricio_noveletto.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/70/indicacao_252025_-_faixa_de_pedestre_rua_engenheiro_baugarten.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/71/indicacao_242025_-_praca_juscelino_kubitschek.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/72/indicacao-_ricardo_05-05.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/73/01.04.25.indicacao.estrada.navegantes.zeca.enviada.ok.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/74/29.04.25.indicacao.valdemiro.selhorst.iluminacao.zeca.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/75/25.04.25.indicacao.laranjeiras.adrys.boca.de.lobo.zeca.enviada.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/76/25.04.25.indicacao.caixas.coletoras.calcadao.vera.gemballa.zeca.enviada.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/77/08.04.25.indicacao.posturas.progresso.zeca.enviada.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/78/04.04.25.indicacao.est.quintinos.bremer.zeca.enviada.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/79/indicacao.29.04.25.rua.rio.negrinho.zeca.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/80/indicacao_contentor_de_lixo_francisco_fleisner.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/81/indicacao-_ricardo_06-05.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/86/indicacao_meio_ambiente_coleta_seletiva.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/91/indicacao_262025_-_rua_oscar_kirsten.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/92/indicacao_282025_-_rua_alameda_bela_alianca.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/94/indicacao_contentor_de_lixo_oscar_barcelos.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/95/indicacao_0292025_-_doacao_predio_sebastiao_back.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/107/indicacao_contentor_de_lixo_alto_bella_alianca.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/108/conserto_boca_lobo_bella_alianca.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/109/indicacao_0302025_-_rua_1063_barra_do_trombudo.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/110/indicacao_0312025_-_ladeira_fortaleza.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/111/patrolamento_e_cascalhamento_rua_roseti.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/112/estacionamento_de_motos.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/114/indicacao_rua_rio_preto_canoas.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/115/indicacao_lombadas_estrada_boa_esperanca.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/116/indicacao_recupecarao_pavimento_waldemar_hoffmann.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/117/indicacao_limpeza_boca_de_lobo_waldemar_hoffmann.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/120/indicacao_rua_guilherme_becker_2.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/124/indicacao_rua_vila_inconfidencia.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/125/indicacao_rua_florianopolis.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/126/indicacao_loteamento_santa_monica_boca_de_logo_e_paralelepipedo.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/127/indicacao_loteamento_santa_monica_saibro.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/128/indicacao_ponte_dos_arcos.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/129/indicacao_conserto_lajota_taboao.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/132/indicacao_0322025_-_bocas_de_lobo_rua_garuva.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/135/indicacao_boca_de_lobo_rafael_rossa.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/140/indicacao.26.05.25.rua.valmor.pasqualini.zeca.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/142/indicacao.11.03.25ruaalvinmeslin.02.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/144/indicacao.28.05.25.calcadajoseclementedemarch.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/145/indicacao.28.05.25.placaruarudemeshker.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/146/indicacao_iluminacao_oscar_strey.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/147/indicacao__patrolamento_bela_alianca.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/149/indicacao_manutencao_monteiro_lobato.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/150/indicacao_0342025_-_rua_fernando_cerutti_bairro_pamplona.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/151/indicacao_0332025_-_faixa_de_pedestre_avenida_barao_do_rio_branco.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/152/indicacao272025_-_rua_paulo_cesar_tonon.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/153/indicacao.28.05.25.patrolamento.valada.zeca.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/157/indicacao_rua_xv_de_novembro.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/160/indicacao_conserto_asfalto__bairro_bremer.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/161/indicacao_conserto_asfalto_navegantes.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/162/indicacao_0342025_-_rodovia_lauro_pamplona.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/163/indicacao_0352025_-_placa_proibido_estacionar_avenida_barao_do_rio_branco.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/164/indicacao_contentor_de_lixo_bairro_rainha.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/165/indicacao.03.06.25.circular.alto.santana.zeca.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/166/indicacao_0372025_-_iluminacao_rua_guaiba_-_creche_moacir_antonio_tonon.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/167/indicacao_0362025_-_faixa_de_pedestre_escola_roberto_machado.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/168/indicacao_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/169/indicacao_0382025_-_cobertura_escola_antonio_moacir_tonon.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/170/indicacao.05.06.25.rua_helmuth_skowasch.budag.zeca.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/172/indicacao__rocada_e_limpesa_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/173/indicacao__patrolamento_valada_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/174/indicacao.06.06.25.jose.clemente.demarch.calcada.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/175/indicacao_ponte_arcanjo_ossemer.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/176/indicacao.06.06.25.rocada.rua.tocantins.zeca.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/177/indicacao.10.06.25.boca.de.lobo.aristeu.dos.santos.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/178/indicacao_rua_vidal_ramos.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/180/indicacao_0392025_-_calcamento_rua_miguel_gutjahr.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/181/indicacao_2_-_2025c.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/182/indicacao__pintura_de_faixas_e_meio_fio__bremer.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/183/indicacao_estrada_braco_bela_alianca.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/185/indicacao_contentor_faw.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/186/indicacao_area_azul_marechal_rondon.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/187/indicacao_poda_arvores_oscar_barcelos.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/188/indicacao_sinalizacao_avenidas_domingos.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/189/indicacao__patrolamento_braco_bela_alianca.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/190/indicacao_manutencao_cercas_parque_harry_hobus.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/191/indicacao.23.06.25.rua.dom.pedro2.boca.de.lobo.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/192/indicacao.23..06.2025.rua.estrada.sao.bento.tubulacao.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/193/indicacao.23.06.25.rocada.rod.lauro.pamplona.zeca.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/194/indicacao_waldemar_hoffman.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/195/indicacao__aulas_excedentes.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/196/indicacao.24.06.25.avenida.jorge.lacerda.buraco.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/197/indicacao.24.06.2025.acostamento.p33.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/198/indicacao.24.06.2025.estrada.da.madeira.boca.de.lobo.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/199/indicacao__reposicao_alfalto_gustavo_hasse.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/200/indicacao__reparo_pavimentacao_eugenio_schneider.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/205/indicacao_3_-_2025.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/206/indicacao_4_-_2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/207/indicacao_5_-_2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/208/indicacao.27.06.25.entrada.estrada.vereadores.acostamento.zeca.enviada.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/209/indicacao.27.06.25.alagamentos.rua.escultor.bairro.navegantes.zeca.enviada.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/210/indicacao.27.06.25.est.blumenau.curva.trevo.zeca.enviada.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/211/indicacao.27.06.25.rua.alberto.bonfanti.santarita.zeca.enviada.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/212/indicacao_0402025_-_rua_andre_largura.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/216/indicacao__tubulacao__vera_storz.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/217/indicacao_ponto_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/218/indicacoes_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/220/indicacao_0412025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/223/indicacao.03.07.25.otto.wetzstein.budag.zeca.enviada.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/224/indicacao_recupecarao_passeio_tunel.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/225/indicacao.04.07.25.otto.wetzstein.budag.lombada.zeca.enviada.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/226/indicacao_recupecarao_pavimento_waldemar_hoffmann_buraco.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/227/indicacao_boca_de_lobo_waldemar_hoffmann.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/228/indicacao.04.07.25.rua.antonio.dolzani.zeca.enviada.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/229/indicacao_tubulacao_rua_escultor.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/232/indicacao_ladeira_ararangua_e_henrique_schutze.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/233/indicacao_ponte_taboao_joao_ledra.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/234/indicacao_nisul_turismo.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/235/indicacao_waldemar_hoffman.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/236/reparodeviaboavista.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/237/indicacao_ana_nehborn_taboao.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/238/indicacao_ladeira_ararangua_e_henrique_schutze.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/241/indicacao_rua__henrique_schutze.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/242/indicacao__limpesa_rua_na_coab.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/243/indicacao_rua_osvaldo_hadlich.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/244/indicacao.07.07.25.rua.benedito.novo.zeca.enviada.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/245/indicacao__conserto_asfalto_bairro_rainha.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/246/indicacao__colocacao_tartarugas_navegantes.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/251/indicacao_salvo_2-_pdf.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/255/indicacao_8_-_2025.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/256/indicacao_9_-_2025.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/257/indicacao_10_-_2025.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/258/indicacao__saida_navegantes_seja_na_rotatoria.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/260/indicacao_0422025_-_parque_do_farol.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/262/indicacao_0432025__-_empresa_efrain_comercio_de_papeis.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/266/indicacao_presidio_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/269/indicacao_13_-_2025.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/270/indicacao_11_-_2025.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/271/indicacao_12_-_2025.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/272/indicacao__cascalhamento_rua_haroldo_lepoldo_swrosy.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/273/indicacao__asento_ponto_onibus__alto.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/274/indicacao.21.07.25.faixas.boa.vista.enviada.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/280/indicacao_revitalizacao_estrada_blumenau.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/281/indicacao__parque_lazer_morro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/282/indicacao__parque_lazer_bela_alianca.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/283/indicacao.28.07.25.boca.de.lobo.dom.bosco.enviada.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/284/indicacao_14_-_2025.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/285/indicacao_15_-_2025.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/286/indicacao_ladeira_brasilia_-_laranjeiras.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/287/indicacao_16_-_2025.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/288/indicacao.29.07.25.rua.ruth.demarch.bocas.de.lobo.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/289/indicacao_17_-_2025.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/290/indicacao__tampa_boca_lobo_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/291/indicacao__abertura_vala_e_tubos_valada_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/292/indicacao.29.07.25_faixa.elevada.rua.ruth.demarch.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/293/indicacao_rua_abraham_lincoln.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/294/indicacao_conserto_portoes_ubs_fundo_canoas.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/295/indicacao_espaco_de_lazer_waldemar_hoffmann.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/296/indicacao.29.07.25rua.decio.giovane.schlatter.buracos.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/297/indicacao.30.07.25rua.porto.seguro.laranjeiras.buracos.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/298/indicacao_manutencao_rua_jose_sofka.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/300/indicacao_faixa_elevada_elizabeth_jasper.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/299/indicacao.30.07.25luiz.demarch.buraco.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/303/indicacao.31.07.25.rua.sebastiao.dos.santos.bueiro.muro.tubulacao.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/304/indicacao.30.07.25luiz.demarch.buraco.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/306/indicacao.01.08.25.rua.pedro.moretto.esgoto.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/307/indicacao_avisos_abrigos_de_onibus.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/308/indicacao__iluminacao_bairros_bela__bremerrainha.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/309/indicacao.01.08.25.rua.joao.pasqualini.enviada.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/310/indicacao.01.08.25.rua.guilherme.becker.santana.enviada.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/311/indicacao_0442025_-_lombada_e_placa_limite_de_velocidade.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/312/indicacao.01.08.25.rua.adelar.soldatelli.valada.sao.paulo.enviada.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/313/indicacao.04.08.25.rua.goiania.via.boca.de.lobo.enviada.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/320/indicacao.04.08.25.clementel.demarch.barra.ponte.sezinho.enviada.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/321/indicacao.08.08.25.cerca.navarro.lins.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/322/indicacao.04.08.25.rua.albert.einstein.budag.enviada.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/328/indicacao_rua_principe.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/329/indicacao__patrolamento_leopoldo_habs.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/330/indicacao_rua_joao_cavilha.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/331/indicacao_pintura_de_faixas_e_neio_fio.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/332/indicacao_-_eduardo_chefe_escoteiro.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/333/indicacao_rua_waldemar_hoffmann.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/334/indicacao_juliana_garuva.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/335/indicacao_rozane_albuquerque_jardim_america.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/337/indicacao__pavimentacao_lajota_canoas.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/338/indicacao_rua_adelar_soldateli.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/339/indicacao.14.08.25.rua.botanico.kuhlmann.tampa.bueiro.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/341/indicacao_manutencao_rua_waldemar_hoffmann.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/343/indicacao.15.08.25.rua.santo.finardi.patrolamentoemacadame.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/344/indicacao.15.08.25.rua.santo.finardi.murodecontencao.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/345/indicacao.15.08.25._rua.angelo.joao.cruz.sumare.enviada.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/346/indicacao.13.08.25.acougue.battisti.enviada.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/348/indicacao.15.08.25.ponte.angelo.cechet.itoupava.enviada.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/349/indicacao__pavimentacao_lajota_bella_alianca.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/350/indicacao.19.08.2025.rua.colombia.lajotas.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/352/indicacao.20.08.25.rua.praemcimadomarcao.patrolamentoemacadame.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/353/indicacao.19.08.25.rua.vereadorluizvaliatti.bocas.de.lobo.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/355/indicacao_0452025_-_ponte_rua_xv.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/356/indicacao_-_jaco_finardi.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/359/indicacao_-_rua_nova_trento_assinado.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/360/25.08.2025.indicacao.rua.luiz.pasteur.budag.rodgrigo.zeca.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/361/indicacao_patrolamento_beco_leopoldo_habs.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/362/indicacao_patrolamento_rua_gustavo_hasse.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/363/indicacao.26.08.25.rua.novatrento.calcada.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/364/indicacao.26.08.25.pedravelinodossantos.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/365/indicacao.26.08.25.rua.novatrento.taparburacos.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/366/indicacao.26.08.2025.rua.valdomirodasilva.lajota.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/367/indicacao_0462025_-_rua_acre.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/368/indicacao_colocacao_de_tubo_rua_roberto_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/369/indicacao_0472025_-_rua_guaianazes.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/372/indicacao.26.08.25.patio.postodesaude.e.fundacaocultural.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/373/indicacao_sinaleiro_rui_barbosa.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/377/indicacao_revogacao_decreto.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/378/indicacao_avenida_oscar_barcelos.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/379/indicacao_-_serra_tomio_jucelia.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/383/indicacao.29.08.25_faixa.pedestre.taboao.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/384/indicacao.28.08.25.venina.maria.bianchi.bocas.de.lobo.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/385/indicacao.29.08.25rotatoria.altosantana.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/386/indicacao_0472025_-_estrada_nova_trento.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/387/indicacao_-_rua_verde_vale.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/388/indicacao_-_beco_conrado_sasse.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/389/indicacao_0492025_-_faixa_elevada_rua_dom_bosco.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/390/indicacao_0502025_-_travessa_heitor_luz.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/391/indicacao.02.09.25.patricionovelletto.bueiro.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/392/indicacao_0482025_-_buracos_estrada_nova_trento.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/393/indicacao_-_pedro_moretto.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/401/indicacao_-_rua_antonio_jose_poleza.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/402/03.09.2025.indicacao.alfredo.schneider.canta.galo.zeca.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/403/indicacao_-_valada_sp.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/404/indicacao_-_r_goiania_1.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/405/indicacao_-_r_goiania_2.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/406/indicacao_-_r_goiania_3.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/407/indicacao_-_r_goiania_4.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/409/indicacao.04.09.25.rua.elizeu.do.nascimento.barragem.buracos.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/410/indicacao.04.09.25.ruafundocobras.itoupava.patrolamentoemacadame.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/411/indicacao.04.09.25.rua.leandro.murara.lajotas.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/412/indicacao.04.09.25.becoedilsonmartinfranco.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/414/indicacao_cons._asfalto_rua_lages.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/415/indicacao.04.09.25.santo.montagna.lajotas.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/416/indicacao.04.09.25.dom.pedro.ii.buraco.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/417/indicacao.04.09.25.rua.santo.montagna.bocas.de.lobo.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/418/indicacao_-_rua_artur_siewerdt.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/419/indicacao_-_rua_humaita.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/420/indicacao.05.09.25.ruavereador.valiatti.barragem.patrolamentoemacadame.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/421/indicacao.05.09.25.rua.decio.giovane.schlatter.buraco.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/422/indicacao.05.09.25.rua.ladeira.mirador.asfalto.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/423/indicacao.05.09.25.ru.barradaitoupava.patrolamentoemacadame.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/424/indicacao.05.09.25.calcada.rodoviaria.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/425/indicacao.05.09.25.rua.academico.nilo.marchi.paralelepipido.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/426/indicacao.29.07.25_faixa.elevada.rua.santo.montagna.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/429/05.09.2025.indicacao.moretto.eug.schneider.zeca.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/430/05.09.2025.indicacao.lombada.j.marchi.valada.zeca.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/432/05.09.2025.indicacao.otto.guckert.canta.galo.zeca.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/438/indicacao_17_-_2025.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/439/indicacao_18_-_2025.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/440/indicacao_19_-_2025.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/441/indicacao_20_-_2025.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/443/indicacao_-_serra_taboao.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/444/indicacao_-_r_angelo_slomp.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/445/indicacao_-_r_ruy_barbosa_2147.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/446/indicacao.10.09.25.estrada.da.madeira.bueiro.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/450/indicacao.10.09.25.rua.leopoldo.karth.buraco.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/451/indicacao.10.09.25.rua.oscar.stroy.patrolamentoemacadame.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/452/indicacao.10.09.25.rua.xvdenovembro.limpeza.urbana.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/453/indicacao.10.09.25.rua.vaticano.calcada.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/454/indicacao_limpesa_tubulacao_bella_alianca.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/455/indicacao_recupecarao_pavimento_rua_oscar_strey.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/456/indicacao_recupecarao_pavimento_rua_das_industrias.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/457/indicacao_poda_estrada_boa_esperanca.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/458/indicacao_canaletas_galerias_limpeza_estrada_boa_esperanca.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/459/indicacao_buraco_evaldir_jose_jasper.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/460/indicacao_tubulacao_evaldir_jose_jasper.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/461/indicacao_-_rua_chile.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/462/indicacao_21_-_2025.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/465/indicacao_-_estrada_do_acre.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/466/indicacao.10.09.25.rua.humaita.patrolamentoemacadame.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/467/indicacao.12.09.25.rua.tiradentes.paralelepipido.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/468/indicacao.12.09.25.beco.inacio.clemente.de.souza.lajotas.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/470/indicacao_-_taboao_lombada.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/472/indicacao.12.09.25.luiz.adelar.soldatell.rocada.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/473/indicacao.12.09.25.hercilio.de.sousa.lajotas.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/474/indicacao.12.09.25.beco.dos.metalurgicos.buraco.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/475/09.09.2025.indicacao.tubulacao.joao.marchi.valada.zeca.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/476/09.09.2025.indicacao.poda.galhos.ponte.arcos.zeca.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/477/indicacao_0512025_-_calcamento_rua_alvin_meslim.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/478/indicacao.16.10.25.rua.dos.palmitos.boca.de.lobo.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/479/indicacao.16.09.25.valmor.pasqualini2.lajota.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/480/indicacao.16.09.25.valmor.pasqualini.lajota.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/481/indicacao_0532025_-_casan.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/482/indicacao_boca_de_lobo_alameda_bela_alianca.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/483/indicacao.16.10.25.ruasebastiao.dos.santos.boca.de.lobo.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/484/indicacao_-_rua_aldo_luiz_cristofolini.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/485/indicacao.17.09.25.rua.principe.a.rua.esta.cedendo.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/486/indicacao_recupecarao_pavimento_rua_augusto_perfoll.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/488/indicacao_0522025_-_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/489/indicacao_0542025_-_rua_andre_largura_buraco.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/490/indicacao_0552025_-_boca_de_lobo_rua_andre_largura.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/491/indicacao_camera_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/492/indicacao_0562025_-_patrolamento_da_rua_andre_largura.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/493/indicacao_recupecarao_pavimento_rua_eliseu_golcalves_nascimento.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/494/indicacao.23.09.25.rua.bomfin.molhada.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/495/indicacao_contentor_e_lixo_alto_bela_alianca.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/496/indicacao.23.09.25.algusto.munzfeld.lajota.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/497/indicacao_limpesa_ciclovia_bela_alianca.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/498/indicacao_0572025_-estrutura_coveiros.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/499/indicacao_-_rua_cerro_azul.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/503/indicacao_0592025_-_rua_antonio_dolzani.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/504/indicacao.24.09.25.rua.nossa.senhora.aparecida.lajotas.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/505/indicacao.24.09.25.rua.nossa.senhora.aparecida.bocas.de.lobo.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/506/indicacao_rocada_divisa_lontras_com_rio_do_sul.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/507/indicacao_rua_ruy_barbosa.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/508/indicacao_rua_oscar_kirsten.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/512/indicacao_22_-_2025.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/513/indicacao_rua_joao_custodio_da_luz.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/514/indicacao_marginal_ao_lado_do_tunel_do_fundo_canoas.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/515/indicacao_conserto_buraco_santa_monica.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/516/indicacao_contentor_nao_entregues.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/517/indicacao_pavimentacao_rua_francisco_fernandes.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/520/indicacao_-_trevo_canoas.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/521/indicacao_-_rua_silvio_pellizzetti.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/522/indicacao_-__rua_joao_custodio_da_luz.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/523/29.09.2025.indicacao.faixa.elevada.trevo.elevado.xv.zeca.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/525/indicacao_0602025_-_calcadas_avenida_oscar_barcelos.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/527/29.09.2025.indicacao.repavimentacao.botanico.kuhlmann.zeca.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/529/indicacao_boca_de_lobo_guilherme_hammann.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/530/indicacao_-_estrada_braco_bela_alianca.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/531/indicacao_-_joao_ledra_gr_maq.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/532/indicacao_-_rua_euclides_da_cunha.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/533/indicacao_rua_miguel_gutjahr.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/534/indicacao_rua_leandro_dellagiustina....pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/545/indicacao_patrolamento_cohab.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/546/indicacao_-_rua_claudio_machado_da_silva.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/547/indicacao_rua_patricio_noveletto.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/548/indicacao_patrolamento_pedro_fra.bela_alianca.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/549/indicacao_patrolamento_rainha.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/550/indicacao.07.10.25.patricionovelletto.bueiro.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/551/indicacao.07.10.25.daniel.andreatta.muro.de.contencao.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/552/indicacao.07.10.25.beco.xavantina.patrolamentoemacadame.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/559/indicacao_0612025_-_rua_joao_pasqualine.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/560/indicacao_0622025_-_travessa_heitor_luz.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/562/indicacao_revitalizacao_terminal_onibus.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/563/indicacao_-_rua_adolfo_kolping.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/564/indicacao_-_rua_expedicionario_menelau_claudino_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/565/indicacao_patrolamento_bella_alianca.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/566/indicacao_iluminacao_bella_alianca.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/569/indicacao_ponto_de_onibus_alto_bela.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/573/indicacao_-_rua_ottowin_reblin_fundo_canoas.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/574/indicacao_-_estrada_blumenau_bueiro.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/577/13.10.2025.indicacao.pintura.faixa.elevada.zeca.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/578/14.10.2025.indicacao.pintura.faixa.elevada.zeca.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/579/indicacao.15.10.25.rua.palestina.bueiro.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/587/indicacao_instalacao_iluminacao_harold_munzfeld.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/588/indicacao_instalacao_iluminacao_oscar_strey.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/590/indicacao_-_rua_santo_nolli.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/591/indicacao_-_rua_mario_alegri.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/592/indicacao_-_beco_ernesto_michelson.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/594/indicacao_0632025_-_rua_general_osorio.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/595/indicacao_0642025_-_rua_patricio_noveletto.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/596/indicacao_meio_ambiente_coleta_lixo_condominio_madri.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/600/indicacao.12.09.25.rua.tiradentes.paralelepipido.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/601/indicacao.17.10.25.rua.palestina.boca.de.lobo.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/602/indicacao_grelhas_boca_de_lobo_fundo_canoas.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/603/indicacao_-_roberto_holler.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/604/indicacao_-_maria_marchi.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/605/indicacao_-_ladeira_brasilia.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/606/indicacao_-_parque_xv_de_novembro.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/608/indicacao_0652025_-_rua_tiradentes.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/609/indicacao_-_serra_taboao_patrolagem.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/610/indicacao_-_rua_13_de_agosto.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/611/indicacao_-_rua_mato_grosso.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/615/22.10.2025.indicacao.sinalizacao.leandro.dellagiustina.zeca.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/616/indicacao_-_ladeira_porto_velho.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/617/indicacao_-_ladeira_porto_velho_2.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/618/indicacao_-_ladeira_porto_velho_3.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/619/indicacao_-_procon.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/620/indicacao_-_patrolamento_itoupava.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/621/indicacao_23_-_2025.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/622/indicacao_-_estrada_navegantes.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/623/indicacao_-_joao_hoffman_fundo_canoas.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/624/indicacao_-_elevado_da_xv.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/625/indicacao_-_rua_botanico_kulmann.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/626/indicacao_-_ladeira_fortaleza.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/627/indicacao_-_antonio_salla_fundo_canoas.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/628/indicacao_-_rua_porto_alegre.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/629/indicacao_-_drua_bom_retiro.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/632/24.10.2025.indicacao.sinalizacao.subida.hrav.zeca.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/633/24.10.2025.indicacao.manutencao.willy.odorizzi.zeca.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/634/indicacao_conserto_asfalto_alfredo_swarowsy.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/635/indicacao.28.10.25.alvin.menslin.lajota.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/636/indicacao.12.09.25.ladeira.brasilia.buraco.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/637/indicacao.24.09.25.rua.rio.parana.lajotas.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/638/indicacao_0672025_-_rua_johann_gutemberg.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/639/indicacao.24.09.25.rua.santo.nolli.lajotas.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/641/indicacao_0652025_-_rua_porto_alegre.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/642/indicacao_0682025_-_calcada_aristiliano.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/645/indicacao_boca_de_lobo_bela_alianca.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/646/indicacao_reparos_lajotas_bairro_navegantes.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/647/indicacao_reparos_calcamento_bela_alianca.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/648/indicacao_reparos_lajotas_rua_upa.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/649/indicacao_rua_nilceia_reinert_ceolin.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/650/30.10.2025.indicacao.fiscalizacao.tocantins.moretti.bremer.zeca.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/653/indicacao_-_rua_belo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/654/indicacao_-_castro_alves.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/655/indicacao_-_castro_alves_2.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/656/indicacao_posto_saude_santa_rita.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/657/indicacao_recupecarao_pavimento_rua_rio_parana.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/658/indicacao_recupecarao_pavimento_rua_henrique_strelow.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/659/indicacao_recupecarao_pavimento_waldemar_hoffmann_reabertura_boca_de_lobo.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/660/indicacao_recuperacao_rua__arcanjo_ossemer.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/662/indicacao_boca_de_lobo_rafael_rossa_grelha.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/663/indicacao_-_augusto_munzfeld.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/664/30.10.2025.indicacao.manutencao.villand.kurt.rainha.zeca.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/666/indicacao_-_escadaria_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/667/indicacao_semaforo_pedestre_angelo_tomiu.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/671/indicacao_mapeamento_tubulacao_evaldir_jose_jasper_elizabeth_jasper_eugenio_masson.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/672/indicacao.05.11.25.rua.alessandro.stedille.paver.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/673/indicacao.05.11.25.rua.alessandro.stedille.boca.de.lobo.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/674/indicacao.15.10.25.rua.florianopolis.patrola.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/675/indicacao.05.11.25.rua.elizeu.goncalo.do.nascimento.caminhaopipa.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/677/04.11.2025.indicacao.manutencao.rua.verde.vale.zeca.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/681/indicacao_repavimentacao_augusto_munzfeld.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/682/indicacao.07.10.25.rua.curt.schroeder.buraco.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/683/06.11.2025.indicacao.manutencao.rua.helmuth.skowsach.sumare.zeca.ii.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/684/indicacao.07.11.25.rua.henrique.muler.patrola.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/685/indicacao.07.11.25.rua.doutor.neumann.paralelepipido.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/693/indicacao_-_drua_humaita_com_tiradentes.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/694/indicacao_-_ana_negherbon_taboao.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/695/indicacao_-_pref_luiz_adelar_soldatelli.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/696/indicacao_0692025_-_calcadas_aristiliano_ramos.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/697/indicacao_0702025_-_lixeira_aristiliano_ramos.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/698/indicacao_-_alto_bela_alianca.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/699/indicacao_0712025_-_bueiro_rua_dom_bosco.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/700/indicacao.11.11.25.rua.ferdinando.jahn.patrola.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/703/indicacao.14.11.25.estrada.sao.bento.bueiro.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/704/indicacao_0722025_-_vila_real_bairro_pamplona.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/705/indicacao_patrolamento_tapa_po_braco_bela_alianca.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/706/indicacao_patrolamento_tapa_po_rua_da_penha_rainha.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/707/indicacao_patrolamento_tapa_po_beco_leopoldo_hars.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/708/indicacao_colocacao_fresagem_natalino_stopassoli.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/709/indicacao_colocacao_fresagem_arcangelo_ossemer.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/713/18.11.2025.indicacao.lombadas.estrada.blumenau.zeca.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/714/18.11.2025.indicacao.manutencao.luis.florentino.porto.fundo.canoas.zeca.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/715/indicacao_rua_caetano_ce.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/716/indicacao_rua_nilceia_reinert_ceolin.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/717/indicacao_avenida_jorge_lacerda.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/718/indicacao_-_residencial_auxiliadora.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/719/indicacao_-_serra_tomio.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/720/indicacao_-_destrada_blumenau_fiscalizacao.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/721/indicacao.21.11.25.rua.evaldir.jose.jasper.paralelepipido.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/722/indicacao_19-_2025.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/723/indicacao_20-_2025.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/724/indicacao.24.11.25.estrada.do.navegantes.caminhaopipa.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/725/indicacao.24.11.25.rua.trombudo.central.boca.de.lobo.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/726/indicacao.24.11.25.rua.robert.holler.patrola.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/727/indicacao.24.11.25.loteamento.sao.pedro.lajotas.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/728/indicacao.24.11.25.rua.prefeito.luiz.adelar.soldatelli.boca.de.lobo.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/729/indicacao.24.11.25.clemente.demarch.bueiro.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/730/indicacao.24.11.25.clemente.demarch.buraco.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/731/indicacao.24.11.25.avenida.barao.do.rio.branco.boca.de.lobo.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/732/indicacao.24.11.25.rua.xv.de.novembro1751.boca.de.lobo.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/733/indicacao.25.11.25.rua.clemente.demarch.3507.patrola.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/734/indicacao_-_estrada_quintino.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/735/indicacao_-_expedicionario_nardelli.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/736/indicacao_patrolamento_tapa_po__alto_bela_alianca.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/737/indicacao_rocada_rua_quintinos.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/738/indicacao_consertos_rua_tijucas_31.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/740/indicacao_pintura_de_faixa_de_pedestre.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/741/indicacao_manutencao_patrolamento_macadamizacao_alargamento_rua_pedro_paulo_cunha.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/743/24.11.2025.espellhos.transito.canta.galo.zeca.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/744/24.11.2025.indicacao.poda.arvore.valada.sao.paulo.zeca.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/745/24.11.2025.lixeira.sumara.viena.zeca.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/746/24.11.2025.indicacao.conserto.bueiro.valada.sao.paulozeca.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/747/24.11.2025.indicacao.conserto.bueiro.valada.sao.paulozeca.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/748/24.11.2025.indicacao.bueiros.estrada.willand.kurth.zeca.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/749/indicacao_-_otilia_felisbina.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/752/indicacao_-_rua_do_escultor.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/753/indicacao_-_amabilio_testoni.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/754/indicacao_-_rua_dom_bosco_568.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/755/indicacao_0732025_-_rua_wanceslau_borini.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/758/indicacao_ladeira_fortaleza.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/759/indicacao.02.12.25.beco.arnoldo.molinari.lajota.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/761/indicacao_-_rua_nova_trento_211.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/762/indicacao_21-_2025.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/763/indicacao_22-_2025.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/765/indicacao.03.12.25.jose.clemente.demarch.bueiro.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/766/indicacao_recupecarao_tubulacao_drenagem_oscar_hoffmann.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/767/indicacao_recupecarao_tubulacao_drenagem_jose_salla_guido_vota.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/768/indicacao.04.12.25.rua.mafalda.cipriani.peter.boca.de.lobo.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/769/indicacao.03.12.25.travessa.romao.macaneiro.drenagem.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/770/indicacao_recupecarao_pavimento_rua_oscar_hoffmann.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/771/indicacao_boca_de_lobo_carlos_haag.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/772/indicacao_poda_rocada_rua_jose_sofka_beco_augusto_sofka.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/773/indicacao_-_beco_minas_gerais.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/774/indicacao_-_estacao_bikes.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/775/indicacao_recupecarao_pavimento_tubulacao_rua_werner_heesch.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/776/indicacao_manutencao_drenagem_estrada_blumenau_ponte_ingomar_bachmann.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/777/indicacao_recupecarao_pavimento_oscar_hoffmann_buracos.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/778/indicacao_poda_arvores_elevado_jose_thome.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/779/indicacao.04.12.25.rua.santo.finardi.murodecontencao.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/780/indicacao.04.12.25.rua.patricio.noveletto.tubulacao.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/781/indicacao_-_cartazes_ilegais.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/782/indicacao_recupecarao_pavimento_ladeira_serra_geral.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/785/indicacao.05.12.25.estrada.da.madeira.cascalho.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/786/indicacao.05.12.25.rua.zulnei.petris.boca.de.lobo.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/787/indicacao_23-_2025.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/788/indicacao.05.12.25.rua.jacaranda.rocada.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/789/indicacao.08.12.25.rua.indira.gandhi.buraco.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/790/indicacao.08.12.25.beco.dos.metalurgicos.buraco.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/791/indicacao.08.12.25.travessa.romao.macaneiro.tubulacao.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/792/indicacao.08.12.25.rua.jose.de.alencar.rocada.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/793/indicacao.08.12.25.rua.odete.catharina.schmitz.tubulacao.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/794/indicacao.08.12.25.rua.odete.catharina.schmitz.lajotas.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/795/09.12.2025.indicacao.rua.rossetti.valada.zeca.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/796/09.12.2025.indicacao.ponte.do.galo.zeca.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/797/09.12.2025.indicacao.ciclovias.zeca.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/798/09.12.2025.indicacao.felix.deeke.i.zeca.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/799/indicacao.10.12.25.ladeira.brasilia.buraco.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/800/indicacao.10.12.25.beco.mickey.patrolamento.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/804/indicacao_limpesa_gran_park_-_bremer.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/805/indicacao_fiscal_obras_pavimentacao_oscar_strey.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/806/indicacao_buraco_cei_romao_tranuczynski_oscar_strey.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/810/indicacao_animais_soltos_luiz_olimpio_ferrari.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/811/indicacao_24_-_2025.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/818/indicacao_25-_2025.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/822/indicacao_-_rua_ana_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/823/indicacao_-_rua_brusque_ate_rua_picarras.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/824/indicacao_-_rua_joao_nascheweng.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/825/indicacao_-_rua_joao_nascheweng_2.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/826/indicacao_-_aristiliano_ramos.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/827/17.12.2025.indicacao.lombada.chapa_mptos.valada.zeca.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/828/indicacao_rocada_alfredo_swaroski.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/829/17.12.2025.indicacao.esf.laranjeiras.zeca.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/830/indicacao_rua_acre.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/831/indicacao_0742025_-_rua_itajai.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/832/indicacao_0752025_-_rua_dos_cacadores.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/834/indicacao.18.12.25.rua.dos.palmitos.bueiro.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/835/indicacao.18.12.25.germando.sandri.bueiro.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/24/2025_006_mocao_de_aplauso__anilto_hegen.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/30/2025_007_mocao_de_aplauso_ilson_blogoslawski.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/31/2025_008_mocao_de_apoio_presidencias_senado_e_camara_pauta_contra_aborto.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/32/2025_009_mocao_de_aplauso_ampe_alto_vale.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/97/2025_010_mocao_de_apoio_projeto_fundeagro.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/98/2025_011_mocao_de_aplausos_coc.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/1/2025_012_mocao_de_apelo_tabela_sus.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/103/2025_013_mocao_de_aplauso_-zilda.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/105/2025_014_mocao_de_apoio_-_dl_486.2023_-_vacina_covid.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/106/2025_015_mocao_de_apelo_vacina_covid.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/2/2025_017_mocao_de_aplausos_-_torneio_de_robotica.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/3/2025_018_mocao_de_aplausos_-_radio_web.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/59/mocao_de_aplausos_-_pedro_da_silva.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/68/mocao_diego.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/93/mocao_leila.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/119/mocao_de_apelo_prefeito_0705.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/122/2025_023_mocao_de_apelo_inss.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/136/mocao_pm_feminicidio.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/141/mocao_profesores_revisada.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/143/mocao_de_apaluso_texto_uniasselvi.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/155/mocao_de_apaluso_ifc.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/156/mocao_mulher_do_nosso_tempo.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/179/mocao_orgulho_austista.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/184/2025_030_mocao_de_apelo_gov_estado__concurso_pc_ruan.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/204/2025_031_mocao_de_apelo_uniforme_coord_escola_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/252/mocao_de_aplauso_andre.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/261/mocao_de_apaluso_sport_club_maranhanse.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/301/2025_035_mocao_de_apelo_gov_estado_-_canal_extravasor_salto_pilao.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/314/mocao_de_aplausos_-duda.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/336/mocao_de_aplauso_acirs.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/342/indicacao.15.08.25.rua.eugenio.marchi.faixaelevada.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/351/mocao_soroptimistas.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/357/mocao_de_aplauso_serra_taboao_2.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/398/2025_042_mocao_de_apelo_lei_dos_estudantes_mario_sergio.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/408/mocao_de_aplauso_juventude.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/413/202x_xxx_mocao_de_aplauso_modelo.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/535/202x_xxx_mocao_de_aplauso_modelo.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/561/mocao_ale_zanis.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/586/2025_047_mocao_apelo_caso_ana_beatriz_tjsc.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/589/mocao_de_apelo_renan_filho.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/644/mocao_aplauso_5-_taboao.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/665/2025_050_mocao_de_apelo_prefeito_destinacao_recursos_cmrs_2025__saude.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/678/mocao_aplausos_faw.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/680/mocao_de_apaluso_guarda_municipal_mirim_2.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/686/mocao_de_apoio_projeto_leite_1.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/702/mocao_de_apluso_escoteiros.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/764/mocao_maite_vitoria_coelho.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/783/mocao_de_apaluso_mini_atletas_em_acao.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/816/mocao_de_apaluso_a_cleison_sapl.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/833/mocao_de_aplauso_-_profeswsor_dumbo.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/48/2025_009_requerimento_-_justificativa_de_ausencia_-_ricardo_pinheiro_-_ordinaria_17_04_-_substitutivo_ao_req._8.2025.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/87/2025_010_requerimento_-_retirada_de_plo_28-25_-_presidente.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/138/2025_011_comissao_de_merito_solicita_exec_planejamento_mitiga_cheias_-_art_242_ri_-_periodica.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/159/2025_012_requerimento_quebra_intersticio_6a_extra.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/158/2025_013_requerimento_-_retirada_de_plo_36-25_-_presidente.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/259/2025_014_requerimento_-_retirada_de_plc_4-25_-_presidente_1.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/316/2025_015_requerimento_-_retirada_pedin_6-2025_-_presidente.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/326/2025_016_requerimento_-_retirada_de_plo_56-25_-_presidente.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/327/2025_017_requerimento_quebra_intersticio_7a_extra.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/340/2025_018_requerimento_-_retirada_de_plo_34-25_-_presidente.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/400/2025_020_requerimento_-_retirada_de_plo_65-25_-_plenario.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/396/2025_021_requerimento_-_retirada_de_plo_69-25_-_presidente.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/427/2025_022_comissao_de_merito_solicita_sessao_covid_1.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/428/2025_023_requerimento_-_retirada_de_eme_9-25_-_presidente.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/442/2025_024_requerimento_-_retirada_de_eme_8-25_-_presidente.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/449/requerimento-justifica_ausencia_9a_extra_mario.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/487/2025_025_requerimento_-_justificativa_de_ausencia_-dani_18-09-2025.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/510/2025_027_requerimento_-_retirada_de_plo_78-25_-_presidente.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/511/2025_028_requerimento_-_retirada_de_plo_85-2025_-_presidente.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/583/2025_029_requerimento_-_retirada_de_plo_90-2025_-_presidente.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/597/2025_030_requerimento_-_retirada_de_plo_107-2025_-_presidente.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/808/2025_032_requerimento_-_retirada_de_plo_83_2025_-_plenario.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/821/2025_033_requerimento_-_retirada_de_plo_134-2025_-_presidente.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/84/2025_002_ped._de_informacao_-_educacao.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/85/2025_004_ped._de_informacao_-_reurb.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/121/2025_005_terminal_rodoviario.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/302/2025_006_ped._de_informacao_-_cuidados_paliativos.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/374/2025_007_ped._de_informacao_-_ciclovias_-_ricardo_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/750/pedido_info_saude_2.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/7/emenda_01_assinado.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/10/2025_02_eme_ao_plo_14-2025_proj.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/154/2025_03_eme_mod_ao_plo_17-2025.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/171/2025_004_eme_subs_global_ao_plo_14-2025.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/263/2025_05_eme_mod_ao_plo_50-2025.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/317/2025_06_eme_mod_ao_plo_42-2025.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/325/2025_07_eme_ao_plo_51-2025.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/354/2025_08_eme_ao_plc_10-2025.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/381/2025_009_eme_ao_plo_66_2025_-_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/447/2025_10_eme_ao_plc_10-2025.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/568/2025_011_eme_modificativa_ao_plc_14_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/613/2025_012_eme_ao_plo_86_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/751/2025_013_eme_ao_plo_83_2025.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/802/2025_014_eme_ao_plo_106_2025.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/801/2025_015_emenda_subst_global_ao_plo_122-2025_2.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/807/2025_016_eme_ao_plo_106_2025.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/11/2025_002_projeto_-comenda_do_esporte_rio-sulense.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/13/2025_003_projeto_-_merito_basilio_correa_de_negredo_assinado.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/123/2025_004_projeto_escritor_destaque.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/139/2025_005_projeto_-_destaque_da_musica.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/239/2025_006_projeto_-_merito_agropecuario_francisco_frankenberger.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/230/2025_007_pdl_-_com_jovem_empreendedor.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/676/2025_008_cidadao_rio-sulense.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/691/2024_009_pdl_comenda_escrava_anastacia.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/584/parecer_previo_n._1002025_-_contas_prefeito_thome_2024.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/213/mensagem_037.2025_-_rota_turistica_caminho_do_louvor_1__-_assinado.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/358/plo_52-2025_-_justica.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/382/parecer_justica_65_2025_reprovacao.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/463/2025_001_-_denuncia_-_representacao_sueli.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/469/2025_001_elo_projeto.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/670/mensagem_91.2025.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/739/veto_projeto_de_lei_n._88_de_2025.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/756/2025_003_veto_total_ao_plo_75.2025_-_altera_pead.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camarariodosul.sc.gov.br/media/sapl/public/materialegislativa/2025/809/recurso_-_despacho_requerimento_mocao.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H527"/>
+  <dimension ref="A1:H838"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
+    <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="42.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="135.28515625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="144.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="205.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -5686,13652 +8626,21738 @@
       </c>
       <c r="G3" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
+        <v>18</v>
+      </c>
+      <c r="G4" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="G4" s="1" t="s">
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="H5" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>30</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="H6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="H7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H8" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
         <v>12</v>
       </c>
       <c r="F9" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>44</v>
       </c>
       <c r="H9" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>42</v>
+        <v>30</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>46</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H10" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H11" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
         <v>12</v>
       </c>
       <c r="F12" t="s">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H12" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
         <v>12</v>
       </c>
       <c r="F13" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="H13" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>8</v>
+        <v>63</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
         <v>12</v>
       </c>
       <c r="F14" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="H14" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
         <v>12</v>
       </c>
       <c r="F15" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="H15" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
         <v>12</v>
       </c>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="H16" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
         <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="H17" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
         <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>23</v>
+        <v>79</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="H18" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>67</v>
+        <v>46</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>29</v>
+        <v>82</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
         <v>12</v>
       </c>
       <c r="F19" t="s">
-        <v>34</v>
+        <v>83</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="H19" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
         <v>12</v>
       </c>
       <c r="F20" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="H20" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>80</v>
+        <v>59</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
         <v>12</v>
       </c>
       <c r="F21" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>82</v>
+        <v>90</v>
       </c>
       <c r="H21" t="s">
-        <v>83</v>
+        <v>91</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
         <v>12</v>
       </c>
       <c r="F22" t="s">
-        <v>23</v>
+        <v>93</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>86</v>
+        <v>94</v>
       </c>
       <c r="H22" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
         <v>12</v>
       </c>
       <c r="F23" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="H23" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>93</v>
+        <v>38</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
         <v>12</v>
       </c>
       <c r="F24" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H24" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>96</v>
+        <v>71</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
         <v>12</v>
       </c>
       <c r="F25" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="H25" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>100</v>
+        <v>26</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
         <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>102</v>
+        <v>13</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="H26" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>105</v>
+        <v>66</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>106</v>
+        <v>50</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
         <v>12</v>
       </c>
       <c r="F27" t="s">
+        <v>18</v>
+      </c>
+      <c r="G27" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="G27" s="1" t="s">
+      <c r="H27" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>110</v>
+        <v>96</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>111</v>
+        <v>58</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
         <v>12</v>
       </c>
       <c r="F28" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="H28" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>114</v>
+        <v>104</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>115</v>
+        <v>62</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
         <v>12</v>
       </c>
       <c r="F29" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="H29" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
         <v>12</v>
       </c>
       <c r="F30" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="H30" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
         <v>12</v>
       </c>
       <c r="F31" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="H31" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
         <v>12</v>
       </c>
       <c r="F32" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="H32" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
         <v>12</v>
       </c>
       <c r="F33" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="H33" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
         <v>12</v>
       </c>
       <c r="F34" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="H34" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
         <v>12</v>
       </c>
       <c r="F35" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="H35" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
         <v>12</v>
       </c>
       <c r="F36" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="H36" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>76</v>
+        <v>142</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
         <v>12</v>
       </c>
+      <c r="F37" t="s">
+        <v>143</v>
+      </c>
       <c r="G37" s="1" t="s">
-        <v>24</v>
+        <v>144</v>
       </c>
       <c r="H37" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
         <v>12</v>
       </c>
       <c r="F38" t="s">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="H38" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
         <v>12</v>
       </c>
       <c r="F39" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="H39" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
         <v>12</v>
       </c>
       <c r="F40" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="H40" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
         <v>12</v>
       </c>
       <c r="F41" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="H41" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
         <v>12</v>
       </c>
       <c r="F42" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="H42" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
         <v>12</v>
       </c>
       <c r="F43" t="s">
-        <v>34</v>
+        <v>168</v>
       </c>
       <c r="G43" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="H43" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
+        <v>171</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
         <v>172</v>
-      </c>
-[...4 lines deleted...]
-        <v>173</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
         <v>12</v>
       </c>
       <c r="F44" t="s">
+        <v>18</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="H44" t="s">
         <v>174</v>
-      </c>
-[...4 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
         <v>12</v>
       </c>
       <c r="F45" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="H45" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
         <v>12</v>
       </c>
       <c r="F46" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="H46" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>186</v>
+        <v>113</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
         <v>12</v>
       </c>
-      <c r="F47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G47" s="1" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="H47" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
         <v>12</v>
       </c>
       <c r="F48" t="s">
-        <v>34</v>
+        <v>93</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>24</v>
+        <v>188</v>
       </c>
       <c r="H48" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
         <v>12</v>
       </c>
       <c r="F49" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="H49" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
         <v>12</v>
       </c>
       <c r="F50" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="H50" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
         <v>12</v>
       </c>
       <c r="F51" t="s">
-        <v>23</v>
+        <v>143</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="H51" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
         <v>12</v>
       </c>
       <c r="F52" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="H52" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
         <v>12</v>
       </c>
       <c r="F53" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="H53" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
         <v>12</v>
       </c>
       <c r="F54" t="s">
-        <v>23</v>
+        <v>212</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="H54" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
         <v>12</v>
       </c>
       <c r="F55" t="s">
-        <v>219</v>
+        <v>18</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="H55" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
         <v>12</v>
       </c>
       <c r="F56" t="s">
-        <v>224</v>
+        <v>67</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="H56" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>80</v>
+        <v>224</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
         <v>12</v>
       </c>
       <c r="F57" t="s">
-        <v>23</v>
+        <v>225</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="H57" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
         <v>12</v>
       </c>
       <c r="F58" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>232</v>
+        <v>184</v>
       </c>
       <c r="H58" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
         <v>12</v>
       </c>
       <c r="F59" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="H59" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
         <v>12</v>
       </c>
       <c r="F60" t="s">
-        <v>102</v>
+        <v>18</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="H60" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
         <v>12</v>
       </c>
       <c r="F61" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="H61" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62" t="s">
         <v>12</v>
       </c>
       <c r="F62" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="H62" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
         <v>12</v>
       </c>
       <c r="F63" t="s">
-        <v>187</v>
+        <v>18</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="H63" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
         <v>12</v>
       </c>
       <c r="F64" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="H64" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65" t="s">
         <v>12</v>
       </c>
       <c r="F65" t="s">
-        <v>23</v>
+        <v>257</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="H65" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
       <c r="E66" t="s">
         <v>12</v>
       </c>
       <c r="F66" t="s">
-        <v>102</v>
+        <v>262</v>
       </c>
       <c r="G66" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="H66" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>265</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>266</v>
+        <v>117</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
         <v>12</v>
       </c>
       <c r="F67" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G67" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H67" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
+        <v>268</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
         <v>269</v>
-      </c>
-[...4 lines deleted...]
-        <v>270</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
         <v>12</v>
       </c>
       <c r="F68" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G68" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="H68" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
+        <v>272</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
         <v>273</v>
-      </c>
-[...4 lines deleted...]
-        <v>274</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
       <c r="E69" t="s">
         <v>12</v>
       </c>
       <c r="F69" t="s">
         <v>18</v>
       </c>
       <c r="G69" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="H69" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
+        <v>276</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
         <v>277</v>
-      </c>
-[...4 lines deleted...]
-        <v>278</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
         <v>12</v>
       </c>
       <c r="F70" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="G70" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="H70" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
+        <v>280</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
         <v>281</v>
-      </c>
-[...4 lines deleted...]
-        <v>282</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
       <c r="E71" t="s">
         <v>12</v>
       </c>
       <c r="F71" t="s">
+        <v>18</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="H71" t="s">
         <v>283</v>
-      </c>
-[...4 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
         <v>12</v>
       </c>
       <c r="F72" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="H72" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="E73" t="s">
         <v>12</v>
       </c>
       <c r="F73" t="s">
-        <v>54</v>
+        <v>225</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="H73" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
       <c r="E74" t="s">
         <v>12</v>
       </c>
       <c r="F74" t="s">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="H74" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
       <c r="E75" t="s">
         <v>12</v>
       </c>
       <c r="F75" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="H75" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>88</v>
+        <v>301</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
       <c r="E76" t="s">
         <v>12</v>
       </c>
       <c r="F76" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="H76" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
+        <v>303</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
         <v>304</v>
-      </c>
-[...4 lines deleted...]
-        <v>92</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77" t="s">
         <v>12</v>
       </c>
       <c r="F77" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>305</v>
       </c>
       <c r="H77" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>38</v>
+        <v>307</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>66</v>
+        <v>308</v>
       </c>
       <c r="D78" t="s">
-        <v>307</v>
+        <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>308</v>
+        <v>12</v>
       </c>
       <c r="F78" t="s">
+        <v>18</v>
+      </c>
+      <c r="G78" s="1" t="s">
         <v>309</v>
       </c>
-      <c r="G78" s="1" t="s">
+      <c r="H78" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>53</v>
+        <v>311</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>16</v>
+        <v>312</v>
       </c>
       <c r="D79" t="s">
-        <v>307</v>
+        <v>11</v>
       </c>
       <c r="E79" t="s">
-        <v>308</v>
+        <v>12</v>
       </c>
       <c r="F79" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="H79" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>32</v>
+        <v>316</v>
       </c>
       <c r="D80" t="s">
-        <v>307</v>
+        <v>11</v>
       </c>
       <c r="E80" t="s">
-        <v>308</v>
+        <v>12</v>
       </c>
       <c r="F80" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="H80" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>10</v>
+        <v>320</v>
       </c>
       <c r="D81" t="s">
-        <v>307</v>
+        <v>11</v>
       </c>
       <c r="E81" t="s">
-        <v>308</v>
+        <v>12</v>
       </c>
       <c r="F81" t="s">
-        <v>23</v>
+        <v>321</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="H81" t="s">
-        <v>313</v>
+        <v>323</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>37</v>
+        <v>325</v>
       </c>
       <c r="D82" t="s">
-        <v>307</v>
+        <v>11</v>
       </c>
       <c r="E82" t="s">
-        <v>308</v>
+        <v>12</v>
       </c>
       <c r="F82" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="H82" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>322</v>
+        <v>328</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>17</v>
+        <v>329</v>
       </c>
       <c r="D83" t="s">
-        <v>307</v>
+        <v>11</v>
       </c>
       <c r="E83" t="s">
-        <v>308</v>
+        <v>12</v>
       </c>
       <c r="F83" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="H83" t="s">
-        <v>324</v>
+        <v>331</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>325</v>
+        <v>332</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>22</v>
+        <v>333</v>
       </c>
       <c r="D84" t="s">
-        <v>307</v>
+        <v>11</v>
       </c>
       <c r="E84" t="s">
-        <v>308</v>
+        <v>12</v>
       </c>
       <c r="F84" t="s">
-        <v>23</v>
+        <v>93</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>326</v>
+        <v>334</v>
       </c>
       <c r="H84" t="s">
-        <v>327</v>
+        <v>335</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>328</v>
+        <v>336</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="D85" t="s">
-        <v>307</v>
+        <v>11</v>
       </c>
       <c r="E85" t="s">
-        <v>308</v>
+        <v>12</v>
       </c>
       <c r="F85" t="s">
-        <v>23</v>
+        <v>93</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="H85" t="s">
-        <v>331</v>
+        <v>339</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>332</v>
+        <v>340</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>27</v>
+        <v>341</v>
       </c>
       <c r="D86" t="s">
-        <v>307</v>
+        <v>11</v>
       </c>
       <c r="E86" t="s">
-        <v>308</v>
+        <v>12</v>
       </c>
       <c r="F86" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>333</v>
+        <v>342</v>
       </c>
       <c r="H86" t="s">
-        <v>334</v>
+        <v>343</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>335</v>
+        <v>344</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>30</v>
+        <v>125</v>
       </c>
       <c r="D87" t="s">
-        <v>307</v>
+        <v>11</v>
       </c>
       <c r="E87" t="s">
-        <v>308</v>
+        <v>12</v>
       </c>
       <c r="F87" t="s">
-        <v>23</v>
+        <v>47</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>336</v>
+        <v>345</v>
       </c>
       <c r="H87" t="s">
-        <v>337</v>
+        <v>314</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>339</v>
+        <v>129</v>
       </c>
       <c r="D88" t="s">
-        <v>340</v>
+        <v>11</v>
       </c>
       <c r="E88" t="s">
-        <v>341</v>
+        <v>12</v>
       </c>
       <c r="F88" t="s">
-        <v>174</v>
+        <v>18</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>24</v>
+        <v>347</v>
       </c>
       <c r="H88" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="D89" t="s">
-        <v>340</v>
+        <v>11</v>
       </c>
       <c r="E89" t="s">
-        <v>341</v>
+        <v>12</v>
       </c>
       <c r="F89" t="s">
-        <v>174</v>
+        <v>67</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="H89" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>101</v>
+        <v>353</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>66</v>
+        <v>354</v>
       </c>
       <c r="D90" t="s">
-        <v>340</v>
+        <v>11</v>
       </c>
       <c r="E90" t="s">
-        <v>341</v>
+        <v>12</v>
       </c>
       <c r="F90" t="s">
-        <v>347</v>
+        <v>67</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>348</v>
+        <v>355</v>
       </c>
       <c r="H90" t="s">
-        <v>349</v>
+        <v>356</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>16</v>
+        <v>358</v>
       </c>
       <c r="D91" t="s">
-        <v>340</v>
+        <v>11</v>
       </c>
       <c r="E91" t="s">
-        <v>341</v>
+        <v>12</v>
       </c>
       <c r="F91" t="s">
-        <v>174</v>
+        <v>18</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>351</v>
+        <v>359</v>
       </c>
       <c r="H91" t="s">
-        <v>352</v>
+        <v>360</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>353</v>
+        <v>361</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>32</v>
+        <v>362</v>
       </c>
       <c r="D92" t="s">
-        <v>340</v>
+        <v>11</v>
       </c>
       <c r="E92" t="s">
-        <v>341</v>
+        <v>12</v>
       </c>
       <c r="F92" t="s">
-        <v>174</v>
+        <v>18</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>354</v>
+        <v>363</v>
       </c>
       <c r="H92" t="s">
-        <v>355</v>
+        <v>364</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>356</v>
+        <v>365</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>10</v>
+        <v>366</v>
       </c>
       <c r="D93" t="s">
-        <v>340</v>
+        <v>11</v>
       </c>
       <c r="E93" t="s">
-        <v>341</v>
+        <v>12</v>
       </c>
       <c r="F93" t="s">
-        <v>357</v>
+        <v>18</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="H93" t="s">
-        <v>359</v>
+        <v>368</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>111</v>
+        <v>369</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>360</v>
+        <v>370</v>
       </c>
       <c r="D94" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E94" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F94" t="s">
-        <v>102</v>
+        <v>18</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>363</v>
+        <v>371</v>
       </c>
       <c r="H94" t="s">
-        <v>364</v>
+        <v>372</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>115</v>
+        <v>373</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>365</v>
+        <v>374</v>
       </c>
       <c r="D95" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E95" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F95" t="s">
-        <v>102</v>
+        <v>18</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>366</v>
+        <v>375</v>
       </c>
       <c r="H95" t="s">
-        <v>367</v>
+        <v>376</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>119</v>
+        <v>377</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>368</v>
+        <v>378</v>
       </c>
       <c r="D96" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E96" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F96" t="s">
-        <v>102</v>
+        <v>18</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>369</v>
+        <v>379</v>
       </c>
       <c r="H96" t="s">
-        <v>370</v>
+        <v>380</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>123</v>
+        <v>381</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>371</v>
+        <v>382</v>
       </c>
       <c r="D97" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E97" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F97" t="s">
-        <v>102</v>
+        <v>18</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>372</v>
+        <v>383</v>
       </c>
       <c r="H97" t="s">
-        <v>373</v>
+        <v>384</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>127</v>
+        <v>385</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="D98" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E98" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F98" t="s">
-        <v>102</v>
+        <v>18</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>375</v>
+        <v>387</v>
       </c>
       <c r="H98" t="s">
-        <v>376</v>
+        <v>388</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>131</v>
+        <v>389</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>96</v>
+        <v>390</v>
       </c>
       <c r="D99" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E99" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F99" t="s">
-        <v>102</v>
+        <v>18</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>377</v>
+        <v>391</v>
       </c>
       <c r="H99" t="s">
-        <v>378</v>
+        <v>392</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>135</v>
+        <v>393</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>379</v>
+        <v>394</v>
       </c>
       <c r="D100" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E100" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F100" t="s">
-        <v>102</v>
+        <v>18</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>380</v>
+        <v>395</v>
       </c>
       <c r="H100" t="s">
-        <v>381</v>
+        <v>396</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>139</v>
+        <v>397</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>382</v>
+        <v>398</v>
       </c>
       <c r="D101" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E101" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F101" t="s">
-        <v>102</v>
+        <v>18</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>383</v>
+        <v>399</v>
       </c>
       <c r="H101" t="s">
-        <v>384</v>
+        <v>400</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>143</v>
+        <v>401</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>385</v>
+        <v>402</v>
       </c>
       <c r="D102" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E102" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F102" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>386</v>
+        <v>403</v>
       </c>
       <c r="H102" t="s">
-        <v>387</v>
+        <v>404</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>149</v>
+        <v>405</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>388</v>
+        <v>406</v>
       </c>
       <c r="D103" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E103" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F103" t="s">
-        <v>34</v>
+        <v>67</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>389</v>
+        <v>407</v>
       </c>
       <c r="H103" t="s">
-        <v>390</v>
+        <v>408</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>157</v>
+        <v>409</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>100</v>
+        <v>410</v>
       </c>
       <c r="D104" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E104" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F104" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>391</v>
+        <v>411</v>
       </c>
       <c r="H104" t="s">
-        <v>392</v>
+        <v>412</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>161</v>
+        <v>413</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>393</v>
+        <v>414</v>
       </c>
       <c r="D105" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E105" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F105" t="s">
-        <v>18</v>
+        <v>67</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>394</v>
+        <v>415</v>
       </c>
       <c r="H105" t="s">
-        <v>395</v>
+        <v>416</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>165</v>
+        <v>417</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>396</v>
+        <v>418</v>
       </c>
       <c r="D106" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E106" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F106" t="s">
-        <v>18</v>
+        <v>67</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>397</v>
+        <v>419</v>
       </c>
       <c r="H106" t="s">
-        <v>398</v>
+        <v>420</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>169</v>
+        <v>421</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>399</v>
+        <v>422</v>
       </c>
       <c r="D107" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E107" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F107" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>400</v>
+        <v>423</v>
       </c>
       <c r="H107" t="s">
-        <v>401</v>
+        <v>424</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>173</v>
+        <v>425</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>402</v>
+        <v>426</v>
       </c>
       <c r="D108" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E108" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F108" t="s">
-        <v>224</v>
+        <v>47</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>403</v>
+        <v>427</v>
       </c>
       <c r="H108" t="s">
-        <v>404</v>
+        <v>428</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>178</v>
+        <v>429</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>405</v>
+        <v>430</v>
       </c>
       <c r="D109" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E109" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F109" t="s">
-        <v>18</v>
+        <v>67</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>406</v>
+        <v>431</v>
       </c>
       <c r="H109" t="s">
-        <v>407</v>
+        <v>352</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>182</v>
+        <v>432</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>408</v>
+        <v>433</v>
       </c>
       <c r="D110" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E110" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F110" t="s">
-        <v>224</v>
+        <v>143</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>409</v>
+        <v>434</v>
       </c>
       <c r="H110" t="s">
-        <v>410</v>
+        <v>435</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>186</v>
+        <v>436</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>411</v>
+        <v>133</v>
       </c>
       <c r="D111" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E111" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F111" t="s">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>412</v>
+        <v>437</v>
       </c>
       <c r="H111" t="s">
-        <v>413</v>
+        <v>438</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>191</v>
+        <v>439</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>414</v>
+        <v>440</v>
       </c>
       <c r="D112" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E112" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F112" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>415</v>
+        <v>441</v>
       </c>
       <c r="H112" t="s">
-        <v>416</v>
+        <v>442</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>194</v>
+        <v>443</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>417</v>
+        <v>444</v>
       </c>
       <c r="D113" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E113" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F113" t="s">
         <v>18</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>418</v>
+        <v>445</v>
       </c>
       <c r="H113" t="s">
-        <v>419</v>
+        <v>446</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>202</v>
+        <v>447</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>420</v>
+        <v>448</v>
       </c>
       <c r="D114" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E114" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F114" t="s">
-        <v>54</v>
+        <v>18</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>421</v>
+        <v>449</v>
       </c>
       <c r="H114" t="s">
-        <v>422</v>
+        <v>450</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>206</v>
+        <v>451</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>423</v>
+        <v>452</v>
       </c>
       <c r="D115" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E115" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F115" t="s">
-        <v>347</v>
+        <v>18</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>424</v>
+        <v>453</v>
       </c>
       <c r="H115" t="s">
-        <v>425</v>
+        <v>454</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>210</v>
+        <v>455</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>105</v>
+        <v>137</v>
       </c>
       <c r="D116" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E116" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F116" t="s">
-        <v>347</v>
+        <v>456</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>426</v>
+        <v>457</v>
       </c>
       <c r="H116" t="s">
-        <v>427</v>
+        <v>458</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>214</v>
+        <v>459</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>110</v>
+        <v>460</v>
       </c>
       <c r="D117" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E117" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F117" t="s">
-        <v>347</v>
+        <v>18</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>428</v>
+        <v>461</v>
       </c>
       <c r="H117" t="s">
-        <v>429</v>
+        <v>462</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>218</v>
+        <v>463</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>430</v>
+        <v>464</v>
       </c>
       <c r="D118" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E118" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F118" t="s">
-        <v>347</v>
+        <v>18</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>431</v>
+        <v>465</v>
       </c>
       <c r="H118" t="s">
-        <v>432</v>
+        <v>466</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>223</v>
+        <v>467</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>114</v>
+        <v>468</v>
       </c>
       <c r="D119" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E119" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F119" t="s">
-        <v>347</v>
+        <v>18</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>433</v>
+        <v>469</v>
       </c>
       <c r="H119" t="s">
-        <v>434</v>
+        <v>470</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>231</v>
+        <v>471</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>118</v>
+        <v>472</v>
       </c>
       <c r="D120" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E120" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F120" t="s">
-        <v>224</v>
+        <v>13</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>435</v>
+        <v>473</v>
       </c>
       <c r="H120" t="s">
-        <v>436</v>
+        <v>474</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>239</v>
+        <v>475</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>437</v>
+        <v>476</v>
       </c>
       <c r="D121" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E121" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F121" t="s">
-        <v>102</v>
+        <v>18</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>438</v>
+        <v>477</v>
       </c>
       <c r="H121" t="s">
-        <v>439</v>
+        <v>478</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>243</v>
+        <v>479</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>440</v>
+        <v>480</v>
       </c>
       <c r="D122" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E122" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F122" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>441</v>
+        <v>481</v>
       </c>
       <c r="H122" t="s">
-        <v>442</v>
+        <v>482</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>247</v>
+        <v>483</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>319</v>
+        <v>484</v>
       </c>
       <c r="D123" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E123" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F123" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>443</v>
+        <v>485</v>
       </c>
       <c r="H123" t="s">
-        <v>444</v>
+        <v>486</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>251</v>
+        <v>487</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>445</v>
+        <v>488</v>
       </c>
       <c r="D124" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E124" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F124" t="s">
-        <v>34</v>
+        <v>143</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>446</v>
+        <v>489</v>
       </c>
       <c r="H124" t="s">
-        <v>447</v>
+        <v>490</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>255</v>
+        <v>491</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>448</v>
+        <v>492</v>
       </c>
       <c r="D125" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E125" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F125" t="s">
         <v>18</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>449</v>
+        <v>493</v>
       </c>
       <c r="H125" t="s">
-        <v>450</v>
+        <v>494</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>259</v>
+        <v>495</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>451</v>
+        <v>496</v>
       </c>
       <c r="D126" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E126" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F126" t="s">
-        <v>18</v>
+        <v>497</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>452</v>
+        <v>498</v>
       </c>
       <c r="H126" t="s">
-        <v>453</v>
+        <v>499</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>263</v>
+        <v>500</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>454</v>
+        <v>501</v>
       </c>
       <c r="D127" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E127" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F127" t="s">
         <v>18</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>455</v>
+        <v>502</v>
       </c>
       <c r="H127" t="s">
-        <v>456</v>
+        <v>503</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>266</v>
+        <v>504</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>457</v>
+        <v>141</v>
       </c>
       <c r="D128" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E128" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F128" t="s">
         <v>18</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>458</v>
+        <v>505</v>
       </c>
       <c r="H128" t="s">
-        <v>459</v>
+        <v>506</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>270</v>
+        <v>507</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>460</v>
+        <v>146</v>
       </c>
       <c r="D129" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E129" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F129" t="s">
         <v>18</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>461</v>
+        <v>508</v>
       </c>
       <c r="H129" t="s">
-        <v>462</v>
+        <v>509</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>274</v>
+        <v>510</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>463</v>
+        <v>511</v>
       </c>
       <c r="D130" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E130" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F130" t="s">
         <v>18</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>464</v>
+        <v>512</v>
       </c>
       <c r="H130" t="s">
-        <v>465</v>
+        <v>513</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>278</v>
+        <v>514</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>466</v>
+        <v>150</v>
       </c>
       <c r="D131" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E131" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F131" t="s">
         <v>18</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>467</v>
+        <v>515</v>
       </c>
       <c r="H131" t="s">
-        <v>468</v>
+        <v>516</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>282</v>
+        <v>517</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>469</v>
+        <v>154</v>
       </c>
       <c r="D132" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E132" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F132" t="s">
-        <v>224</v>
+        <v>67</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>470</v>
+        <v>518</v>
       </c>
       <c r="H132" t="s">
-        <v>471</v>
+        <v>519</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>472</v>
+        <v>520</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>473</v>
+        <v>521</v>
       </c>
       <c r="D133" t="s">
-        <v>361</v>
+        <v>11</v>
       </c>
       <c r="E133" t="s">
-        <v>362</v>
+        <v>12</v>
       </c>
       <c r="F133" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>474</v>
+        <v>522</v>
       </c>
       <c r="H133" t="s">
-        <v>475</v>
+        <v>523</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>295</v>
+        <v>78</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>122</v>
+        <v>26</v>
       </c>
       <c r="D134" t="s">
-        <v>361</v>
+        <v>524</v>
       </c>
       <c r="E134" t="s">
-        <v>362</v>
+        <v>525</v>
       </c>
       <c r="F134" t="s">
-        <v>347</v>
+        <v>526</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>476</v>
+        <v>527</v>
       </c>
       <c r="H134" t="s">
-        <v>477</v>
+        <v>528</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>478</v>
+        <v>92</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>479</v>
+        <v>30</v>
       </c>
       <c r="D135" t="s">
-        <v>361</v>
+        <v>524</v>
       </c>
       <c r="E135" t="s">
-        <v>362</v>
+        <v>525</v>
       </c>
       <c r="F135" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>480</v>
+        <v>529</v>
       </c>
       <c r="H135" t="s">
-        <v>481</v>
+        <v>530</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>482</v>
+        <v>325</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>483</v>
+        <v>34</v>
       </c>
       <c r="D136" t="s">
-        <v>361</v>
+        <v>524</v>
       </c>
       <c r="E136" t="s">
-        <v>362</v>
+        <v>525</v>
       </c>
       <c r="F136" t="s">
-        <v>107</v>
+        <v>67</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>484</v>
+        <v>531</v>
       </c>
       <c r="H136" t="s">
-        <v>485</v>
+        <v>532</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>486</v>
+        <v>398</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>487</v>
+        <v>39</v>
       </c>
       <c r="D137" t="s">
-        <v>361</v>
+        <v>524</v>
       </c>
       <c r="E137" t="s">
-        <v>362</v>
+        <v>525</v>
       </c>
       <c r="F137" t="s">
-        <v>224</v>
+        <v>18</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>488</v>
+        <v>533</v>
       </c>
       <c r="H137" t="s">
-        <v>489</v>
+        <v>530</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>490</v>
+        <v>534</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>491</v>
+        <v>43</v>
       </c>
       <c r="D138" t="s">
-        <v>361</v>
+        <v>524</v>
       </c>
       <c r="E138" t="s">
-        <v>362</v>
+        <v>525</v>
       </c>
       <c r="F138" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>492</v>
+        <v>535</v>
       </c>
       <c r="H138" t="s">
-        <v>493</v>
+        <v>536</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>494</v>
+        <v>537</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>495</v>
+        <v>46</v>
       </c>
       <c r="D139" t="s">
-        <v>361</v>
+        <v>524</v>
       </c>
       <c r="E139" t="s">
-        <v>362</v>
+        <v>525</v>
       </c>
       <c r="F139" t="s">
-        <v>224</v>
+        <v>18</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>496</v>
+        <v>538</v>
       </c>
       <c r="H139" t="s">
-        <v>497</v>
+        <v>539</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>360</v>
+        <v>540</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>498</v>
+        <v>51</v>
       </c>
       <c r="D140" t="s">
-        <v>361</v>
+        <v>524</v>
       </c>
       <c r="E140" t="s">
-        <v>362</v>
+        <v>525</v>
       </c>
       <c r="F140" t="s">
-        <v>224</v>
+        <v>18</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>499</v>
+        <v>541</v>
       </c>
       <c r="H140" t="s">
-        <v>500</v>
+        <v>542</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>365</v>
+        <v>543</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>501</v>
+        <v>55</v>
       </c>
       <c r="D141" t="s">
-        <v>361</v>
+        <v>524</v>
       </c>
       <c r="E141" t="s">
-        <v>362</v>
+        <v>525</v>
       </c>
       <c r="F141" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>502</v>
+        <v>544</v>
       </c>
       <c r="H141" t="s">
-        <v>503</v>
+        <v>545</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>368</v>
+        <v>546</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>504</v>
+        <v>59</v>
       </c>
       <c r="D142" t="s">
-        <v>361</v>
+        <v>524</v>
       </c>
       <c r="E142" t="s">
-        <v>362</v>
+        <v>525</v>
       </c>
       <c r="F142" t="s">
-        <v>107</v>
+        <v>18</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>505</v>
+        <v>547</v>
       </c>
       <c r="H142" t="s">
-        <v>506</v>
+        <v>548</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>371</v>
+        <v>549</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>507</v>
+        <v>63</v>
       </c>
       <c r="D143" t="s">
-        <v>361</v>
+        <v>524</v>
       </c>
       <c r="E143" t="s">
-        <v>362</v>
+        <v>525</v>
       </c>
       <c r="F143" t="s">
-        <v>224</v>
+        <v>18</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>508</v>
+        <v>550</v>
       </c>
       <c r="H143" t="s">
-        <v>509</v>
+        <v>551</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>374</v>
+        <v>552</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>510</v>
+        <v>66</v>
       </c>
       <c r="D144" t="s">
-        <v>361</v>
+        <v>524</v>
       </c>
       <c r="E144" t="s">
-        <v>362</v>
+        <v>525</v>
       </c>
       <c r="F144" t="s">
-        <v>224</v>
+        <v>18</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>511</v>
+        <v>553</v>
       </c>
       <c r="H144" t="s">
-        <v>512</v>
+        <v>554</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>379</v>
+        <v>555</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>513</v>
+        <v>71</v>
       </c>
       <c r="D145" t="s">
-        <v>361</v>
+        <v>524</v>
       </c>
       <c r="E145" t="s">
-        <v>362</v>
+        <v>525</v>
       </c>
       <c r="F145" t="s">
-        <v>102</v>
+        <v>18</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>514</v>
+        <v>556</v>
       </c>
       <c r="H145" t="s">
-        <v>515</v>
+        <v>557</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>382</v>
+        <v>558</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>516</v>
+        <v>75</v>
       </c>
       <c r="D146" t="s">
-        <v>361</v>
+        <v>524</v>
       </c>
       <c r="E146" t="s">
-        <v>362</v>
+        <v>525</v>
       </c>
       <c r="F146" t="s">
-        <v>347</v>
+        <v>18</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>517</v>
+        <v>559</v>
       </c>
       <c r="H146" t="s">
-        <v>518</v>
+        <v>560</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>385</v>
+        <v>561</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>519</v>
+        <v>78</v>
       </c>
       <c r="D147" t="s">
-        <v>361</v>
+        <v>524</v>
       </c>
       <c r="E147" t="s">
-        <v>362</v>
+        <v>525</v>
       </c>
       <c r="F147" t="s">
-        <v>347</v>
+        <v>18</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>520</v>
+        <v>562</v>
       </c>
       <c r="H147" t="s">
-        <v>521</v>
+        <v>563</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>388</v>
+        <v>564</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>522</v>
+        <v>82</v>
       </c>
       <c r="D148" t="s">
-        <v>361</v>
+        <v>524</v>
       </c>
       <c r="E148" t="s">
-        <v>362</v>
+        <v>525</v>
       </c>
       <c r="F148" t="s">
-        <v>347</v>
+        <v>18</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>523</v>
+        <v>565</v>
       </c>
       <c r="H148" t="s">
-        <v>524</v>
+        <v>566</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>396</v>
+        <v>567</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
+        <v>86</v>
+      </c>
+      <c r="D149" t="s">
+        <v>524</v>
+      </c>
+      <c r="E149" t="s">
         <v>525</v>
       </c>
-      <c r="D149" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F149" t="s">
-        <v>102</v>
+        <v>18</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>526</v>
+        <v>568</v>
       </c>
       <c r="H149" t="s">
-        <v>527</v>
+        <v>569</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>408</v>
+        <v>570</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>528</v>
+        <v>89</v>
       </c>
       <c r="D150" t="s">
-        <v>361</v>
+        <v>524</v>
       </c>
       <c r="E150" t="s">
-        <v>362</v>
+        <v>525</v>
       </c>
       <c r="F150" t="s">
-        <v>102</v>
+        <v>18</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>529</v>
+        <v>571</v>
       </c>
       <c r="H150" t="s">
-        <v>530</v>
+        <v>572</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>411</v>
+        <v>573</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>531</v>
+        <v>92</v>
       </c>
       <c r="D151" t="s">
-        <v>361</v>
+        <v>524</v>
       </c>
       <c r="E151" t="s">
-        <v>362</v>
+        <v>525</v>
       </c>
       <c r="F151" t="s">
-        <v>102</v>
+        <v>18</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>532</v>
+        <v>574</v>
       </c>
       <c r="H151" t="s">
-        <v>533</v>
+        <v>575</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>414</v>
+        <v>576</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>534</v>
+        <v>96</v>
       </c>
       <c r="D152" t="s">
-        <v>361</v>
+        <v>524</v>
       </c>
       <c r="E152" t="s">
-        <v>362</v>
+        <v>525</v>
       </c>
       <c r="F152" t="s">
-        <v>224</v>
+        <v>212</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>535</v>
+        <v>577</v>
       </c>
       <c r="H152" t="s">
-        <v>536</v>
+        <v>578</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>417</v>
+        <v>579</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>537</v>
+        <v>38</v>
       </c>
       <c r="D153" t="s">
-        <v>361</v>
+        <v>524</v>
       </c>
       <c r="E153" t="s">
-        <v>362</v>
+        <v>525</v>
       </c>
       <c r="F153" t="s">
-        <v>224</v>
+        <v>18</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>538</v>
+        <v>580</v>
       </c>
       <c r="H153" t="s">
-        <v>539</v>
+        <v>581</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>420</v>
+        <v>582</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>540</v>
+        <v>101</v>
       </c>
       <c r="D154" t="s">
-        <v>361</v>
+        <v>524</v>
       </c>
       <c r="E154" t="s">
-        <v>362</v>
+        <v>525</v>
       </c>
       <c r="F154" t="s">
-        <v>102</v>
+        <v>18</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>541</v>
+        <v>583</v>
       </c>
       <c r="H154" t="s">
-        <v>542</v>
+        <v>584</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>423</v>
+        <v>386</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>543</v>
+        <v>10</v>
       </c>
       <c r="D155" t="s">
-        <v>361</v>
+        <v>585</v>
       </c>
       <c r="E155" t="s">
-        <v>362</v>
+        <v>586</v>
       </c>
       <c r="F155" t="s">
-        <v>224</v>
+        <v>212</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>544</v>
+        <v>184</v>
       </c>
       <c r="H155" t="s">
-        <v>545</v>
+        <v>587</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>430</v>
+        <v>390</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>546</v>
+        <v>22</v>
       </c>
       <c r="D156" t="s">
-        <v>361</v>
+        <v>585</v>
       </c>
       <c r="E156" t="s">
-        <v>362</v>
+        <v>586</v>
       </c>
       <c r="F156" t="s">
-        <v>107</v>
+        <v>212</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>547</v>
+        <v>588</v>
       </c>
       <c r="H156" t="s">
-        <v>548</v>
+        <v>589</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>437</v>
+        <v>138</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>549</v>
+        <v>26</v>
       </c>
       <c r="D157" t="s">
-        <v>361</v>
+        <v>585</v>
       </c>
       <c r="E157" t="s">
-        <v>362</v>
+        <v>586</v>
       </c>
       <c r="F157" t="s">
-        <v>347</v>
+        <v>590</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>550</v>
+        <v>591</v>
       </c>
       <c r="H157" t="s">
-        <v>551</v>
+        <v>592</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>451</v>
+        <v>593</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>552</v>
+        <v>30</v>
       </c>
       <c r="D158" t="s">
-        <v>361</v>
+        <v>585</v>
       </c>
       <c r="E158" t="s">
-        <v>362</v>
+        <v>586</v>
       </c>
       <c r="F158" t="s">
-        <v>18</v>
+        <v>212</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>553</v>
+        <v>594</v>
       </c>
       <c r="H158" t="s">
-        <v>554</v>
+        <v>595</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>457</v>
+        <v>596</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>555</v>
+        <v>34</v>
       </c>
       <c r="D159" t="s">
-        <v>361</v>
+        <v>585</v>
       </c>
       <c r="E159" t="s">
-        <v>362</v>
+        <v>586</v>
       </c>
       <c r="F159" t="s">
-        <v>54</v>
+        <v>212</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>556</v>
+        <v>597</v>
       </c>
       <c r="H159" t="s">
-        <v>557</v>
+        <v>598</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>463</v>
+        <v>599</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>558</v>
+        <v>39</v>
       </c>
       <c r="D160" t="s">
-        <v>361</v>
+        <v>585</v>
       </c>
       <c r="E160" t="s">
-        <v>362</v>
+        <v>586</v>
       </c>
       <c r="F160" t="s">
-        <v>54</v>
+        <v>600</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>559</v>
+        <v>601</v>
       </c>
       <c r="H160" t="s">
-        <v>560</v>
+        <v>602</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>466</v>
+        <v>147</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>561</v>
+        <v>603</v>
       </c>
       <c r="D161" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E161" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F161" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>562</v>
+        <v>606</v>
       </c>
       <c r="H161" t="s">
-        <v>563</v>
+        <v>607</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>469</v>
+        <v>151</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>564</v>
+        <v>422</v>
       </c>
       <c r="D162" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E162" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F162" t="s">
-        <v>347</v>
+        <v>35</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>565</v>
+        <v>608</v>
       </c>
       <c r="H162" t="s">
-        <v>566</v>
+        <v>609</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>473</v>
+        <v>155</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>567</v>
+        <v>426</v>
       </c>
       <c r="D163" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E163" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F163" t="s">
-        <v>224</v>
+        <v>35</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>568</v>
+        <v>610</v>
       </c>
       <c r="H163" t="s">
-        <v>569</v>
+        <v>611</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>479</v>
+        <v>159</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>570</v>
+        <v>430</v>
       </c>
       <c r="D164" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E164" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F164" t="s">
-        <v>347</v>
+        <v>35</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>571</v>
+        <v>612</v>
       </c>
       <c r="H164" t="s">
-        <v>572</v>
+        <v>613</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>483</v>
+        <v>163</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>573</v>
+        <v>433</v>
       </c>
       <c r="D165" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E165" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F165" t="s">
-        <v>107</v>
+        <v>35</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>574</v>
+        <v>614</v>
       </c>
       <c r="H165" t="s">
-        <v>575</v>
+        <v>615</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>487</v>
+        <v>167</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>576</v>
+        <v>133</v>
       </c>
       <c r="D166" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E166" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F166" t="s">
-        <v>107</v>
+        <v>35</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>577</v>
+        <v>616</v>
       </c>
       <c r="H166" t="s">
-        <v>578</v>
+        <v>617</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>491</v>
+        <v>172</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>579</v>
+        <v>440</v>
       </c>
       <c r="D167" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E167" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F167" t="s">
-        <v>107</v>
+        <v>35</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>580</v>
+        <v>618</v>
       </c>
       <c r="H167" t="s">
-        <v>581</v>
+        <v>619</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>495</v>
+        <v>176</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>582</v>
+        <v>444</v>
       </c>
       <c r="D168" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E168" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F168" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>583</v>
+        <v>620</v>
       </c>
       <c r="H168" t="s">
-        <v>584</v>
+        <v>621</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>507</v>
+        <v>180</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>585</v>
+        <v>448</v>
       </c>
       <c r="D169" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E169" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F169" t="s">
-        <v>102</v>
+        <v>35</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>586</v>
+        <v>622</v>
       </c>
       <c r="H169" t="s">
-        <v>587</v>
+        <v>623</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>516</v>
+        <v>187</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>588</v>
+        <v>452</v>
       </c>
       <c r="D170" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E170" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F170" t="s">
-        <v>224</v>
+        <v>67</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>589</v>
+        <v>624</v>
       </c>
       <c r="H170" t="s">
-        <v>590</v>
+        <v>625</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>519</v>
+        <v>195</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>591</v>
+        <v>137</v>
       </c>
       <c r="D171" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E171" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F171" t="s">
-        <v>224</v>
+        <v>67</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>592</v>
+        <v>626</v>
       </c>
       <c r="H171" t="s">
-        <v>593</v>
+        <v>627</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>522</v>
+        <v>199</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>594</v>
+        <v>460</v>
       </c>
       <c r="D172" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E172" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F172" t="s">
-        <v>107</v>
+        <v>47</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>595</v>
+        <v>628</v>
       </c>
       <c r="H172" t="s">
-        <v>596</v>
+        <v>629</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>525</v>
+        <v>203</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>597</v>
+        <v>464</v>
       </c>
       <c r="D173" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E173" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F173" t="s">
-        <v>107</v>
+        <v>47</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>598</v>
+        <v>630</v>
       </c>
       <c r="H173" t="s">
-        <v>599</v>
+        <v>631</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>528</v>
+        <v>207</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>600</v>
+        <v>468</v>
       </c>
       <c r="D174" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E174" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F174" t="s">
-        <v>224</v>
+        <v>47</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>601</v>
+        <v>632</v>
       </c>
       <c r="H174" t="s">
-        <v>602</v>
+        <v>633</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>531</v>
+        <v>211</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>603</v>
+        <v>472</v>
       </c>
       <c r="D175" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E175" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F175" t="s">
-        <v>18</v>
+        <v>262</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>604</v>
+        <v>634</v>
       </c>
       <c r="H175" t="s">
-        <v>605</v>
+        <v>635</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>534</v>
+        <v>216</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>606</v>
+        <v>476</v>
       </c>
       <c r="D176" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E176" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F176" t="s">
-        <v>107</v>
+        <v>47</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>607</v>
+        <v>636</v>
       </c>
       <c r="H176" t="s">
-        <v>608</v>
+        <v>637</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>537</v>
+        <v>220</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>609</v>
+        <v>480</v>
       </c>
       <c r="D177" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E177" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F177" t="s">
-        <v>107</v>
+        <v>262</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>610</v>
+        <v>638</v>
       </c>
       <c r="H177" t="s">
-        <v>611</v>
+        <v>639</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>540</v>
+        <v>224</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>612</v>
+        <v>484</v>
       </c>
       <c r="D178" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E178" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F178" t="s">
-        <v>34</v>
+        <v>93</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>613</v>
+        <v>640</v>
       </c>
       <c r="H178" t="s">
-        <v>614</v>
+        <v>641</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>543</v>
+        <v>229</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>615</v>
+        <v>488</v>
       </c>
       <c r="D179" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E179" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F179" t="s">
-        <v>107</v>
+        <v>47</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>616</v>
+        <v>642</v>
       </c>
       <c r="H179" t="s">
-        <v>617</v>
+        <v>643</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>546</v>
+        <v>232</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>618</v>
+        <v>492</v>
       </c>
       <c r="D180" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E180" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F180" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>619</v>
+        <v>644</v>
       </c>
       <c r="H180" t="s">
-        <v>620</v>
+        <v>645</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>552</v>
+        <v>240</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>621</v>
+        <v>496</v>
       </c>
       <c r="D181" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E181" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F181" t="s">
-        <v>224</v>
+        <v>93</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>622</v>
+        <v>646</v>
       </c>
       <c r="H181" t="s">
-        <v>623</v>
+        <v>647</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>555</v>
+        <v>244</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>624</v>
+        <v>501</v>
       </c>
       <c r="D182" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E182" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F182" t="s">
-        <v>224</v>
+        <v>590</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>625</v>
+        <v>648</v>
       </c>
       <c r="H182" t="s">
-        <v>626</v>
+        <v>649</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>558</v>
+        <v>248</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>627</v>
+        <v>141</v>
       </c>
       <c r="D183" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E183" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F183" t="s">
-        <v>54</v>
+        <v>590</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>628</v>
+        <v>650</v>
       </c>
       <c r="H183" t="s">
-        <v>560</v>
+        <v>651</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>561</v>
+        <v>252</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>629</v>
+        <v>146</v>
       </c>
       <c r="D184" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E184" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F184" t="s">
-        <v>347</v>
+        <v>590</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>630</v>
+        <v>652</v>
       </c>
       <c r="H184" t="s">
-        <v>631</v>
+        <v>653</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>564</v>
+        <v>256</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>632</v>
+        <v>511</v>
       </c>
       <c r="D185" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E185" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F185" t="s">
-        <v>18</v>
+        <v>590</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>633</v>
+        <v>654</v>
       </c>
       <c r="H185" t="s">
-        <v>634</v>
+        <v>655</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>567</v>
+        <v>261</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>635</v>
+        <v>150</v>
       </c>
       <c r="D186" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E186" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F186" t="s">
-        <v>54</v>
+        <v>590</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>636</v>
+        <v>656</v>
       </c>
       <c r="H186" t="s">
-        <v>637</v>
+        <v>657</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>570</v>
+        <v>269</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>126</v>
+        <v>154</v>
       </c>
       <c r="D187" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E187" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F187" t="s">
-        <v>102</v>
+        <v>262</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>638</v>
+        <v>658</v>
       </c>
       <c r="H187" t="s">
-        <v>639</v>
+        <v>659</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>576</v>
+        <v>277</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>134</v>
+        <v>521</v>
       </c>
       <c r="D188" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E188" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F188" t="s">
-        <v>107</v>
+        <v>35</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>640</v>
+        <v>660</v>
       </c>
       <c r="H188" t="s">
-        <v>641</v>
+        <v>661</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>579</v>
+        <v>281</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>130</v>
+        <v>662</v>
       </c>
       <c r="D189" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E189" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F189" t="s">
-        <v>34</v>
+        <v>143</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>642</v>
+        <v>663</v>
       </c>
       <c r="H189" t="s">
-        <v>643</v>
+        <v>664</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>582</v>
+        <v>285</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>644</v>
+        <v>534</v>
       </c>
       <c r="D190" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E190" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F190" t="s">
-        <v>224</v>
+        <v>143</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>645</v>
+        <v>665</v>
       </c>
       <c r="H190" t="s">
-        <v>646</v>
+        <v>666</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>585</v>
+        <v>289</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>647</v>
+        <v>667</v>
       </c>
       <c r="D191" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E191" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F191" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>648</v>
+        <v>668</v>
       </c>
       <c r="H191" t="s">
-        <v>649</v>
+        <v>669</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>591</v>
+        <v>293</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>650</v>
+        <v>670</v>
       </c>
       <c r="D192" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E192" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F192" t="s">
-        <v>347</v>
+        <v>47</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>651</v>
+        <v>671</v>
       </c>
       <c r="H192" t="s">
-        <v>652</v>
+        <v>672</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>594</v>
+        <v>297</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>653</v>
+        <v>673</v>
       </c>
       <c r="D193" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E193" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F193" t="s">
-        <v>347</v>
+        <v>47</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>654</v>
+        <v>674</v>
       </c>
       <c r="H193" t="s">
-        <v>655</v>
+        <v>675</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>597</v>
+        <v>301</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>656</v>
+        <v>676</v>
       </c>
       <c r="D194" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E194" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F194" t="s">
-        <v>347</v>
+        <v>47</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>657</v>
+        <v>677</v>
       </c>
       <c r="H194" t="s">
-        <v>658</v>
+        <v>678</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>600</v>
+        <v>304</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>659</v>
+        <v>679</v>
       </c>
       <c r="D195" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E195" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F195" t="s">
-        <v>347</v>
+        <v>47</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>660</v>
+        <v>680</v>
       </c>
       <c r="H195" t="s">
-        <v>661</v>
+        <v>681</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>603</v>
+        <v>308</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>662</v>
+        <v>682</v>
       </c>
       <c r="D196" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E196" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F196" t="s">
-        <v>224</v>
+        <v>47</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>663</v>
+        <v>683</v>
       </c>
       <c r="H196" t="s">
-        <v>664</v>
+        <v>684</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>606</v>
+        <v>312</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>665</v>
+        <v>685</v>
       </c>
       <c r="D197" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E197" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F197" t="s">
-        <v>347</v>
+        <v>47</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>666</v>
+        <v>686</v>
       </c>
       <c r="H197" t="s">
-        <v>667</v>
+        <v>687</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>609</v>
+        <v>316</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>668</v>
+        <v>688</v>
       </c>
       <c r="D198" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E198" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F198" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>669</v>
+        <v>689</v>
       </c>
       <c r="H198" t="s">
-        <v>670</v>
+        <v>690</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>612</v>
+        <v>320</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>671</v>
+        <v>691</v>
       </c>
       <c r="D199" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E199" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F199" t="s">
-        <v>54</v>
+        <v>262</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>672</v>
+        <v>692</v>
       </c>
       <c r="H199" t="s">
-        <v>673</v>
+        <v>693</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>615</v>
+        <v>694</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>138</v>
+        <v>695</v>
       </c>
       <c r="D200" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E200" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F200" t="s">
-        <v>18</v>
+        <v>67</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>674</v>
+        <v>696</v>
       </c>
       <c r="H200" t="s">
-        <v>675</v>
+        <v>697</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>618</v>
+        <v>337</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>142</v>
+        <v>158</v>
       </c>
       <c r="D201" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E201" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F201" t="s">
-        <v>13</v>
+        <v>590</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>676</v>
+        <v>698</v>
       </c>
       <c r="H201" t="s">
-        <v>677</v>
+        <v>699</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>621</v>
+        <v>354</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>678</v>
+        <v>700</v>
       </c>
       <c r="D202" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E202" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F202" t="s">
-        <v>224</v>
+        <v>143</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>679</v>
+        <v>701</v>
       </c>
       <c r="H202" t="s">
-        <v>680</v>
+        <v>702</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>624</v>
+        <v>358</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>681</v>
+        <v>703</v>
       </c>
       <c r="D203" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E203" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F203" t="s">
-        <v>54</v>
+        <v>143</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>682</v>
+        <v>704</v>
       </c>
       <c r="H203" t="s">
-        <v>683</v>
+        <v>705</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>627</v>
+        <v>366</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>684</v>
+        <v>706</v>
       </c>
       <c r="D204" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E204" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F204" t="s">
-        <v>54</v>
+        <v>262</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>685</v>
+        <v>707</v>
       </c>
       <c r="H204" t="s">
-        <v>686</v>
+        <v>708</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>629</v>
+        <v>370</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>148</v>
+        <v>709</v>
       </c>
       <c r="D205" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E205" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F205" t="s">
-        <v>54</v>
+        <v>143</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>687</v>
+        <v>710</v>
       </c>
       <c r="H205" t="s">
-        <v>688</v>
+        <v>711</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>632</v>
+        <v>418</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>689</v>
+        <v>712</v>
       </c>
       <c r="D206" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E206" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F206" t="s">
-        <v>224</v>
+        <v>262</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>690</v>
+        <v>713</v>
       </c>
       <c r="H206" t="s">
-        <v>691</v>
+        <v>714</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>635</v>
+        <v>603</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>152</v>
+        <v>715</v>
       </c>
       <c r="D207" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E207" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F207" t="s">
-        <v>224</v>
+        <v>262</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>692</v>
+        <v>716</v>
       </c>
       <c r="H207" t="s">
-        <v>693</v>
+        <v>717</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>647</v>
+        <v>422</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>156</v>
+        <v>718</v>
       </c>
       <c r="D208" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E208" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F208" t="s">
-        <v>34</v>
+        <v>143</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>694</v>
+        <v>719</v>
       </c>
       <c r="H208" t="s">
-        <v>695</v>
+        <v>720</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>650</v>
+        <v>426</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>696</v>
+        <v>721</v>
       </c>
       <c r="D209" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E209" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F209" t="s">
-        <v>34</v>
+        <v>143</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>697</v>
+        <v>722</v>
       </c>
       <c r="H209" t="s">
-        <v>698</v>
+        <v>723</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>653</v>
+        <v>430</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>699</v>
+        <v>724</v>
       </c>
       <c r="D210" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E210" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F210" t="s">
-        <v>34</v>
+        <v>262</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>700</v>
+        <v>725</v>
       </c>
       <c r="H210" t="s">
-        <v>701</v>
+        <v>726</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>656</v>
+        <v>433</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>702</v>
+        <v>727</v>
       </c>
       <c r="D211" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E211" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F211" t="s">
-        <v>18</v>
+        <v>262</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>703</v>
+        <v>728</v>
       </c>
       <c r="H211" t="s">
-        <v>704</v>
+        <v>729</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>659</v>
+        <v>440</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>705</v>
+        <v>730</v>
       </c>
       <c r="D212" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E212" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F212" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>706</v>
+        <v>731</v>
       </c>
       <c r="H212" t="s">
-        <v>707</v>
+        <v>732</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>662</v>
+        <v>444</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>708</v>
+        <v>733</v>
       </c>
       <c r="D213" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E213" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F213" t="s">
-        <v>18</v>
+        <v>590</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>709</v>
+        <v>734</v>
       </c>
       <c r="H213" t="s">
-        <v>710</v>
+        <v>735</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>665</v>
+        <v>448</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>711</v>
+        <v>736</v>
       </c>
       <c r="D214" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E214" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F214" t="s">
-        <v>18</v>
+        <v>590</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>712</v>
+        <v>737</v>
       </c>
       <c r="H214" t="s">
-        <v>713</v>
+        <v>738</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>668</v>
+        <v>452</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>714</v>
+        <v>739</v>
       </c>
       <c r="D215" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E215" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F215" t="s">
-        <v>107</v>
+        <v>590</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>715</v>
+        <v>740</v>
       </c>
       <c r="H215" t="s">
-        <v>716</v>
+        <v>741</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>678</v>
+        <v>464</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>717</v>
+        <v>742</v>
       </c>
       <c r="D216" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E216" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F216" t="s">
-        <v>224</v>
+        <v>35</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>718</v>
+        <v>743</v>
       </c>
       <c r="H216" t="s">
-        <v>719</v>
+        <v>744</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>681</v>
+        <v>480</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>350</v>
+        <v>745</v>
       </c>
       <c r="D217" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E217" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F217" t="s">
-        <v>219</v>
+        <v>35</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>720</v>
+        <v>746</v>
       </c>
       <c r="H217" t="s">
-        <v>721</v>
+        <v>747</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>684</v>
+        <v>484</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>722</v>
+        <v>748</v>
       </c>
       <c r="D218" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E218" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F218" t="s">
-        <v>219</v>
+        <v>35</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>723</v>
+        <v>749</v>
       </c>
       <c r="H218" t="s">
-        <v>724</v>
+        <v>750</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>689</v>
+        <v>488</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>725</v>
+        <v>751</v>
       </c>
       <c r="D219" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E219" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F219" t="s">
-        <v>107</v>
+        <v>262</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>726</v>
+        <v>752</v>
       </c>
       <c r="H219" t="s">
-        <v>727</v>
+        <v>753</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>696</v>
+        <v>492</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>728</v>
+        <v>754</v>
       </c>
       <c r="D220" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E220" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F220" t="s">
-        <v>18</v>
+        <v>262</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>729</v>
+        <v>755</v>
       </c>
       <c r="H220" t="s">
-        <v>730</v>
+        <v>756</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>699</v>
+        <v>496</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>731</v>
+        <v>757</v>
       </c>
       <c r="D221" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E221" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F221" t="s">
-        <v>347</v>
+        <v>35</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>732</v>
+        <v>758</v>
       </c>
       <c r="H221" t="s">
-        <v>733</v>
+        <v>759</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>702</v>
+        <v>501</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>734</v>
+        <v>760</v>
       </c>
       <c r="D222" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E222" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F222" t="s">
-        <v>18</v>
+        <v>262</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>735</v>
+        <v>761</v>
       </c>
       <c r="H222" t="s">
-        <v>736</v>
+        <v>762</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>705</v>
+        <v>511</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>737</v>
+        <v>763</v>
       </c>
       <c r="D223" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E223" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F223" t="s">
-        <v>347</v>
+        <v>143</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>738</v>
+        <v>764</v>
       </c>
       <c r="H223" t="s">
-        <v>739</v>
+        <v>765</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>708</v>
+        <v>521</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>740</v>
+        <v>766</v>
       </c>
       <c r="D224" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E224" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F224" t="s">
-        <v>347</v>
+        <v>590</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>741</v>
+        <v>767</v>
       </c>
       <c r="H224" t="s">
-        <v>742</v>
+        <v>768</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>711</v>
+        <v>673</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>743</v>
+        <v>769</v>
       </c>
       <c r="D225" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E225" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F225" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>744</v>
+        <v>770</v>
       </c>
       <c r="H225" t="s">
-        <v>745</v>
+        <v>771</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>714</v>
+        <v>679</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>164</v>
+        <v>772</v>
       </c>
       <c r="D226" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E226" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F226" t="s">
-        <v>347</v>
+        <v>93</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>746</v>
+        <v>773</v>
       </c>
       <c r="H226" t="s">
-        <v>747</v>
+        <v>774</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>722</v>
+        <v>685</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>748</v>
+        <v>775</v>
       </c>
       <c r="D227" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E227" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F227" t="s">
-        <v>13</v>
+        <v>93</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>749</v>
+        <v>776</v>
       </c>
       <c r="H227" t="s">
-        <v>750</v>
+        <v>777</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>725</v>
+        <v>688</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>751</v>
+        <v>778</v>
       </c>
       <c r="D228" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E228" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F228" t="s">
-        <v>13</v>
+        <v>93</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>752</v>
+        <v>779</v>
       </c>
       <c r="H228" t="s">
-        <v>753</v>
+        <v>780</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>728</v>
+        <v>691</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>754</v>
+        <v>781</v>
       </c>
       <c r="D229" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E229" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F229" t="s">
-        <v>13</v>
+        <v>590</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>755</v>
+        <v>782</v>
       </c>
       <c r="H229" t="s">
-        <v>756</v>
+        <v>783</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>731</v>
+        <v>695</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>757</v>
+        <v>784</v>
       </c>
       <c r="D230" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E230" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F230" t="s">
-        <v>13</v>
+        <v>262</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>758</v>
+        <v>785</v>
       </c>
       <c r="H230" t="s">
-        <v>677</v>
+        <v>786</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>734</v>
+        <v>700</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>759</v>
+        <v>787</v>
       </c>
       <c r="D231" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E231" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F231" t="s">
-        <v>13</v>
+        <v>590</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>760</v>
+        <v>788</v>
       </c>
       <c r="H231" t="s">
-        <v>761</v>
+        <v>789</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>737</v>
+        <v>703</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>762</v>
+        <v>790</v>
       </c>
       <c r="D232" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E232" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F232" t="s">
-        <v>13</v>
+        <v>143</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>763</v>
+        <v>791</v>
       </c>
       <c r="H232" t="s">
-        <v>764</v>
+        <v>792</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>740</v>
+        <v>706</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>160</v>
+        <v>793</v>
       </c>
       <c r="D233" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E233" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F233" t="s">
-        <v>13</v>
+        <v>143</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>765</v>
+        <v>794</v>
       </c>
       <c r="H233" t="s">
-        <v>766</v>
+        <v>795</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>748</v>
+        <v>709</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>767</v>
+        <v>796</v>
       </c>
       <c r="D234" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E234" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F234" t="s">
-        <v>102</v>
+        <v>143</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>768</v>
+        <v>797</v>
       </c>
       <c r="H234" t="s">
-        <v>769</v>
+        <v>798</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>751</v>
+        <v>712</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>168</v>
+        <v>799</v>
       </c>
       <c r="D235" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E235" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F235" t="s">
-        <v>224</v>
+        <v>47</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>770</v>
+        <v>800</v>
       </c>
       <c r="H235" t="s">
-        <v>771</v>
+        <v>801</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>754</v>
+        <v>724</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>353</v>
+        <v>802</v>
       </c>
       <c r="D236" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E236" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F236" t="s">
-        <v>102</v>
+        <v>35</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>772</v>
+        <v>803</v>
       </c>
       <c r="H236" t="s">
-        <v>773</v>
+        <v>804</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>757</v>
+        <v>733</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>774</v>
+        <v>805</v>
       </c>
       <c r="D237" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E237" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F237" t="s">
-        <v>18</v>
+        <v>262</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>775</v>
+        <v>806</v>
       </c>
       <c r="H237" t="s">
-        <v>776</v>
+        <v>807</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>759</v>
+        <v>736</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>777</v>
+        <v>808</v>
       </c>
       <c r="D238" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E238" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F238" t="s">
-        <v>224</v>
+        <v>262</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>778</v>
+        <v>809</v>
       </c>
       <c r="H238" t="s">
-        <v>779</v>
+        <v>810</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>762</v>
+        <v>739</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>322</v>
+        <v>811</v>
       </c>
       <c r="D239" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E239" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F239" t="s">
-        <v>224</v>
+        <v>143</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>780</v>
+        <v>812</v>
       </c>
       <c r="H239" t="s">
-        <v>781</v>
+        <v>813</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>774</v>
+        <v>742</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>177</v>
+        <v>814</v>
       </c>
       <c r="D240" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E240" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F240" t="s">
-        <v>34</v>
+        <v>143</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>782</v>
+        <v>815</v>
       </c>
       <c r="H240" t="s">
-        <v>783</v>
+        <v>816</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>784</v>
+        <v>745</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>784</v>
+        <v>817</v>
       </c>
       <c r="D241" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E241" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F241" t="s">
-        <v>34</v>
+        <v>262</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>785</v>
+        <v>818</v>
       </c>
       <c r="H241" t="s">
-        <v>786</v>
+        <v>819</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>787</v>
+        <v>748</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>787</v>
+        <v>820</v>
       </c>
       <c r="D242" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E242" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F242" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>788</v>
+        <v>821</v>
       </c>
       <c r="H242" t="s">
-        <v>789</v>
+        <v>822</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>790</v>
+        <v>751</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>790</v>
+        <v>823</v>
       </c>
       <c r="D243" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E243" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F243" t="s">
-        <v>34</v>
+        <v>143</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>791</v>
+        <v>824</v>
       </c>
       <c r="H243" t="s">
-        <v>792</v>
+        <v>825</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>793</v>
+        <v>754</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>793</v>
+        <v>826</v>
       </c>
       <c r="D244" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E244" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F244" t="s">
-        <v>224</v>
+        <v>143</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>794</v>
+        <v>827</v>
       </c>
       <c r="H244" t="s">
-        <v>795</v>
+        <v>828</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>796</v>
+        <v>757</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>797</v>
+        <v>829</v>
       </c>
       <c r="D245" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E245" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F245" t="s">
-        <v>107</v>
+        <v>67</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>798</v>
+        <v>830</v>
       </c>
       <c r="H245" t="s">
-        <v>799</v>
+        <v>831</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>800</v>
+        <v>760</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>796</v>
+        <v>832</v>
       </c>
       <c r="D246" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E246" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F246" t="s">
-        <v>107</v>
+        <v>143</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>801</v>
+        <v>833</v>
       </c>
       <c r="H246" t="s">
-        <v>802</v>
+        <v>834</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>803</v>
+        <v>763</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>804</v>
+        <v>835</v>
       </c>
       <c r="D247" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E247" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F247" t="s">
-        <v>347</v>
+        <v>47</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>805</v>
+        <v>836</v>
       </c>
       <c r="H247" t="s">
-        <v>806</v>
+        <v>837</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>807</v>
+        <v>769</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>800</v>
+        <v>838</v>
       </c>
       <c r="D248" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E248" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F248" t="s">
-        <v>34</v>
+        <v>262</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>808</v>
+        <v>839</v>
       </c>
       <c r="H248" t="s">
-        <v>809</v>
+        <v>840</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>810</v>
+        <v>772</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>811</v>
+        <v>841</v>
       </c>
       <c r="D249" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E249" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F249" t="s">
-        <v>34</v>
+        <v>262</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>812</v>
+        <v>842</v>
       </c>
       <c r="H249" t="s">
-        <v>813</v>
+        <v>843</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>814</v>
+        <v>775</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>325</v>
+        <v>844</v>
       </c>
       <c r="D250" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E250" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F250" t="s">
-        <v>34</v>
+        <v>93</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>815</v>
+        <v>845</v>
       </c>
       <c r="H250" t="s">
-        <v>816</v>
+        <v>777</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>817</v>
+        <v>778</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>172</v>
+        <v>846</v>
       </c>
       <c r="D251" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E251" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F251" t="s">
-        <v>224</v>
+        <v>590</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>818</v>
+        <v>847</v>
       </c>
       <c r="H251" t="s">
-        <v>819</v>
+        <v>848</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>820</v>
+        <v>781</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>803</v>
+        <v>849</v>
       </c>
       <c r="D252" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E252" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F252" t="s">
-        <v>224</v>
+        <v>47</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>821</v>
+        <v>850</v>
       </c>
       <c r="H252" t="s">
-        <v>822</v>
+        <v>851</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>823</v>
+        <v>784</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>193</v>
+        <v>852</v>
       </c>
       <c r="D253" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E253" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F253" t="s">
-        <v>18</v>
+        <v>93</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>824</v>
+        <v>853</v>
       </c>
       <c r="H253" t="s">
-        <v>825</v>
+        <v>854</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>826</v>
+        <v>787</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>197</v>
+        <v>162</v>
       </c>
       <c r="D254" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E254" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F254" t="s">
-        <v>224</v>
+        <v>35</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>827</v>
+        <v>855</v>
       </c>
       <c r="H254" t="s">
-        <v>828</v>
+        <v>856</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>829</v>
+        <v>793</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>807</v>
+        <v>171</v>
       </c>
       <c r="D255" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E255" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F255" t="s">
-        <v>224</v>
+        <v>143</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>830</v>
+        <v>857</v>
       </c>
       <c r="H255" t="s">
-        <v>831</v>
+        <v>858</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>832</v>
+        <v>796</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>810</v>
+        <v>166</v>
       </c>
       <c r="D256" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E256" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F256" t="s">
-        <v>224</v>
+        <v>67</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>833</v>
+        <v>859</v>
       </c>
       <c r="H256" t="s">
-        <v>834</v>
+        <v>860</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>835</v>
+        <v>799</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>814</v>
+        <v>861</v>
       </c>
       <c r="D257" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E257" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F257" t="s">
-        <v>18</v>
+        <v>262</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>836</v>
+        <v>862</v>
       </c>
       <c r="H257" t="s">
-        <v>837</v>
+        <v>863</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>838</v>
+        <v>802</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>817</v>
+        <v>864</v>
       </c>
       <c r="D258" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E258" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F258" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>839</v>
+        <v>865</v>
       </c>
       <c r="H258" t="s">
-        <v>840</v>
+        <v>866</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>841</v>
+        <v>808</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>820</v>
+        <v>867</v>
       </c>
       <c r="D259" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E259" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F259" t="s">
-        <v>34</v>
+        <v>590</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>842</v>
+        <v>868</v>
       </c>
       <c r="H259" t="s">
-        <v>843</v>
+        <v>869</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>844</v>
+        <v>811</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>823</v>
+        <v>870</v>
       </c>
       <c r="D260" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E260" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F260" t="s">
-        <v>102</v>
+        <v>590</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>845</v>
+        <v>871</v>
       </c>
       <c r="H260" t="s">
-        <v>846</v>
+        <v>872</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>847</v>
+        <v>814</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>181</v>
+        <v>873</v>
       </c>
       <c r="D261" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E261" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F261" t="s">
-        <v>34</v>
+        <v>590</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>848</v>
+        <v>874</v>
       </c>
       <c r="H261" t="s">
-        <v>849</v>
+        <v>875</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>850</v>
+        <v>817</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>185</v>
+        <v>876</v>
       </c>
       <c r="D262" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E262" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F262" t="s">
-        <v>54</v>
+        <v>590</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>851</v>
+        <v>877</v>
       </c>
       <c r="H262" t="s">
-        <v>852</v>
+        <v>878</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>853</v>
+        <v>820</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>201</v>
+        <v>879</v>
       </c>
       <c r="D263" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E263" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F263" t="s">
-        <v>34</v>
+        <v>262</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>854</v>
+        <v>880</v>
       </c>
       <c r="H263" t="s">
-        <v>855</v>
+        <v>881</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>856</v>
+        <v>823</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>205</v>
+        <v>882</v>
       </c>
       <c r="D264" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E264" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F264" t="s">
-        <v>224</v>
+        <v>590</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>857</v>
+        <v>883</v>
       </c>
       <c r="H264" t="s">
-        <v>858</v>
+        <v>884</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>859</v>
+        <v>826</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>209</v>
+        <v>885</v>
       </c>
       <c r="D265" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E265" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F265" t="s">
-        <v>224</v>
+        <v>93</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>860</v>
+        <v>886</v>
       </c>
       <c r="H265" t="s">
-        <v>861</v>
+        <v>887</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>862</v>
+        <v>829</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>826</v>
+        <v>888</v>
       </c>
       <c r="D266" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E266" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F266" t="s">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>863</v>
+        <v>889</v>
       </c>
       <c r="H266" t="s">
-        <v>864</v>
+        <v>890</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>865</v>
+        <v>832</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>829</v>
+        <v>175</v>
       </c>
       <c r="D267" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E267" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F267" t="s">
-        <v>102</v>
+        <v>47</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>866</v>
+        <v>891</v>
       </c>
       <c r="H267" t="s">
-        <v>867</v>
+        <v>892</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>868</v>
+        <v>835</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>832</v>
+        <v>179</v>
       </c>
       <c r="D268" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E268" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F268" t="s">
-        <v>347</v>
+        <v>13</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>869</v>
+        <v>893</v>
       </c>
       <c r="H268" t="s">
-        <v>870</v>
+        <v>894</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>871</v>
+        <v>838</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>835</v>
+        <v>895</v>
       </c>
       <c r="D269" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E269" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F269" t="s">
-        <v>347</v>
+        <v>262</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>872</v>
+        <v>896</v>
       </c>
       <c r="H269" t="s">
-        <v>873</v>
+        <v>897</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>874</v>
+        <v>841</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>838</v>
+        <v>898</v>
       </c>
       <c r="D270" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E270" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F270" t="s">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>875</v>
+        <v>899</v>
       </c>
       <c r="H270" t="s">
-        <v>876</v>
+        <v>900</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>877</v>
+        <v>844</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>841</v>
+        <v>901</v>
       </c>
       <c r="D271" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E271" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F271" t="s">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>878</v>
+        <v>902</v>
       </c>
       <c r="H271" t="s">
-        <v>879</v>
+        <v>903</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>880</v>
+        <v>846</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>844</v>
+        <v>186</v>
       </c>
       <c r="D272" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E272" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F272" t="s">
-        <v>347</v>
+        <v>93</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>881</v>
+        <v>904</v>
       </c>
       <c r="H272" t="s">
-        <v>882</v>
+        <v>905</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>883</v>
+        <v>849</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>847</v>
+        <v>906</v>
       </c>
       <c r="D273" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E273" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F273" t="s">
-        <v>347</v>
+        <v>262</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>884</v>
+        <v>907</v>
       </c>
       <c r="H273" t="s">
-        <v>885</v>
+        <v>908</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>886</v>
+        <v>852</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>850</v>
+        <v>190</v>
       </c>
       <c r="D274" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E274" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F274" t="s">
-        <v>54</v>
+        <v>262</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>887</v>
+        <v>909</v>
       </c>
       <c r="H274" t="s">
-        <v>888</v>
+        <v>910</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>889</v>
+        <v>864</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>853</v>
+        <v>194</v>
       </c>
       <c r="D275" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E275" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F275" t="s">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>890</v>
+        <v>911</v>
       </c>
       <c r="H275" t="s">
-        <v>891</v>
+        <v>912</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>892</v>
+        <v>867</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>856</v>
+        <v>913</v>
       </c>
       <c r="D276" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E276" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F276" t="s">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>893</v>
+        <v>914</v>
       </c>
       <c r="H276" t="s">
-        <v>894</v>
+        <v>915</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>895</v>
+        <v>870</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>859</v>
+        <v>916</v>
       </c>
       <c r="D277" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E277" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F277" t="s">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>896</v>
+        <v>917</v>
       </c>
       <c r="H277" t="s">
-        <v>897</v>
+        <v>918</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>898</v>
+        <v>873</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>862</v>
+        <v>919</v>
       </c>
       <c r="D278" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E278" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F278" t="s">
-        <v>347</v>
+        <v>47</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>899</v>
+        <v>920</v>
       </c>
       <c r="H278" t="s">
-        <v>900</v>
+        <v>921</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>901</v>
+        <v>876</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>865</v>
+        <v>922</v>
       </c>
       <c r="D279" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E279" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F279" t="s">
-        <v>224</v>
+        <v>47</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>902</v>
+        <v>923</v>
       </c>
       <c r="H279" t="s">
-        <v>903</v>
+        <v>924</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>904</v>
+        <v>879</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>868</v>
+        <v>925</v>
       </c>
       <c r="D280" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E280" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F280" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>905</v>
+        <v>926</v>
       </c>
       <c r="H280" t="s">
-        <v>906</v>
+        <v>927</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>907</v>
+        <v>882</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>871</v>
+        <v>928</v>
       </c>
       <c r="D281" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E281" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F281" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>908</v>
+        <v>929</v>
       </c>
       <c r="H281" t="s">
-        <v>909</v>
+        <v>930</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>910</v>
+        <v>885</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>874</v>
+        <v>931</v>
       </c>
       <c r="D282" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E282" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F282" t="s">
-        <v>107</v>
+        <v>143</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>911</v>
+        <v>932</v>
       </c>
       <c r="H282" t="s">
-        <v>912</v>
+        <v>933</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>913</v>
+        <v>895</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>877</v>
+        <v>934</v>
       </c>
       <c r="D283" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E283" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F283" t="s">
-        <v>18</v>
+        <v>262</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>914</v>
+        <v>935</v>
       </c>
       <c r="H283" t="s">
-        <v>915</v>
+        <v>936</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>916</v>
+        <v>898</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>880</v>
+        <v>593</v>
       </c>
       <c r="D284" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E284" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F284" t="s">
-        <v>18</v>
+        <v>257</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>917</v>
+        <v>937</v>
       </c>
       <c r="H284" t="s">
-        <v>918</v>
+        <v>938</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>919</v>
+        <v>901</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>886</v>
+        <v>939</v>
       </c>
       <c r="D285" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E285" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F285" t="s">
-        <v>18</v>
+        <v>257</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>920</v>
+        <v>940</v>
       </c>
       <c r="H285" t="s">
-        <v>921</v>
+        <v>941</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>922</v>
+        <v>906</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>883</v>
+        <v>942</v>
       </c>
       <c r="D286" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E286" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F286" t="s">
-        <v>54</v>
+        <v>143</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>923</v>
+        <v>943</v>
       </c>
       <c r="H286" t="s">
-        <v>924</v>
+        <v>944</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>925</v>
+        <v>913</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>926</v>
+        <v>945</v>
       </c>
       <c r="D287" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E287" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F287" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>927</v>
+        <v>946</v>
       </c>
       <c r="H287" t="s">
-        <v>928</v>
+        <v>947</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>929</v>
+        <v>916</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>930</v>
+        <v>948</v>
       </c>
       <c r="D288" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E288" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F288" t="s">
-        <v>13</v>
+        <v>590</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>931</v>
+        <v>949</v>
       </c>
       <c r="H288" t="s">
-        <v>932</v>
+        <v>950</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>933</v>
+        <v>919</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>889</v>
+        <v>951</v>
       </c>
       <c r="D289" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E289" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F289" t="s">
-        <v>224</v>
+        <v>47</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>934</v>
+        <v>952</v>
       </c>
       <c r="H289" t="s">
-        <v>935</v>
+        <v>953</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>936</v>
+        <v>922</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>892</v>
+        <v>954</v>
       </c>
       <c r="D290" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E290" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F290" t="s">
-        <v>13</v>
+        <v>590</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>937</v>
+        <v>955</v>
       </c>
       <c r="H290" t="s">
-        <v>938</v>
+        <v>956</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>939</v>
+        <v>925</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>213</v>
+        <v>957</v>
       </c>
       <c r="D291" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E291" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F291" t="s">
-        <v>224</v>
+        <v>590</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>940</v>
+        <v>958</v>
       </c>
       <c r="H291" t="s">
-        <v>941</v>
+        <v>959</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>942</v>
+        <v>928</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>895</v>
+        <v>960</v>
       </c>
       <c r="D292" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E292" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F292" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>943</v>
+        <v>961</v>
       </c>
       <c r="H292" t="s">
-        <v>944</v>
+        <v>962</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>945</v>
+        <v>931</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>898</v>
+        <v>202</v>
       </c>
       <c r="D293" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E293" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F293" t="s">
-        <v>13</v>
+        <v>590</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>946</v>
+        <v>963</v>
       </c>
       <c r="H293" t="s">
-        <v>947</v>
+        <v>964</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>948</v>
+        <v>939</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>901</v>
+        <v>965</v>
       </c>
       <c r="D294" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E294" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F294" t="s">
         <v>13</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>949</v>
+        <v>966</v>
       </c>
       <c r="H294" t="s">
-        <v>950</v>
+        <v>967</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>951</v>
+        <v>942</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>904</v>
+        <v>968</v>
       </c>
       <c r="D295" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E295" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F295" t="s">
         <v>13</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>952</v>
+        <v>969</v>
       </c>
       <c r="H295" t="s">
-        <v>953</v>
+        <v>970</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>954</v>
+        <v>945</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>907</v>
+        <v>971</v>
       </c>
       <c r="D296" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E296" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F296" t="s">
-        <v>224</v>
+        <v>13</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>955</v>
+        <v>972</v>
       </c>
       <c r="H296" t="s">
-        <v>956</v>
+        <v>973</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>957</v>
+        <v>948</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>910</v>
+        <v>974</v>
       </c>
       <c r="D297" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E297" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F297" t="s">
         <v>13</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>958</v>
+        <v>975</v>
       </c>
       <c r="H297" t="s">
-        <v>959</v>
+        <v>894</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>960</v>
+        <v>951</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>913</v>
+        <v>976</v>
       </c>
       <c r="D298" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E298" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F298" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>961</v>
+        <v>977</v>
       </c>
       <c r="H298" t="s">
-        <v>962</v>
+        <v>978</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>963</v>
+        <v>954</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>916</v>
+        <v>979</v>
       </c>
       <c r="D299" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E299" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F299" t="s">
-        <v>347</v>
+        <v>13</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>964</v>
+        <v>980</v>
       </c>
       <c r="H299" t="s">
-        <v>965</v>
+        <v>981</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>966</v>
+        <v>957</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>967</v>
+        <v>198</v>
       </c>
       <c r="D300" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E300" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F300" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>968</v>
+        <v>982</v>
       </c>
       <c r="H300" t="s">
-        <v>969</v>
+        <v>983</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>970</v>
+        <v>965</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>217</v>
+        <v>984</v>
       </c>
       <c r="D301" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E301" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F301" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>971</v>
+        <v>985</v>
       </c>
       <c r="H301" t="s">
-        <v>972</v>
+        <v>986</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>973</v>
+        <v>968</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>974</v>
+        <v>206</v>
       </c>
       <c r="D302" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E302" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F302" t="s">
-        <v>18</v>
+        <v>262</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>975</v>
+        <v>987</v>
       </c>
       <c r="H302" t="s">
-        <v>976</v>
+        <v>988</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>977</v>
+        <v>971</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>978</v>
+        <v>596</v>
       </c>
       <c r="D303" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E303" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F303" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>979</v>
+        <v>989</v>
       </c>
       <c r="H303" t="s">
-        <v>980</v>
+        <v>990</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>981</v>
+        <v>974</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>227</v>
+        <v>991</v>
       </c>
       <c r="D304" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E304" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F304" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>982</v>
+        <v>992</v>
       </c>
       <c r="H304" t="s">
-        <v>983</v>
+        <v>993</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>984</v>
+        <v>976</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>222</v>
+        <v>994</v>
       </c>
       <c r="D305" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E305" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F305" t="s">
-        <v>224</v>
+        <v>262</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>985</v>
+        <v>995</v>
       </c>
       <c r="H305" t="s">
-        <v>986</v>
+        <v>996</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>987</v>
+        <v>979</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>919</v>
+        <v>537</v>
       </c>
       <c r="D306" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E306" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F306" t="s">
-        <v>54</v>
+        <v>262</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>988</v>
+        <v>997</v>
       </c>
       <c r="H306" t="s">
-        <v>989</v>
+        <v>998</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>922</v>
+        <v>215</v>
       </c>
       <c r="D307" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E307" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F307" t="s">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>991</v>
+        <v>999</v>
       </c>
       <c r="H307" t="s">
-        <v>992</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>993</v>
+        <v>1001</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>925</v>
+        <v>1001</v>
       </c>
       <c r="D308" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E308" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F308" t="s">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>994</v>
+        <v>1002</v>
       </c>
       <c r="H308" t="s">
-        <v>995</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>996</v>
+        <v>1004</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>230</v>
+        <v>1004</v>
       </c>
       <c r="D309" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E309" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F309" t="s">
-        <v>107</v>
+        <v>67</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>997</v>
+        <v>1005</v>
       </c>
       <c r="H309" t="s">
-        <v>998</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>999</v>
+        <v>1007</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>234</v>
+        <v>1007</v>
       </c>
       <c r="D310" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E310" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F310" t="s">
-        <v>13</v>
+        <v>67</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1000</v>
+        <v>1008</v>
       </c>
       <c r="H310" t="s">
-        <v>1001</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1002</v>
+        <v>1010</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>1003</v>
+        <v>1010</v>
       </c>
       <c r="D311" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E311" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F311" t="s">
-        <v>13</v>
+        <v>262</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1004</v>
+        <v>1011</v>
       </c>
       <c r="H311" t="s">
-        <v>1005</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1006</v>
+        <v>1013</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>1007</v>
+        <v>1014</v>
       </c>
       <c r="D312" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E312" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F312" t="s">
-        <v>18</v>
+        <v>143</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1008</v>
+        <v>1015</v>
       </c>
       <c r="H312" t="s">
-        <v>1009</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1010</v>
+        <v>1017</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="D313" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E313" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F313" t="s">
-        <v>224</v>
+        <v>143</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1012</v>
+        <v>1018</v>
       </c>
       <c r="H313" t="s">
-        <v>1013</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1014</v>
+        <v>1020</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>929</v>
+        <v>1021</v>
       </c>
       <c r="D314" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E314" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F314" t="s">
-        <v>224</v>
+        <v>590</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1015</v>
+        <v>1022</v>
       </c>
       <c r="H314" t="s">
-        <v>1016</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B315" t="s">
+        <v>9</v>
+      </c>
+      <c r="C315" t="s">
         <v>1017</v>
       </c>
-      <c r="B315" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D315" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E315" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F315" t="s">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1018</v>
+        <v>1025</v>
       </c>
       <c r="H315" t="s">
-        <v>1019</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1020</v>
+        <v>1027</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>936</v>
+        <v>1028</v>
       </c>
       <c r="D316" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E316" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F316" t="s">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1021</v>
+        <v>1029</v>
       </c>
       <c r="H316" t="s">
-        <v>1022</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1023</v>
+        <v>1031</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>939</v>
+        <v>540</v>
       </c>
       <c r="D317" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E317" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F317" t="s">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1024</v>
+        <v>1032</v>
       </c>
       <c r="H317" t="s">
-        <v>1025</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1026</v>
+        <v>1034</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>942</v>
+        <v>210</v>
       </c>
       <c r="D318" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E318" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F318" t="s">
-        <v>54</v>
+        <v>262</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1027</v>
+        <v>1035</v>
       </c>
       <c r="H318" t="s">
-        <v>1028</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1029</v>
+        <v>1037</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>945</v>
+        <v>1020</v>
       </c>
       <c r="D319" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E319" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F319" t="s">
-        <v>107</v>
+        <v>262</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1030</v>
+        <v>1038</v>
       </c>
       <c r="H319" t="s">
-        <v>1031</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1032</v>
+        <v>1040</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>948</v>
+        <v>231</v>
       </c>
       <c r="D320" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E320" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F320" t="s">
-        <v>224</v>
+        <v>47</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1033</v>
+        <v>1041</v>
       </c>
       <c r="H320" t="s">
-        <v>1034</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1035</v>
+        <v>1043</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>951</v>
+        <v>235</v>
       </c>
       <c r="D321" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E321" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F321" t="s">
-        <v>107</v>
+        <v>262</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1036</v>
+        <v>1044</v>
       </c>
       <c r="H321" t="s">
-        <v>1037</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1038</v>
+        <v>1046</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>1039</v>
+        <v>1024</v>
       </c>
       <c r="D322" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E322" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F322" t="s">
-        <v>54</v>
+        <v>262</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1040</v>
+        <v>1047</v>
       </c>
       <c r="H322" t="s">
-        <v>1041</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1042</v>
+        <v>1049</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>954</v>
+        <v>1027</v>
       </c>
       <c r="D323" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E323" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F323" t="s">
-        <v>224</v>
+        <v>262</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1043</v>
+        <v>1050</v>
       </c>
       <c r="H323" t="s">
-        <v>1044</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1045</v>
+        <v>1052</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>957</v>
+        <v>1031</v>
       </c>
       <c r="D324" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E324" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F324" t="s">
-        <v>224</v>
+        <v>47</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1046</v>
+        <v>1053</v>
       </c>
       <c r="H324" t="s">
-        <v>1047</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1048</v>
+        <v>1055</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>960</v>
+        <v>1034</v>
       </c>
       <c r="D325" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E325" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F325" t="s">
-        <v>102</v>
+        <v>67</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1049</v>
+        <v>1056</v>
       </c>
       <c r="H325" t="s">
-        <v>1050</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1051</v>
+        <v>1058</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>1052</v>
+        <v>1037</v>
       </c>
       <c r="D326" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E326" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F326" t="s">
-        <v>13</v>
+        <v>67</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1053</v>
+        <v>1059</v>
       </c>
       <c r="H326" t="s">
-        <v>1054</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1055</v>
+        <v>1061</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>963</v>
+        <v>1040</v>
       </c>
       <c r="D327" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E327" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F327" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1056</v>
+        <v>1062</v>
       </c>
       <c r="H327" t="s">
-        <v>1057</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1058</v>
+        <v>1064</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>1059</v>
+        <v>219</v>
       </c>
       <c r="D328" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E328" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F328" t="s">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1060</v>
+        <v>1065</v>
       </c>
       <c r="H328" t="s">
-        <v>1061</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1062</v>
+        <v>1067</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>966</v>
+        <v>223</v>
       </c>
       <c r="D329" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E329" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F329" t="s">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1063</v>
+        <v>1068</v>
       </c>
       <c r="H329" t="s">
-        <v>1064</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1065</v>
+        <v>1070</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>970</v>
+        <v>239</v>
       </c>
       <c r="D330" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E330" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F330" t="s">
-        <v>107</v>
+        <v>67</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1066</v>
+        <v>1071</v>
       </c>
       <c r="H330" t="s">
-        <v>1067</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1068</v>
+        <v>1073</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>973</v>
+        <v>243</v>
       </c>
       <c r="D331" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E331" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F331" t="s">
-        <v>13</v>
+        <v>262</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1069</v>
+        <v>1074</v>
       </c>
       <c r="H331" t="s">
-        <v>1070</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1071</v>
+        <v>1076</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>977</v>
+        <v>247</v>
       </c>
       <c r="D332" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E332" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F332" t="s">
-        <v>13</v>
+        <v>262</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1072</v>
+        <v>1077</v>
       </c>
       <c r="H332" t="s">
-        <v>1073</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1074</v>
+        <v>1079</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>328</v>
+        <v>1043</v>
       </c>
       <c r="D333" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E333" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F333" t="s">
-        <v>107</v>
+        <v>93</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1075</v>
+        <v>1080</v>
       </c>
       <c r="H333" t="s">
-        <v>1076</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1077</v>
+        <v>1082</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>981</v>
+        <v>1046</v>
       </c>
       <c r="D334" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E334" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F334" t="s">
-        <v>107</v>
+        <v>35</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1078</v>
+        <v>1083</v>
       </c>
       <c r="H334" t="s">
-        <v>1079</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1080</v>
+        <v>1085</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>984</v>
+        <v>1049</v>
       </c>
       <c r="D335" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E335" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F335" t="s">
-        <v>54</v>
+        <v>590</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1081</v>
+        <v>1086</v>
       </c>
       <c r="H335" t="s">
-        <v>1082</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1083</v>
+        <v>1088</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>987</v>
+        <v>1052</v>
       </c>
       <c r="D336" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E336" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F336" t="s">
-        <v>107</v>
+        <v>590</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1084</v>
+        <v>1089</v>
       </c>
       <c r="H336" t="s">
-        <v>1085</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1086</v>
+        <v>1091</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>1087</v>
+        <v>1055</v>
       </c>
       <c r="D337" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E337" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F337" t="s">
-        <v>13</v>
+        <v>93</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1088</v>
+        <v>1092</v>
       </c>
       <c r="H337" t="s">
-        <v>1089</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1090</v>
+        <v>1094</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>990</v>
+        <v>1058</v>
       </c>
       <c r="D338" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E338" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F338" t="s">
-        <v>224</v>
+        <v>93</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>24</v>
+        <v>1095</v>
       </c>
       <c r="H338" t="s">
-        <v>1091</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1092</v>
+        <v>1097</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>993</v>
+        <v>1061</v>
       </c>
       <c r="D339" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E339" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F339" t="s">
-        <v>13</v>
+        <v>590</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1093</v>
+        <v>1098</v>
       </c>
       <c r="H339" t="s">
-        <v>1094</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1095</v>
+        <v>1100</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>1096</v>
+        <v>1064</v>
       </c>
       <c r="D340" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E340" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F340" t="s">
-        <v>18</v>
+        <v>590</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="H340" t="s">
-        <v>1098</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1099</v>
+        <v>1103</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>996</v>
+        <v>1067</v>
       </c>
       <c r="D341" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E341" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F341" t="s">
-        <v>13</v>
+        <v>93</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1100</v>
+        <v>1104</v>
       </c>
       <c r="H341" t="s">
-        <v>1101</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1102</v>
+        <v>1106</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>999</v>
+        <v>1070</v>
       </c>
       <c r="D342" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E342" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F342" t="s">
-        <v>13</v>
+        <v>93</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1103</v>
+        <v>1107</v>
       </c>
       <c r="H342" t="s">
-        <v>1104</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1105</v>
+        <v>1109</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>1106</v>
+        <v>1073</v>
       </c>
       <c r="D343" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E343" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F343" t="s">
-        <v>13</v>
+        <v>93</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1107</v>
+        <v>1110</v>
       </c>
       <c r="H343" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1109</v>
+        <v>1112</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>1110</v>
+        <v>1076</v>
       </c>
       <c r="D344" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E344" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F344" t="s">
-        <v>13</v>
+        <v>93</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="H344" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>1002</v>
+        <v>1079</v>
       </c>
       <c r="D345" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E345" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F345" t="s">
-        <v>13</v>
+        <v>590</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="H345" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>1006</v>
+        <v>1082</v>
       </c>
       <c r="D346" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E346" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F346" t="s">
-        <v>54</v>
+        <v>262</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="H346" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>1010</v>
+        <v>1085</v>
       </c>
       <c r="D347" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E347" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F347" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="H347" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>1014</v>
+        <v>1088</v>
       </c>
       <c r="D348" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E348" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F348" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="H348" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>1017</v>
+        <v>1091</v>
       </c>
       <c r="D349" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E349" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F349" t="s">
-        <v>54</v>
+        <v>143</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="H349" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>1020</v>
+        <v>1094</v>
       </c>
       <c r="D350" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E350" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F350" t="s">
-        <v>224</v>
+        <v>47</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="H350" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>1023</v>
+        <v>1097</v>
       </c>
       <c r="D351" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E351" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F351" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="H351" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>1026</v>
+        <v>1103</v>
       </c>
       <c r="D352" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E352" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F352" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="H352" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>1029</v>
+        <v>1100</v>
       </c>
       <c r="D353" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E353" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F353" t="s">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="H353" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>1032</v>
+        <v>1143</v>
       </c>
       <c r="D354" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E354" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F354" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1141</v>
+        <v>1144</v>
       </c>
       <c r="H354" t="s">
-        <v>1142</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1143</v>
+        <v>1146</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>1035</v>
+        <v>1147</v>
       </c>
       <c r="D355" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E355" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F355" t="s">
         <v>13</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1144</v>
+        <v>1148</v>
       </c>
       <c r="H355" t="s">
-        <v>1145</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1146</v>
+        <v>1150</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>242</v>
+        <v>1106</v>
       </c>
       <c r="D356" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E356" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F356" t="s">
-        <v>54</v>
+        <v>262</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1147</v>
+        <v>1151</v>
       </c>
       <c r="H356" t="s">
-        <v>1148</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1149</v>
+        <v>1153</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>246</v>
+        <v>1109</v>
       </c>
       <c r="D357" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E357" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F357" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1150</v>
+        <v>1154</v>
       </c>
       <c r="H357" t="s">
-        <v>1151</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>1038</v>
+        <v>251</v>
       </c>
       <c r="D358" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E358" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F358" t="s">
-        <v>54</v>
+        <v>262</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="H358" t="s">
-        <v>1154</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1155</v>
+        <v>1159</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>1042</v>
+        <v>1112</v>
       </c>
       <c r="D359" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E359" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F359" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1156</v>
+        <v>1160</v>
       </c>
       <c r="H359" t="s">
-        <v>1157</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1158</v>
+        <v>1162</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>1159</v>
+        <v>1115</v>
       </c>
       <c r="D360" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E360" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F360" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1160</v>
+        <v>1163</v>
       </c>
       <c r="H360" t="s">
-        <v>1161</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1162</v>
+        <v>1165</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>238</v>
+        <v>1118</v>
       </c>
       <c r="D361" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E361" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F361" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1163</v>
+        <v>1166</v>
       </c>
       <c r="H361" t="s">
-        <v>1164</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1165</v>
+        <v>1168</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>250</v>
+        <v>1121</v>
       </c>
       <c r="D362" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E362" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F362" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="H362" t="s">
-        <v>1167</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1168</v>
+        <v>1171</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>1045</v>
+        <v>1124</v>
       </c>
       <c r="D363" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E363" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F363" t="s">
-        <v>18</v>
+        <v>262</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1169</v>
+        <v>1172</v>
       </c>
       <c r="H363" t="s">
-        <v>1170</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1171</v>
+        <v>1174</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>1048</v>
+        <v>1127</v>
       </c>
       <c r="D364" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E364" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F364" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1172</v>
+        <v>1175</v>
       </c>
       <c r="H364" t="s">
-        <v>1173</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1174</v>
+        <v>1177</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>1051</v>
+        <v>1130</v>
       </c>
       <c r="D365" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E365" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F365" t="s">
-        <v>18</v>
+        <v>93</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1175</v>
+        <v>1178</v>
       </c>
       <c r="H365" t="s">
-        <v>1176</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1177</v>
+        <v>1180</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>1178</v>
+        <v>1133</v>
       </c>
       <c r="D366" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E366" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F366" t="s">
-        <v>34</v>
+        <v>590</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
       <c r="H366" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="D367" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E367" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F367" t="s">
-        <v>34</v>
+        <v>93</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="H367" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>1186</v>
+        <v>255</v>
       </c>
       <c r="D368" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E368" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F368" t="s">
-        <v>34</v>
+        <v>93</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="H368" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>1055</v>
+        <v>1191</v>
       </c>
       <c r="D369" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E369" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F369" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="H369" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>1058</v>
+        <v>1195</v>
       </c>
       <c r="D370" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E370" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F370" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1193</v>
+        <v>1196</v>
       </c>
       <c r="H370" t="s">
-        <v>1194</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1195</v>
+        <v>1198</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>1062</v>
+        <v>265</v>
       </c>
       <c r="D371" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E371" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F371" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1196</v>
+        <v>1199</v>
       </c>
       <c r="H371" t="s">
-        <v>1197</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1198</v>
+        <v>1201</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>1065</v>
+        <v>260</v>
       </c>
       <c r="D372" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E372" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F372" t="s">
-        <v>13</v>
+        <v>262</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1199</v>
+        <v>1202</v>
       </c>
       <c r="H372" t="s">
-        <v>1200</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1201</v>
+        <v>1204</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>1068</v>
+        <v>1136</v>
       </c>
       <c r="D373" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E373" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F373" t="s">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1202</v>
+        <v>1205</v>
       </c>
       <c r="H373" t="s">
-        <v>1203</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1204</v>
+        <v>1207</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>1071</v>
+        <v>1139</v>
       </c>
       <c r="D374" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E374" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F374" t="s">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1205</v>
+        <v>1208</v>
       </c>
       <c r="H374" t="s">
-        <v>1206</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1207</v>
+        <v>1210</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>1074</v>
+        <v>1142</v>
       </c>
       <c r="D375" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E375" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F375" t="s">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1208</v>
+        <v>1211</v>
       </c>
       <c r="H375" t="s">
-        <v>1209</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1210</v>
+        <v>1213</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>1077</v>
+        <v>268</v>
       </c>
       <c r="D376" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E376" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F376" t="s">
-        <v>54</v>
+        <v>143</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1211</v>
+        <v>1214</v>
       </c>
       <c r="H376" t="s">
-        <v>1212</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1213</v>
+        <v>1216</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>1080</v>
+        <v>272</v>
       </c>
       <c r="D377" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E377" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F377" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="H377" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1216</v>
+        <v>1219</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>1083</v>
+        <v>1220</v>
       </c>
       <c r="D378" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E378" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F378" t="s">
-        <v>224</v>
+        <v>13</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1217</v>
+        <v>1221</v>
       </c>
       <c r="H378" t="s">
-        <v>1218</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1219</v>
+        <v>1223</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>1086</v>
+        <v>1224</v>
       </c>
       <c r="D379" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E379" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F379" t="s">
-        <v>347</v>
+        <v>47</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1220</v>
+        <v>1225</v>
       </c>
       <c r="H379" t="s">
-        <v>1221</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1222</v>
+        <v>1227</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>254</v>
+        <v>1228</v>
       </c>
       <c r="D380" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E380" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F380" t="s">
-        <v>347</v>
+        <v>262</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1223</v>
+        <v>1229</v>
       </c>
       <c r="H380" t="s">
-        <v>1224</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1225</v>
+        <v>1231</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>258</v>
+        <v>1146</v>
       </c>
       <c r="D381" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E381" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F381" t="s">
-        <v>347</v>
+        <v>262</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1226</v>
+        <v>1232</v>
       </c>
       <c r="H381" t="s">
-        <v>1227</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1228</v>
+        <v>1234</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>1229</v>
+        <v>1150</v>
       </c>
       <c r="D382" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E382" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F382" t="s">
-        <v>347</v>
+        <v>93</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1230</v>
+        <v>1235</v>
       </c>
       <c r="H382" t="s">
-        <v>1231</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1232</v>
+        <v>1237</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>1090</v>
+        <v>1153</v>
       </c>
       <c r="D383" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E383" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F383" t="s">
-        <v>347</v>
+        <v>93</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1233</v>
+        <v>1238</v>
       </c>
       <c r="H383" t="s">
-        <v>1234</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1235</v>
+        <v>1240</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>1236</v>
+        <v>1156</v>
       </c>
       <c r="D384" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E384" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F384" t="s">
-        <v>347</v>
+        <v>93</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1237</v>
+        <v>1241</v>
       </c>
       <c r="H384" t="s">
-        <v>1238</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1239</v>
+        <v>1243</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>262</v>
+        <v>1159</v>
       </c>
       <c r="D385" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E385" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F385" t="s">
-        <v>13</v>
+        <v>93</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1240</v>
+        <v>1244</v>
       </c>
       <c r="H385" t="s">
-        <v>1241</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1242</v>
+        <v>1246</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>1243</v>
+        <v>1162</v>
       </c>
       <c r="D386" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E386" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F386" t="s">
-        <v>34</v>
+        <v>143</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="H386" t="s">
-        <v>1245</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1246</v>
+        <v>1249</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>1092</v>
+        <v>1165</v>
       </c>
       <c r="D387" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E387" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F387" t="s">
-        <v>13</v>
+        <v>262</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1247</v>
+        <v>1250</v>
       </c>
       <c r="H387" t="s">
-        <v>1248</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1249</v>
+        <v>1252</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>1095</v>
+        <v>1168</v>
       </c>
       <c r="D388" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E388" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F388" t="s">
-        <v>54</v>
+        <v>143</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1250</v>
+        <v>1253</v>
       </c>
       <c r="H388" t="s">
-        <v>1251</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1252</v>
+        <v>1255</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>1099</v>
+        <v>1256</v>
       </c>
       <c r="D389" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E389" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F389" t="s">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1253</v>
+        <v>1257</v>
       </c>
       <c r="H389" t="s">
-        <v>1254</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1255</v>
+        <v>1259</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>1102</v>
+        <v>1171</v>
       </c>
       <c r="D390" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E390" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F390" t="s">
-        <v>54</v>
+        <v>262</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1256</v>
+        <v>1260</v>
       </c>
       <c r="H390" t="s">
-        <v>1257</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1258</v>
+        <v>1262</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>1105</v>
+        <v>1174</v>
       </c>
       <c r="D391" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E391" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F391" t="s">
-        <v>13</v>
+        <v>262</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1259</v>
+        <v>1263</v>
       </c>
       <c r="H391" t="s">
-        <v>1260</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1261</v>
+        <v>1265</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>1109</v>
+        <v>1177</v>
       </c>
       <c r="D392" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E392" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F392" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1262</v>
+        <v>1266</v>
       </c>
       <c r="H392" t="s">
-        <v>1263</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1264</v>
+        <v>1268</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>1113</v>
+        <v>1269</v>
       </c>
       <c r="D393" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E393" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F393" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1265</v>
+        <v>1270</v>
       </c>
       <c r="H393" t="s">
-        <v>1266</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1267</v>
+        <v>1272</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>1268</v>
+        <v>1180</v>
       </c>
       <c r="D394" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E394" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F394" t="s">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1269</v>
+        <v>1273</v>
       </c>
       <c r="H394" t="s">
-        <v>1270</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1271</v>
+        <v>1275</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>1116</v>
+        <v>1276</v>
       </c>
       <c r="D395" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E395" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F395" t="s">
-        <v>18</v>
+        <v>93</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1272</v>
+        <v>1277</v>
       </c>
       <c r="H395" t="s">
-        <v>1273</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1274</v>
+        <v>1279</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>1119</v>
+        <v>1183</v>
       </c>
       <c r="D396" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E396" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F396" t="s">
-        <v>18</v>
+        <v>93</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1275</v>
+        <v>1280</v>
       </c>
       <c r="H396" t="s">
-        <v>1276</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1277</v>
+        <v>1282</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>1122</v>
+        <v>1187</v>
       </c>
       <c r="D397" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E397" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F397" t="s">
-        <v>107</v>
+        <v>143</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1278</v>
+        <v>1283</v>
       </c>
       <c r="H397" t="s">
-        <v>1279</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1280</v>
+        <v>1285</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>1125</v>
+        <v>1190</v>
       </c>
       <c r="D398" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E398" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F398" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1281</v>
+        <v>1286</v>
       </c>
       <c r="H398" t="s">
-        <v>1282</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1283</v>
+        <v>1288</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>1284</v>
+        <v>1194</v>
       </c>
       <c r="D399" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E399" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F399" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1285</v>
+        <v>1289</v>
       </c>
       <c r="H399" t="s">
-        <v>1286</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1287</v>
+        <v>1291</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>1128</v>
+        <v>543</v>
       </c>
       <c r="D400" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E400" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F400" t="s">
-        <v>54</v>
+        <v>143</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1288</v>
+        <v>1292</v>
       </c>
       <c r="H400" t="s">
-        <v>1289</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1290</v>
+        <v>1294</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>1131</v>
+        <v>1198</v>
       </c>
       <c r="D401" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E401" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F401" t="s">
-        <v>107</v>
+        <v>143</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1291</v>
+        <v>1295</v>
       </c>
       <c r="H401" t="s">
-        <v>1292</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1293</v>
+        <v>1297</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>1134</v>
+        <v>1201</v>
       </c>
       <c r="D402" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E402" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F402" t="s">
-        <v>347</v>
+        <v>93</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
       <c r="H402" t="s">
-        <v>1295</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1296</v>
+        <v>1300</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>1137</v>
+        <v>1204</v>
       </c>
       <c r="D403" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E403" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F403" t="s">
-        <v>54</v>
+        <v>143</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1297</v>
+        <v>1301</v>
       </c>
       <c r="H403" t="s">
-        <v>1298</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1299</v>
+        <v>1303</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>1140</v>
+        <v>1304</v>
       </c>
       <c r="D404" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E404" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F404" t="s">
         <v>13</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1300</v>
+        <v>1305</v>
       </c>
       <c r="H404" t="s">
-        <v>1301</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1302</v>
+        <v>1307</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>1143</v>
+        <v>1207</v>
       </c>
       <c r="D405" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E405" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F405" t="s">
-        <v>54</v>
+        <v>262</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1303</v>
+        <v>184</v>
       </c>
       <c r="H405" t="s">
-        <v>1304</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1305</v>
+        <v>1309</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>1146</v>
+        <v>1210</v>
       </c>
       <c r="D406" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E406" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F406" t="s">
-        <v>347</v>
+        <v>13</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1306</v>
+        <v>1310</v>
       </c>
       <c r="H406" t="s">
-        <v>1307</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1308</v>
+        <v>1312</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>1149</v>
+        <v>1313</v>
       </c>
       <c r="D407" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E407" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F407" t="s">
-        <v>107</v>
+        <v>47</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1309</v>
+        <v>1314</v>
       </c>
       <c r="H407" t="s">
-        <v>1310</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1311</v>
+        <v>1316</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>1152</v>
+        <v>1213</v>
       </c>
       <c r="D408" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E408" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F408" t="s">
-        <v>107</v>
+        <v>13</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1312</v>
+        <v>1317</v>
       </c>
       <c r="H408" t="s">
-        <v>1313</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1314</v>
+        <v>1319</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>1155</v>
+        <v>1216</v>
       </c>
       <c r="D409" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E409" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F409" t="s">
-        <v>107</v>
+        <v>13</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1315</v>
+        <v>1320</v>
       </c>
       <c r="H409" t="s">
-        <v>1316</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1317</v>
+        <v>1322</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>1158</v>
+        <v>1323</v>
       </c>
       <c r="D410" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E410" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F410" t="s">
-        <v>224</v>
+        <v>13</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1318</v>
+        <v>1324</v>
       </c>
       <c r="H410" t="s">
-        <v>1319</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1320</v>
+        <v>1326</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>1162</v>
+        <v>1327</v>
       </c>
       <c r="D411" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E411" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F411" t="s">
-        <v>107</v>
+        <v>13</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1321</v>
+        <v>1328</v>
       </c>
       <c r="H411" t="s">
-        <v>1322</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1323</v>
+        <v>1330</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>1165</v>
+        <v>1219</v>
       </c>
       <c r="D412" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E412" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F412" t="s">
-        <v>347</v>
+        <v>13</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1324</v>
+        <v>1331</v>
       </c>
       <c r="H412" t="s">
-        <v>1325</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1326</v>
+        <v>1333</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>1327</v>
+        <v>1223</v>
       </c>
       <c r="D413" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E413" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F413" t="s">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1328</v>
+        <v>1334</v>
       </c>
       <c r="H413" t="s">
-        <v>1329</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1330</v>
+        <v>1336</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>1331</v>
+        <v>1227</v>
       </c>
       <c r="D414" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E414" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F414" t="s">
-        <v>224</v>
+        <v>93</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1332</v>
+        <v>1337</v>
       </c>
       <c r="H414" t="s">
-        <v>1333</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1334</v>
+        <v>1339</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>1168</v>
+        <v>1231</v>
       </c>
       <c r="D415" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E415" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F415" t="s">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1335</v>
+        <v>1340</v>
       </c>
       <c r="H415" t="s">
-        <v>1336</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1337</v>
+        <v>1342</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>1171</v>
+        <v>1234</v>
       </c>
       <c r="D416" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E416" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F416" t="s">
-        <v>224</v>
+        <v>93</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1338</v>
+        <v>1343</v>
       </c>
       <c r="H416" t="s">
-        <v>1339</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1340</v>
+        <v>1345</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>1341</v>
+        <v>1237</v>
       </c>
       <c r="D417" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E417" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F417" t="s">
-        <v>107</v>
+        <v>262</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1342</v>
+        <v>1346</v>
       </c>
       <c r="H417" t="s">
-        <v>1343</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1344</v>
+        <v>1348</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>1174</v>
+        <v>1240</v>
       </c>
       <c r="D418" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E418" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F418" t="s">
-        <v>13</v>
+        <v>93</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1345</v>
+        <v>1349</v>
       </c>
       <c r="H418" t="s">
-        <v>1346</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1347</v>
+        <v>1351</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>265</v>
+        <v>1243</v>
       </c>
       <c r="D419" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E419" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F419" t="s">
-        <v>107</v>
+        <v>93</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1348</v>
+        <v>1352</v>
       </c>
       <c r="H419" t="s">
-        <v>1349</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>1351</v>
+        <v>1246</v>
       </c>
       <c r="D420" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E420" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F420" t="s">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1352</v>
+        <v>1355</v>
       </c>
       <c r="H420" t="s">
-        <v>1353</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1354</v>
+        <v>1357</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>332</v>
+        <v>1249</v>
       </c>
       <c r="D421" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E421" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F421" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1355</v>
+        <v>1358</v>
       </c>
       <c r="H421" t="s">
-        <v>1356</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1357</v>
+        <v>1360</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>335</v>
+        <v>1252</v>
       </c>
       <c r="D422" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E422" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F422" t="s">
-        <v>224</v>
+        <v>13</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1358</v>
+        <v>1361</v>
       </c>
       <c r="H422" t="s">
-        <v>1359</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1360</v>
+        <v>1363</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>269</v>
+        <v>280</v>
       </c>
       <c r="D423" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E423" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F423" t="s">
-        <v>102</v>
+        <v>93</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1361</v>
+        <v>1364</v>
       </c>
       <c r="H423" t="s">
-        <v>1362</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1363</v>
+        <v>1366</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>1177</v>
+        <v>284</v>
       </c>
       <c r="D424" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E424" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F424" t="s">
-        <v>102</v>
+        <v>93</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1364</v>
+        <v>1367</v>
       </c>
       <c r="H424" t="s">
-        <v>1365</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1366</v>
+        <v>1369</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>1181</v>
+        <v>1255</v>
       </c>
       <c r="D425" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E425" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F425" t="s">
-        <v>34</v>
+        <v>93</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1367</v>
+        <v>1370</v>
       </c>
       <c r="H425" t="s">
-        <v>1368</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1369</v>
+        <v>1372</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>1185</v>
+        <v>1259</v>
       </c>
       <c r="D426" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E426" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F426" t="s">
-        <v>102</v>
+        <v>93</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>1370</v>
+        <v>1373</v>
       </c>
       <c r="H426" t="s">
-        <v>1371</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1372</v>
+        <v>1375</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>1189</v>
+        <v>1376</v>
       </c>
       <c r="D427" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E427" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F427" t="s">
-        <v>102</v>
+        <v>93</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>1373</v>
+        <v>1377</v>
       </c>
       <c r="H427" t="s">
-        <v>1374</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1375</v>
+        <v>1379</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>1376</v>
+        <v>276</v>
       </c>
       <c r="D428" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E428" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F428" t="s">
-        <v>224</v>
+        <v>93</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1377</v>
+        <v>1380</v>
       </c>
       <c r="H428" t="s">
-        <v>1378</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1379</v>
+        <v>1382</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>1192</v>
+        <v>288</v>
       </c>
       <c r="D429" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E429" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F429" t="s">
-        <v>224</v>
+        <v>93</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1380</v>
+        <v>1383</v>
       </c>
       <c r="H429" t="s">
-        <v>1381</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1382</v>
+        <v>1385</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>1195</v>
+        <v>1262</v>
       </c>
       <c r="D430" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E430" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F430" t="s">
-        <v>347</v>
+        <v>47</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1383</v>
+        <v>1386</v>
       </c>
       <c r="H430" t="s">
-        <v>1384</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1385</v>
+        <v>1388</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>1198</v>
+        <v>1265</v>
       </c>
       <c r="D431" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E431" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F431" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1386</v>
+        <v>1389</v>
       </c>
       <c r="H431" t="s">
-        <v>1387</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1388</v>
+        <v>1391</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>1201</v>
+        <v>1268</v>
       </c>
       <c r="D432" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E432" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F432" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1389</v>
+        <v>1392</v>
       </c>
       <c r="H432" t="s">
-        <v>1390</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="D433" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E433" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F433" t="s">
-        <v>13</v>
+        <v>67</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1393</v>
+        <v>1396</v>
       </c>
       <c r="H433" t="s">
-        <v>1390</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1394</v>
+        <v>1398</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>273</v>
+        <v>1399</v>
       </c>
       <c r="D434" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E434" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F434" t="s">
-        <v>18</v>
+        <v>67</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1395</v>
+        <v>1400</v>
       </c>
       <c r="H434" t="s">
-        <v>1396</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1397</v>
+        <v>1402</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>1398</v>
+        <v>1403</v>
       </c>
       <c r="D435" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E435" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F435" t="s">
-        <v>107</v>
+        <v>67</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1399</v>
+        <v>1404</v>
       </c>
       <c r="H435" t="s">
-        <v>1400</v>
+        <v>1405</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1401</v>
+        <v>1406</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>1204</v>
+        <v>1272</v>
       </c>
       <c r="D436" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E436" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F436" t="s">
-        <v>18</v>
+        <v>67</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1402</v>
+        <v>1407</v>
       </c>
       <c r="H436" t="s">
-        <v>1403</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>1404</v>
+        <v>1409</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>1207</v>
+        <v>1275</v>
       </c>
       <c r="D437" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E437" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F437" t="s">
-        <v>347</v>
+        <v>13</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1405</v>
+        <v>1410</v>
       </c>
       <c r="H437" t="s">
-        <v>1406</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1407</v>
+        <v>1412</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>1210</v>
+        <v>1279</v>
       </c>
       <c r="D438" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E438" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F438" t="s">
         <v>13</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1408</v>
+        <v>1413</v>
       </c>
       <c r="H438" t="s">
-        <v>1409</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>1410</v>
+        <v>1415</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>1213</v>
+        <v>1282</v>
       </c>
       <c r="D439" t="s">
-        <v>361</v>
+        <v>604</v>
       </c>
       <c r="E439" t="s">
-        <v>362</v>
+        <v>605</v>
       </c>
       <c r="F439" t="s">
         <v>13</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>1411</v>
+        <v>1416</v>
       </c>
       <c r="H439" t="s">
-        <v>1412</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>63</v>
+        <v>1418</v>
       </c>
       <c r="B440" t="s">
         <v>9</v>
       </c>
       <c r="C440" t="s">
-        <v>32</v>
+        <v>1285</v>
       </c>
       <c r="D440" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E440" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F440" t="s">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="G440" s="1" t="s">
-        <v>1415</v>
+        <v>1419</v>
       </c>
       <c r="H440" t="s">
-        <v>1416</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>81</v>
+        <v>1421</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>10</v>
+        <v>1288</v>
       </c>
       <c r="D441" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E441" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F441" t="s">
-        <v>219</v>
+        <v>93</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1417</v>
+        <v>1422</v>
       </c>
       <c r="H441" t="s">
-        <v>1418</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>85</v>
+        <v>1424</v>
       </c>
       <c r="B442" t="s">
         <v>9</v>
       </c>
       <c r="C442" t="s">
-        <v>37</v>
+        <v>1291</v>
       </c>
       <c r="D442" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E442" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F442" t="s">
-        <v>1419</v>
+        <v>93</v>
       </c>
       <c r="G442" s="1" t="s">
-        <v>1420</v>
+        <v>1425</v>
       </c>
       <c r="H442" t="s">
-        <v>1421</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>89</v>
+        <v>1427</v>
       </c>
       <c r="B443" t="s">
         <v>9</v>
       </c>
       <c r="C443" t="s">
-        <v>17</v>
+        <v>1294</v>
       </c>
       <c r="D443" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E443" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F443" t="s">
-        <v>13</v>
+        <v>93</v>
       </c>
       <c r="G443" s="1" t="s">
-        <v>1422</v>
+        <v>1428</v>
       </c>
       <c r="H443" t="s">
-        <v>1423</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>1424</v>
+        <v>1430</v>
       </c>
       <c r="B444" t="s">
         <v>9</v>
       </c>
       <c r="C444" t="s">
-        <v>22</v>
+        <v>1297</v>
       </c>
       <c r="D444" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E444" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F444" t="s">
-        <v>107</v>
+        <v>93</v>
       </c>
       <c r="G444" s="1" t="s">
-        <v>1425</v>
+        <v>1431</v>
       </c>
       <c r="H444" t="s">
-        <v>1426</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>1427</v>
+        <v>1433</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
-        <v>329</v>
+        <v>1300</v>
       </c>
       <c r="D445" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E445" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F445" t="s">
-        <v>34</v>
+        <v>262</v>
       </c>
       <c r="G445" s="1" t="s">
-        <v>1428</v>
+        <v>1434</v>
       </c>
       <c r="H445" t="s">
-        <v>1429</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>339</v>
+        <v>1436</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>27</v>
+        <v>1303</v>
       </c>
       <c r="D446" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E446" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F446" t="s">
-        <v>219</v>
+        <v>590</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1430</v>
+        <v>1437</v>
       </c>
       <c r="H446" t="s">
-        <v>1431</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>1432</v>
+        <v>1439</v>
       </c>
       <c r="B447" t="s">
         <v>9</v>
       </c>
       <c r="C447" t="s">
-        <v>30</v>
+        <v>292</v>
       </c>
       <c r="D447" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E447" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F447" t="s">
-        <v>54</v>
+        <v>590</v>
       </c>
       <c r="G447" s="1" t="s">
-        <v>1433</v>
+        <v>1440</v>
       </c>
       <c r="H447" t="s">
-        <v>1434</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>1435</v>
+        <v>1442</v>
       </c>
       <c r="B448" t="s">
         <v>9</v>
       </c>
       <c r="C448" t="s">
-        <v>33</v>
+        <v>296</v>
       </c>
       <c r="D448" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E448" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F448" t="s">
-        <v>107</v>
+        <v>590</v>
       </c>
       <c r="G448" s="1" t="s">
-        <v>1436</v>
+        <v>1443</v>
       </c>
       <c r="H448" t="s">
-        <v>1437</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>1438</v>
+        <v>1445</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>62</v>
+        <v>1446</v>
       </c>
       <c r="D449" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E449" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F449" t="s">
-        <v>107</v>
+        <v>590</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>1439</v>
+        <v>1447</v>
       </c>
       <c r="H449" t="s">
-        <v>1440</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>1441</v>
+        <v>1449</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>52</v>
+        <v>1307</v>
       </c>
       <c r="D450" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E450" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F450" t="s">
-        <v>34</v>
+        <v>590</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>24</v>
+        <v>1450</v>
       </c>
       <c r="H450" t="s">
-        <v>1442</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>1443</v>
+        <v>1452</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>38</v>
+        <v>1453</v>
       </c>
       <c r="D451" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E451" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F451" t="s">
-        <v>34</v>
+        <v>590</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>1444</v>
+        <v>1454</v>
       </c>
       <c r="H451" t="s">
-        <v>1445</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>344</v>
+        <v>1456</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
-        <v>42</v>
+        <v>300</v>
       </c>
       <c r="D452" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E452" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F452" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>1446</v>
+        <v>1457</v>
       </c>
       <c r="H452" t="s">
-        <v>1447</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>198</v>
+        <v>1459</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
-        <v>46</v>
+        <v>1460</v>
       </c>
       <c r="D453" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E453" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F453" t="s">
-        <v>107</v>
+        <v>67</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>1448</v>
+        <v>1461</v>
       </c>
       <c r="H453" t="s">
-        <v>1449</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>235</v>
+        <v>1463</v>
       </c>
       <c r="B454" t="s">
         <v>9</v>
       </c>
       <c r="C454" t="s">
-        <v>49</v>
+        <v>1309</v>
       </c>
       <c r="D454" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E454" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F454" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="G454" s="1" t="s">
-        <v>1450</v>
+        <v>1464</v>
       </c>
       <c r="H454" t="s">
-        <v>1451</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>1452</v>
+        <v>1466</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
-        <v>53</v>
+        <v>1312</v>
       </c>
       <c r="D455" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E455" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F455" t="s">
-        <v>34</v>
+        <v>93</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>1453</v>
+        <v>1467</v>
       </c>
       <c r="H455" t="s">
-        <v>1454</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>393</v>
+        <v>1469</v>
       </c>
       <c r="B456" t="s">
         <v>9</v>
       </c>
       <c r="C456" t="s">
-        <v>57</v>
+        <v>1316</v>
       </c>
       <c r="D456" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E456" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F456" t="s">
-        <v>1455</v>
+        <v>93</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>1456</v>
+        <v>1470</v>
       </c>
       <c r="H456" t="s">
-        <v>1457</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>402</v>
+        <v>1472</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
-        <v>8</v>
+        <v>1319</v>
       </c>
       <c r="D457" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E457" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F457" t="s">
-        <v>102</v>
+        <v>93</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>1458</v>
+        <v>1473</v>
       </c>
       <c r="H457" t="s">
-        <v>1459</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>440</v>
+        <v>1475</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>63</v>
+        <v>1322</v>
       </c>
       <c r="D458" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E458" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F458" t="s">
         <v>13</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>1460</v>
+        <v>1476</v>
       </c>
       <c r="H458" t="s">
-        <v>1461</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>454</v>
+        <v>1478</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>67</v>
+        <v>1326</v>
       </c>
       <c r="D459" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E459" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F459" t="s">
-        <v>224</v>
+        <v>93</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>1462</v>
+        <v>1479</v>
       </c>
       <c r="H459" t="s">
-        <v>1463</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>460</v>
+        <v>1481</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>21</v>
+        <v>1330</v>
       </c>
       <c r="D460" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E460" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F460" t="s">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>1464</v>
+        <v>1482</v>
       </c>
       <c r="H460" t="s">
-        <v>1465</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>501</v>
+        <v>1484</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>26</v>
+        <v>1485</v>
       </c>
       <c r="D461" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E461" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F461" t="s">
-        <v>18</v>
+        <v>93</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>1466</v>
+        <v>1486</v>
       </c>
       <c r="H461" t="s">
-        <v>1467</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>504</v>
+        <v>1488</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>29</v>
+        <v>1333</v>
       </c>
       <c r="D462" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E462" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F462" t="s">
-        <v>102</v>
+        <v>47</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>1468</v>
+        <v>1489</v>
       </c>
       <c r="H462" t="s">
-        <v>1469</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>573</v>
+        <v>1491</v>
       </c>
       <c r="B463" t="s">
         <v>9</v>
       </c>
       <c r="C463" t="s">
-        <v>77</v>
+        <v>1336</v>
       </c>
       <c r="D463" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E463" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F463" t="s">
-        <v>102</v>
+        <v>47</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>1470</v>
+        <v>1492</v>
       </c>
       <c r="H463" t="s">
-        <v>1471</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>588</v>
+        <v>1494</v>
       </c>
       <c r="B464" t="s">
         <v>9</v>
       </c>
       <c r="C464" t="s">
-        <v>81</v>
+        <v>1339</v>
       </c>
       <c r="D464" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E464" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F464" t="s">
-        <v>13</v>
+        <v>143</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>1472</v>
+        <v>1495</v>
       </c>
       <c r="H464" t="s">
-        <v>1473</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>644</v>
+        <v>1497</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
-        <v>85</v>
+        <v>1342</v>
       </c>
       <c r="D465" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E465" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F465" t="s">
-        <v>34</v>
+        <v>93</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>1474</v>
+        <v>1498</v>
       </c>
       <c r="H465" t="s">
-        <v>1475</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>767</v>
+        <v>1500</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
-        <v>89</v>
+        <v>1501</v>
       </c>
       <c r="D466" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E466" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F466" t="s">
-        <v>13</v>
+        <v>93</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>24</v>
+        <v>1502</v>
       </c>
       <c r="H466" t="s">
-        <v>1476</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>777</v>
+        <v>1504</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D467" t="s">
+        <v>604</v>
+      </c>
+      <c r="E467" t="s">
+        <v>605</v>
+      </c>
+      <c r="F467" t="s">
         <v>93</v>
       </c>
-      <c r="D467" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G467" s="1" t="s">
-        <v>1477</v>
+        <v>1505</v>
       </c>
       <c r="H467" t="s">
-        <v>1478</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>804</v>
+        <v>1507</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
-        <v>97</v>
+        <v>1348</v>
       </c>
       <c r="D468" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E468" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F468" t="s">
-        <v>54</v>
+        <v>143</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>1479</v>
+        <v>1508</v>
       </c>
       <c r="H468" t="s">
-        <v>1480</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>926</v>
+        <v>1510</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
-        <v>101</v>
+        <v>1351</v>
       </c>
       <c r="D469" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E469" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F469" t="s">
-        <v>1481</v>
+        <v>590</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>1482</v>
+        <v>1511</v>
       </c>
       <c r="H469" t="s">
-        <v>1483</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>967</v>
+        <v>1513</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
-        <v>106</v>
+        <v>1354</v>
       </c>
       <c r="D470" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E470" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F470" t="s">
-        <v>107</v>
+        <v>93</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>1484</v>
+        <v>1514</v>
       </c>
       <c r="H470" t="s">
-        <v>1485</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>1039</v>
+        <v>1516</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
-        <v>111</v>
+        <v>1357</v>
       </c>
       <c r="D471" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E471" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F471" t="s">
         <v>13</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>1486</v>
+        <v>1517</v>
       </c>
       <c r="H471" t="s">
-        <v>1487</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
-        <v>1059</v>
+        <v>1519</v>
       </c>
       <c r="B472" t="s">
         <v>9</v>
       </c>
       <c r="C472" t="s">
-        <v>115</v>
+        <v>1360</v>
       </c>
       <c r="D472" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E472" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F472" t="s">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>1488</v>
+        <v>1520</v>
       </c>
       <c r="H472" t="s">
-        <v>1489</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
-        <v>1087</v>
+        <v>1522</v>
       </c>
       <c r="B473" t="s">
         <v>9</v>
       </c>
       <c r="C473" t="s">
-        <v>119</v>
+        <v>1363</v>
       </c>
       <c r="D473" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E473" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F473" t="s">
-        <v>102</v>
+        <v>590</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>1490</v>
+        <v>1523</v>
       </c>
       <c r="H473" t="s">
-        <v>1491</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>1106</v>
+        <v>1525</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
-        <v>123</v>
+        <v>1366</v>
       </c>
       <c r="D474" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E474" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F474" t="s">
-        <v>13</v>
+        <v>143</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>1492</v>
+        <v>1526</v>
       </c>
       <c r="H474" t="s">
-        <v>1493</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
-        <v>1178</v>
+        <v>1528</v>
       </c>
       <c r="B475" t="s">
         <v>9</v>
       </c>
       <c r="C475" t="s">
-        <v>127</v>
+        <v>1369</v>
       </c>
       <c r="D475" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E475" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F475" t="s">
-        <v>54</v>
+        <v>143</v>
       </c>
       <c r="G475" s="1" t="s">
-        <v>24</v>
+        <v>1529</v>
       </c>
       <c r="H475" t="s">
-        <v>1494</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>1236</v>
+        <v>1531</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
-        <v>131</v>
+        <v>1372</v>
       </c>
       <c r="D476" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E476" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F476" t="s">
-        <v>224</v>
+        <v>143</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>1495</v>
+        <v>1532</v>
       </c>
       <c r="H476" t="s">
-        <v>1496</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
-        <v>1268</v>
+        <v>1534</v>
       </c>
       <c r="B477" t="s">
         <v>9</v>
       </c>
       <c r="C477" t="s">
-        <v>135</v>
+        <v>1375</v>
       </c>
       <c r="D477" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E477" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F477" t="s">
-        <v>13</v>
+        <v>262</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>1497</v>
+        <v>1535</v>
       </c>
       <c r="H477" t="s">
-        <v>1498</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>1284</v>
+        <v>1537</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
-        <v>139</v>
+        <v>1379</v>
       </c>
       <c r="D478" t="s">
-        <v>1413</v>
+        <v>604</v>
       </c>
       <c r="E478" t="s">
-        <v>1414</v>
+        <v>605</v>
       </c>
       <c r="F478" t="s">
-        <v>34</v>
+        <v>143</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>1499</v>
+        <v>1538</v>
       </c>
       <c r="H478" t="s">
-        <v>1500</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>77</v>
+        <v>1540</v>
       </c>
       <c r="B479" t="s">
         <v>9</v>
       </c>
       <c r="C479" t="s">
-        <v>1443</v>
+        <v>1382</v>
       </c>
       <c r="D479" t="s">
-        <v>1501</v>
+        <v>604</v>
       </c>
       <c r="E479" t="s">
-        <v>1502</v>
+        <v>605</v>
       </c>
       <c r="F479" t="s">
-        <v>34</v>
+        <v>590</v>
       </c>
       <c r="G479" s="1" t="s">
-        <v>24</v>
+        <v>1541</v>
       </c>
       <c r="H479" t="s">
-        <v>1503</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>1504</v>
+        <v>1543</v>
       </c>
       <c r="B480" t="s">
         <v>9</v>
       </c>
       <c r="C480" t="s">
-        <v>344</v>
+        <v>1544</v>
       </c>
       <c r="D480" t="s">
-        <v>1501</v>
+        <v>604</v>
       </c>
       <c r="E480" t="s">
-        <v>1502</v>
+        <v>605</v>
       </c>
       <c r="F480" t="s">
-        <v>224</v>
+        <v>93</v>
       </c>
       <c r="G480" s="1" t="s">
-        <v>24</v>
+        <v>1545</v>
       </c>
       <c r="H480" t="s">
-        <v>1505</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>97</v>
+        <v>1547</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
-        <v>37</v>
+        <v>1548</v>
       </c>
       <c r="D481" t="s">
-        <v>1501</v>
+        <v>604</v>
       </c>
       <c r="E481" t="s">
-        <v>1502</v>
+        <v>605</v>
       </c>
       <c r="F481" t="s">
-        <v>34</v>
+        <v>262</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>24</v>
+        <v>1549</v>
       </c>
       <c r="H481" t="s">
-        <v>1506</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>153</v>
+        <v>1551</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
-        <v>17</v>
+        <v>1385</v>
       </c>
       <c r="D482" t="s">
-        <v>1501</v>
+        <v>604</v>
       </c>
       <c r="E482" t="s">
-        <v>1502</v>
+        <v>605</v>
       </c>
       <c r="F482" t="s">
-        <v>34</v>
+        <v>93</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>1507</v>
+        <v>1552</v>
       </c>
       <c r="H482" t="s">
-        <v>1508</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>299</v>
+        <v>1554</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
-        <v>22</v>
+        <v>1388</v>
       </c>
       <c r="D483" t="s">
-        <v>1501</v>
+        <v>604</v>
       </c>
       <c r="E483" t="s">
-        <v>1502</v>
+        <v>605</v>
       </c>
       <c r="F483" t="s">
-        <v>34</v>
+        <v>262</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>1509</v>
+        <v>1555</v>
       </c>
       <c r="H483" t="s">
-        <v>1510</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>445</v>
+        <v>1557</v>
       </c>
       <c r="B484" t="s">
         <v>9</v>
       </c>
       <c r="C484" t="s">
-        <v>329</v>
+        <v>1558</v>
       </c>
       <c r="D484" t="s">
-        <v>1501</v>
+        <v>604</v>
       </c>
       <c r="E484" t="s">
-        <v>1502</v>
+        <v>605</v>
       </c>
       <c r="F484" t="s">
-        <v>1511</v>
+        <v>143</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>1512</v>
+        <v>1559</v>
       </c>
       <c r="H484" t="s">
-        <v>1513</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>513</v>
+        <v>1561</v>
       </c>
       <c r="B485" t="s">
         <v>9</v>
       </c>
       <c r="C485" t="s">
-        <v>27</v>
+        <v>1391</v>
       </c>
       <c r="D485" t="s">
-        <v>1501</v>
+        <v>604</v>
       </c>
       <c r="E485" t="s">
-        <v>1502</v>
+        <v>605</v>
       </c>
       <c r="F485" t="s">
-        <v>107</v>
+        <v>13</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>1514</v>
+        <v>1562</v>
       </c>
       <c r="H485" t="s">
-        <v>1515</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>510</v>
+        <v>1564</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
-        <v>30</v>
+        <v>303</v>
       </c>
       <c r="D486" t="s">
-        <v>1501</v>
+        <v>604</v>
       </c>
       <c r="E486" t="s">
-        <v>1502</v>
+        <v>605</v>
       </c>
       <c r="F486" t="s">
-        <v>107</v>
+        <v>143</v>
       </c>
       <c r="G486" s="1" t="s">
-        <v>1516</v>
+        <v>1565</v>
       </c>
       <c r="H486" t="s">
-        <v>1517</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>797</v>
+        <v>1567</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
-        <v>33</v>
+        <v>1568</v>
       </c>
       <c r="D487" t="s">
-        <v>1501</v>
+        <v>604</v>
       </c>
       <c r="E487" t="s">
-        <v>1502</v>
+        <v>605</v>
       </c>
       <c r="F487" t="s">
-        <v>224</v>
+        <v>93</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>1518</v>
+        <v>1569</v>
       </c>
       <c r="H487" t="s">
-        <v>1519</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>974</v>
+        <v>1571</v>
       </c>
       <c r="B488" t="s">
         <v>9</v>
       </c>
       <c r="C488" t="s">
-        <v>62</v>
+        <v>546</v>
       </c>
       <c r="D488" t="s">
-        <v>1501</v>
+        <v>604</v>
       </c>
       <c r="E488" t="s">
-        <v>1502</v>
+        <v>605</v>
       </c>
       <c r="F488" t="s">
-        <v>34</v>
+        <v>93</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>1520</v>
+        <v>1572</v>
       </c>
       <c r="H488" t="s">
-        <v>1521</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>1007</v>
+        <v>1574</v>
       </c>
       <c r="B489" t="s">
         <v>9</v>
       </c>
       <c r="C489" t="s">
-        <v>52</v>
+        <v>549</v>
       </c>
       <c r="D489" t="s">
-        <v>1501</v>
+        <v>604</v>
       </c>
       <c r="E489" t="s">
-        <v>1502</v>
+        <v>605</v>
       </c>
       <c r="F489" t="s">
-        <v>34</v>
+        <v>262</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>1522</v>
+        <v>1575</v>
       </c>
       <c r="H489" t="s">
-        <v>1523</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>1011</v>
+        <v>1577</v>
       </c>
       <c r="B490" t="s">
         <v>9</v>
       </c>
       <c r="C490" t="s">
-        <v>38</v>
+        <v>307</v>
       </c>
       <c r="D490" t="s">
-        <v>1501</v>
+        <v>604</v>
       </c>
       <c r="E490" t="s">
-        <v>1502</v>
+        <v>605</v>
       </c>
       <c r="F490" t="s">
-        <v>224</v>
+        <v>35</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>1524</v>
+        <v>1578</v>
       </c>
       <c r="H490" t="s">
-        <v>1525</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
-        <v>1052</v>
+        <v>1580</v>
       </c>
       <c r="B491" t="s">
         <v>9</v>
       </c>
       <c r="C491" t="s">
-        <v>42</v>
+        <v>1394</v>
       </c>
       <c r="D491" t="s">
-        <v>1501</v>
+        <v>604</v>
       </c>
       <c r="E491" t="s">
-        <v>1502</v>
+        <v>605</v>
       </c>
       <c r="F491" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G491" s="1" t="s">
-        <v>1526</v>
+        <v>1581</v>
       </c>
       <c r="H491" t="s">
-        <v>1527</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>1243</v>
+        <v>1583</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
-        <v>49</v>
+        <v>1398</v>
       </c>
       <c r="D492" t="s">
-        <v>1501</v>
+        <v>604</v>
       </c>
       <c r="E492" t="s">
-        <v>1502</v>
+        <v>605</v>
       </c>
       <c r="F492" t="s">
-        <v>224</v>
+        <v>67</v>
       </c>
       <c r="G492" s="1" t="s">
-        <v>1528</v>
+        <v>1584</v>
       </c>
       <c r="H492" t="s">
-        <v>1529</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>1229</v>
+        <v>1586</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
-        <v>53</v>
+        <v>1402</v>
       </c>
       <c r="D493" t="s">
-        <v>1501</v>
+        <v>604</v>
       </c>
       <c r="E493" t="s">
-        <v>1502</v>
+        <v>605</v>
       </c>
       <c r="F493" t="s">
-        <v>102</v>
+        <v>35</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>1530</v>
+        <v>1587</v>
       </c>
       <c r="H493" t="s">
-        <v>1531</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>1327</v>
+        <v>1589</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
-        <v>57</v>
+        <v>1406</v>
       </c>
       <c r="D494" t="s">
-        <v>1501</v>
+        <v>604</v>
       </c>
       <c r="E494" t="s">
-        <v>1502</v>
+        <v>605</v>
       </c>
       <c r="F494" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>1532</v>
+        <v>1590</v>
       </c>
       <c r="H494" t="s">
-        <v>1533</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
-        <v>1331</v>
+        <v>1592</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
-        <v>8</v>
+        <v>1593</v>
       </c>
       <c r="D495" t="s">
-        <v>1501</v>
+        <v>604</v>
       </c>
       <c r="E495" t="s">
-        <v>1502</v>
+        <v>605</v>
       </c>
       <c r="F495" t="s">
-        <v>34</v>
+        <v>262</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>1534</v>
+        <v>1594</v>
       </c>
       <c r="H495" t="s">
-        <v>1535</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>1376</v>
+        <v>1596</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
-        <v>63</v>
+        <v>1409</v>
       </c>
       <c r="D496" t="s">
-        <v>1501</v>
+        <v>604</v>
       </c>
       <c r="E496" t="s">
-        <v>1502</v>
+        <v>605</v>
       </c>
       <c r="F496" t="s">
-        <v>347</v>
+        <v>262</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>1536</v>
+        <v>1597</v>
       </c>
       <c r="H496" t="s">
-        <v>1537</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
-        <v>1398</v>
+        <v>1599</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>67</v>
+        <v>1412</v>
       </c>
       <c r="D497" t="s">
-        <v>1501</v>
+        <v>604</v>
       </c>
       <c r="E497" t="s">
-        <v>1502</v>
+        <v>605</v>
       </c>
       <c r="F497" t="s">
-        <v>224</v>
+        <v>590</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>1538</v>
+        <v>1600</v>
       </c>
       <c r="H497" t="s">
-        <v>1539</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>1540</v>
+        <v>1602</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
-        <v>21</v>
+        <v>1415</v>
       </c>
       <c r="D498" t="s">
-        <v>1501</v>
+        <v>604</v>
       </c>
       <c r="E498" t="s">
-        <v>1502</v>
+        <v>605</v>
       </c>
       <c r="F498" t="s">
-        <v>107</v>
+        <v>13</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>1541</v>
+        <v>1603</v>
       </c>
       <c r="H498" t="s">
-        <v>1542</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>1543</v>
+        <v>1605</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>26</v>
+        <v>1418</v>
       </c>
       <c r="D499" t="s">
-        <v>1501</v>
+        <v>604</v>
       </c>
       <c r="E499" t="s">
-        <v>1502</v>
+        <v>605</v>
       </c>
       <c r="F499" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>1544</v>
+        <v>1606</v>
       </c>
       <c r="H499" t="s">
-        <v>1545</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>1546</v>
+        <v>1608</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>29</v>
+        <v>1609</v>
       </c>
       <c r="D500" t="s">
-        <v>1501</v>
+        <v>604</v>
       </c>
       <c r="E500" t="s">
-        <v>1502</v>
+        <v>605</v>
       </c>
       <c r="F500" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>24</v>
+        <v>1610</v>
       </c>
       <c r="H500" t="s">
-        <v>1547</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>287</v>
+        <v>1611</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
-        <v>1443</v>
+        <v>311</v>
       </c>
       <c r="D501" t="s">
-        <v>1548</v>
+        <v>604</v>
       </c>
       <c r="E501" t="s">
-        <v>1549</v>
+        <v>605</v>
       </c>
       <c r="F501" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>1550</v>
+        <v>1612</v>
       </c>
       <c r="H501" t="s">
-        <v>1551</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>93</v>
+        <v>1614</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
-        <v>344</v>
+        <v>1615</v>
       </c>
       <c r="D502" t="s">
-        <v>1548</v>
+        <v>604</v>
       </c>
       <c r="E502" t="s">
-        <v>1549</v>
+        <v>605</v>
       </c>
       <c r="F502" t="s">
-        <v>13</v>
+        <v>143</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>24</v>
+        <v>1616</v>
       </c>
       <c r="H502" t="s">
-        <v>1552</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>291</v>
+        <v>1618</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>66</v>
+        <v>1421</v>
       </c>
       <c r="D503" t="s">
-        <v>1548</v>
+        <v>604</v>
       </c>
       <c r="E503" t="s">
-        <v>1549</v>
+        <v>605</v>
       </c>
       <c r="F503" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>1553</v>
+        <v>1619</v>
       </c>
       <c r="H503" t="s">
-        <v>1554</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>399</v>
+        <v>1621</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>16</v>
+        <v>1424</v>
       </c>
       <c r="D504" t="s">
-        <v>1548</v>
+        <v>604</v>
       </c>
       <c r="E504" t="s">
-        <v>1549</v>
+        <v>605</v>
       </c>
       <c r="F504" t="s">
-        <v>102</v>
+        <v>590</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>1555</v>
+        <v>1622</v>
       </c>
       <c r="H504" t="s">
-        <v>1556</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
-        <v>930</v>
+        <v>1624</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
-        <v>32</v>
+        <v>1427</v>
       </c>
       <c r="D505" t="s">
-        <v>1548</v>
+        <v>604</v>
       </c>
       <c r="E505" t="s">
-        <v>1549</v>
+        <v>605</v>
       </c>
       <c r="F505" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>1557</v>
+        <v>1625</v>
       </c>
       <c r="H505" t="s">
-        <v>1558</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
-        <v>1159</v>
+        <v>1627</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
-        <v>10</v>
+        <v>1430</v>
       </c>
       <c r="D506" t="s">
-        <v>1548</v>
+        <v>604</v>
       </c>
       <c r="E506" t="s">
-        <v>1549</v>
+        <v>605</v>
       </c>
       <c r="F506" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>1559</v>
+        <v>1628</v>
       </c>
       <c r="H506" t="s">
-        <v>1560</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>10</v>
+        <v>1630</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
-        <v>339</v>
+        <v>1433</v>
       </c>
       <c r="D507" t="s">
-        <v>1561</v>
+        <v>604</v>
       </c>
       <c r="E507" t="s">
-        <v>1562</v>
+        <v>605</v>
       </c>
       <c r="F507" t="s">
-        <v>1455</v>
+        <v>13</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>1563</v>
+        <v>1631</v>
       </c>
       <c r="H507" t="s">
-        <v>1564</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>22</v>
+        <v>1633</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
-        <v>1443</v>
+        <v>1436</v>
       </c>
       <c r="D508" t="s">
-        <v>1561</v>
+        <v>604</v>
       </c>
       <c r="E508" t="s">
-        <v>1562</v>
+        <v>605</v>
       </c>
       <c r="F508" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G508" s="1" t="s">
-        <v>1565</v>
+        <v>1634</v>
       </c>
       <c r="H508" t="s">
-        <v>36</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
-        <v>498</v>
+        <v>1636</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
-        <v>344</v>
+        <v>1439</v>
       </c>
       <c r="D509" t="s">
-        <v>1561</v>
+        <v>604</v>
       </c>
       <c r="E509" t="s">
-        <v>1562</v>
+        <v>605</v>
       </c>
       <c r="F509" t="s">
-        <v>347</v>
+        <v>35</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>1566</v>
+        <v>1637</v>
       </c>
       <c r="H509" t="s">
-        <v>1567</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>549</v>
+        <v>1639</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
-        <v>66</v>
+        <v>1442</v>
       </c>
       <c r="D510" t="s">
-        <v>1561</v>
+        <v>604</v>
       </c>
       <c r="E510" t="s">
-        <v>1562</v>
+        <v>605</v>
       </c>
       <c r="F510" t="s">
-        <v>1568</v>
+        <v>262</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>1569</v>
+        <v>1640</v>
       </c>
       <c r="H510" t="s">
-        <v>1570</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>811</v>
+        <v>1642</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
-        <v>16</v>
+        <v>1445</v>
       </c>
       <c r="D511" t="s">
-        <v>1561</v>
+        <v>604</v>
       </c>
       <c r="E511" t="s">
-        <v>1562</v>
+        <v>605</v>
       </c>
       <c r="F511" t="s">
-        <v>107</v>
+        <v>13</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>1571</v>
+        <v>1643</v>
       </c>
       <c r="H511" t="s">
-        <v>1572</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>978</v>
+        <v>1645</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>32</v>
+        <v>1449</v>
       </c>
       <c r="D512" t="s">
-        <v>1561</v>
+        <v>604</v>
       </c>
       <c r="E512" t="s">
-        <v>1562</v>
+        <v>605</v>
       </c>
       <c r="F512" t="s">
-        <v>1573</v>
+        <v>35</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>1574</v>
+        <v>1646</v>
       </c>
       <c r="H512" t="s">
-        <v>1575</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>1003</v>
+        <v>1648</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
-        <v>10</v>
+        <v>1452</v>
       </c>
       <c r="D513" t="s">
-        <v>1561</v>
+        <v>604</v>
       </c>
       <c r="E513" t="s">
-        <v>1562</v>
+        <v>605</v>
       </c>
       <c r="F513" t="s">
-        <v>34</v>
+        <v>262</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>1576</v>
+        <v>1649</v>
       </c>
       <c r="H513" t="s">
-        <v>1577</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>1096</v>
+        <v>1651</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>37</v>
+        <v>1456</v>
       </c>
       <c r="D514" t="s">
-        <v>1561</v>
+        <v>604</v>
       </c>
       <c r="E514" t="s">
-        <v>1562</v>
+        <v>605</v>
       </c>
       <c r="F514" t="s">
-        <v>347</v>
+        <v>262</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>1578</v>
+        <v>1652</v>
       </c>
       <c r="H514" t="s">
-        <v>1579</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>1182</v>
+        <v>1654</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>17</v>
+        <v>1459</v>
       </c>
       <c r="D515" t="s">
-        <v>1561</v>
+        <v>604</v>
       </c>
       <c r="E515" t="s">
-        <v>1562</v>
+        <v>605</v>
       </c>
       <c r="F515" t="s">
-        <v>34</v>
+        <v>93</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>1580</v>
+        <v>1655</v>
       </c>
       <c r="H515" t="s">
-        <v>1581</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>1392</v>
+        <v>1657</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
-        <v>22</v>
+        <v>1658</v>
       </c>
       <c r="D516" t="s">
-        <v>1561</v>
+        <v>604</v>
       </c>
       <c r="E516" t="s">
-        <v>1562</v>
+        <v>605</v>
       </c>
       <c r="F516" t="s">
-        <v>347</v>
+        <v>93</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>1582</v>
+        <v>1659</v>
       </c>
       <c r="H516" t="s">
-        <v>1579</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
-        <v>329</v>
+        <v>1661</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
-        <v>1443</v>
+        <v>315</v>
       </c>
       <c r="D517" t="s">
-        <v>1583</v>
+        <v>604</v>
       </c>
       <c r="E517" t="s">
-        <v>1584</v>
+        <v>605</v>
       </c>
       <c r="F517" t="s">
-        <v>174</v>
+        <v>93</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>1585</v>
+        <v>1662</v>
       </c>
       <c r="H517" t="s">
-        <v>1586</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>30</v>
+        <v>1664</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>344</v>
+        <v>1463</v>
       </c>
       <c r="D518" t="s">
-        <v>1583</v>
+        <v>604</v>
       </c>
       <c r="E518" t="s">
-        <v>1584</v>
+        <v>605</v>
       </c>
       <c r="F518" t="s">
-        <v>174</v>
+        <v>143</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>1587</v>
+        <v>1665</v>
       </c>
       <c r="H518" t="s">
-        <v>1588</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>405</v>
+        <v>1667</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
-        <v>66</v>
+        <v>1466</v>
       </c>
       <c r="D519" t="s">
-        <v>1583</v>
+        <v>604</v>
       </c>
       <c r="E519" t="s">
-        <v>1584</v>
+        <v>605</v>
       </c>
       <c r="F519" t="s">
-        <v>174</v>
+        <v>143</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>1589</v>
+        <v>1668</v>
       </c>
       <c r="H519" t="s">
-        <v>1590</v>
+        <v>1669</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
-        <v>448</v>
+        <v>1670</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
-        <v>16</v>
+        <v>1469</v>
       </c>
       <c r="D520" t="s">
-        <v>1583</v>
+        <v>604</v>
       </c>
       <c r="E520" t="s">
-        <v>1584</v>
+        <v>605</v>
       </c>
       <c r="F520" t="s">
-        <v>1591</v>
+        <v>262</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>1592</v>
+        <v>1671</v>
       </c>
       <c r="H520" t="s">
-        <v>1593</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
-        <v>743</v>
+        <v>1673</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
-        <v>32</v>
+        <v>1472</v>
       </c>
       <c r="D521" t="s">
-        <v>1583</v>
+        <v>604</v>
       </c>
       <c r="E521" t="s">
-        <v>1584</v>
+        <v>605</v>
       </c>
       <c r="F521" t="s">
-        <v>174</v>
+        <v>13</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>1594</v>
+        <v>1674</v>
       </c>
       <c r="H521" t="s">
-        <v>1595</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
-        <v>717</v>
+        <v>1676</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
-        <v>10</v>
+        <v>1677</v>
       </c>
       <c r="D522" t="s">
-        <v>1583</v>
+        <v>604</v>
       </c>
       <c r="E522" t="s">
-        <v>1584</v>
+        <v>605</v>
       </c>
       <c r="F522" t="s">
-        <v>1591</v>
+        <v>13</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>1596</v>
+        <v>1678</v>
       </c>
       <c r="H522" t="s">
-        <v>1597</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>671</v>
+        <v>1680</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>339</v>
+        <v>1475</v>
       </c>
       <c r="D523" t="s">
-        <v>1598</v>
+        <v>604</v>
       </c>
       <c r="E523" t="s">
-        <v>1599</v>
+        <v>605</v>
       </c>
       <c r="F523" t="s">
-        <v>23</v>
+        <v>262</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>1600</v>
+        <v>1681</v>
       </c>
       <c r="H523" t="s">
-        <v>113</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>1110</v>
+        <v>1683</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>339</v>
+        <v>319</v>
       </c>
       <c r="D524" t="s">
-        <v>1601</v>
+        <v>604</v>
       </c>
       <c r="E524" t="s">
-        <v>1602</v>
+        <v>605</v>
       </c>
       <c r="F524" t="s">
-        <v>1603</v>
+        <v>262</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>1604</v>
+        <v>1684</v>
       </c>
       <c r="H524" t="s">
-        <v>1605</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>1186</v>
+        <v>1686</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>1443</v>
+        <v>1478</v>
       </c>
       <c r="D525" t="s">
-        <v>1601</v>
+        <v>604</v>
       </c>
       <c r="E525" t="s">
-        <v>1602</v>
+        <v>605</v>
       </c>
       <c r="F525" t="s">
-        <v>1603</v>
+        <v>262</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>1606</v>
+        <v>1687</v>
       </c>
       <c r="H525" t="s">
-        <v>1607</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>1608</v>
+        <v>1689</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>339</v>
+        <v>1481</v>
       </c>
       <c r="D526" t="s">
-        <v>1609</v>
+        <v>604</v>
       </c>
       <c r="E526" t="s">
-        <v>1610</v>
+        <v>605</v>
       </c>
       <c r="F526" t="s">
-        <v>1611</v>
+        <v>13</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>1612</v>
+        <v>1690</v>
       </c>
       <c r="H526" t="s">
-        <v>1613</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
+        <v>1692</v>
+      </c>
+      <c r="B527" t="s">
+        <v>9</v>
+      </c>
+      <c r="C527" t="s">
+        <v>1484</v>
+      </c>
+      <c r="D527" t="s">
+        <v>604</v>
+      </c>
+      <c r="E527" t="s">
+        <v>605</v>
+      </c>
+      <c r="F527" t="s">
+        <v>13</v>
+      </c>
+      <c r="G527" s="1" t="s">
+        <v>1693</v>
+      </c>
+      <c r="H527" t="s">
+        <v>1694</v>
+      </c>
+    </row>
+    <row r="528" spans="1:8">
+      <c r="A528" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B528" t="s">
+        <v>9</v>
+      </c>
+      <c r="C528" t="s">
+        <v>1488</v>
+      </c>
+      <c r="D528" t="s">
+        <v>604</v>
+      </c>
+      <c r="E528" t="s">
+        <v>605</v>
+      </c>
+      <c r="F528" t="s">
+        <v>47</v>
+      </c>
+      <c r="G528" s="1" t="s">
+        <v>1696</v>
+      </c>
+      <c r="H528" t="s">
+        <v>1697</v>
+      </c>
+    </row>
+    <row r="529" spans="1:8">
+      <c r="A529" t="s">
+        <v>1698</v>
+      </c>
+      <c r="B529" t="s">
+        <v>9</v>
+      </c>
+      <c r="C529" t="s">
+        <v>1491</v>
+      </c>
+      <c r="D529" t="s">
+        <v>604</v>
+      </c>
+      <c r="E529" t="s">
+        <v>605</v>
+      </c>
+      <c r="F529" t="s">
+        <v>47</v>
+      </c>
+      <c r="G529" s="1" t="s">
+        <v>1699</v>
+      </c>
+      <c r="H529" t="s">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="530" spans="1:8">
+      <c r="A530" t="s">
+        <v>1701</v>
+      </c>
+      <c r="B530" t="s">
+        <v>9</v>
+      </c>
+      <c r="C530" t="s">
+        <v>1494</v>
+      </c>
+      <c r="D530" t="s">
+        <v>604</v>
+      </c>
+      <c r="E530" t="s">
+        <v>605</v>
+      </c>
+      <c r="F530" t="s">
+        <v>93</v>
+      </c>
+      <c r="G530" s="1" t="s">
+        <v>1702</v>
+      </c>
+      <c r="H530" t="s">
+        <v>1703</v>
+      </c>
+    </row>
+    <row r="531" spans="1:8">
+      <c r="A531" t="s">
+        <v>1704</v>
+      </c>
+      <c r="B531" t="s">
+        <v>9</v>
+      </c>
+      <c r="C531" t="s">
+        <v>1497</v>
+      </c>
+      <c r="D531" t="s">
+        <v>604</v>
+      </c>
+      <c r="E531" t="s">
+        <v>605</v>
+      </c>
+      <c r="F531" t="s">
+        <v>590</v>
+      </c>
+      <c r="G531" s="1" t="s">
+        <v>1705</v>
+      </c>
+      <c r="H531" t="s">
+        <v>1706</v>
+      </c>
+    </row>
+    <row r="532" spans="1:8">
+      <c r="A532" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B532" t="s">
+        <v>9</v>
+      </c>
+      <c r="C532" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D532" t="s">
+        <v>604</v>
+      </c>
+      <c r="E532" t="s">
+        <v>605</v>
+      </c>
+      <c r="F532" t="s">
+        <v>590</v>
+      </c>
+      <c r="G532" s="1" t="s">
+        <v>1708</v>
+      </c>
+      <c r="H532" t="s">
+        <v>1709</v>
+      </c>
+    </row>
+    <row r="533" spans="1:8">
+      <c r="A533" t="s">
+        <v>1710</v>
+      </c>
+      <c r="B533" t="s">
+        <v>9</v>
+      </c>
+      <c r="C533" t="s">
+        <v>1504</v>
+      </c>
+      <c r="D533" t="s">
+        <v>604</v>
+      </c>
+      <c r="E533" t="s">
+        <v>605</v>
+      </c>
+      <c r="F533" t="s">
+        <v>13</v>
+      </c>
+      <c r="G533" s="1" t="s">
+        <v>1711</v>
+      </c>
+      <c r="H533" t="s">
+        <v>1712</v>
+      </c>
+    </row>
+    <row r="534" spans="1:8">
+      <c r="A534" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B534" t="s">
+        <v>9</v>
+      </c>
+      <c r="C534" t="s">
+        <v>1507</v>
+      </c>
+      <c r="D534" t="s">
+        <v>604</v>
+      </c>
+      <c r="E534" t="s">
+        <v>605</v>
+      </c>
+      <c r="F534" t="s">
+        <v>13</v>
+      </c>
+      <c r="G534" s="1" t="s">
+        <v>1714</v>
+      </c>
+      <c r="H534" t="s">
+        <v>1715</v>
+      </c>
+    </row>
+    <row r="535" spans="1:8">
+      <c r="A535" t="s">
+        <v>1716</v>
+      </c>
+      <c r="B535" t="s">
+        <v>9</v>
+      </c>
+      <c r="C535" t="s">
+        <v>1510</v>
+      </c>
+      <c r="D535" t="s">
+        <v>604</v>
+      </c>
+      <c r="E535" t="s">
+        <v>605</v>
+      </c>
+      <c r="F535" t="s">
+        <v>13</v>
+      </c>
+      <c r="G535" s="1" t="s">
+        <v>1717</v>
+      </c>
+      <c r="H535" t="s">
+        <v>1718</v>
+      </c>
+    </row>
+    <row r="536" spans="1:8">
+      <c r="A536" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B536" t="s">
+        <v>9</v>
+      </c>
+      <c r="C536" t="s">
+        <v>1513</v>
+      </c>
+      <c r="D536" t="s">
+        <v>604</v>
+      </c>
+      <c r="E536" t="s">
+        <v>605</v>
+      </c>
+      <c r="F536" t="s">
+        <v>143</v>
+      </c>
+      <c r="G536" s="1" t="s">
+        <v>1720</v>
+      </c>
+      <c r="H536" t="s">
+        <v>1721</v>
+      </c>
+    </row>
+    <row r="537" spans="1:8">
+      <c r="A537" t="s">
+        <v>1722</v>
+      </c>
+      <c r="B537" t="s">
+        <v>9</v>
+      </c>
+      <c r="C537" t="s">
+        <v>1516</v>
+      </c>
+      <c r="D537" t="s">
+        <v>604</v>
+      </c>
+      <c r="E537" t="s">
+        <v>605</v>
+      </c>
+      <c r="F537" t="s">
+        <v>143</v>
+      </c>
+      <c r="G537" s="1" t="s">
+        <v>1723</v>
+      </c>
+      <c r="H537" t="s">
+        <v>1724</v>
+      </c>
+    </row>
+    <row r="538" spans="1:8">
+      <c r="A538" t="s">
+        <v>1725</v>
+      </c>
+      <c r="B538" t="s">
+        <v>9</v>
+      </c>
+      <c r="C538" t="s">
+        <v>1519</v>
+      </c>
+      <c r="D538" t="s">
+        <v>604</v>
+      </c>
+      <c r="E538" t="s">
+        <v>605</v>
+      </c>
+      <c r="F538" t="s">
+        <v>590</v>
+      </c>
+      <c r="G538" s="1" t="s">
+        <v>1726</v>
+      </c>
+      <c r="H538" t="s">
+        <v>1727</v>
+      </c>
+    </row>
+    <row r="539" spans="1:8">
+      <c r="A539" t="s">
+        <v>1728</v>
+      </c>
+      <c r="B539" t="s">
+        <v>9</v>
+      </c>
+      <c r="C539" t="s">
+        <v>1522</v>
+      </c>
+      <c r="D539" t="s">
+        <v>604</v>
+      </c>
+      <c r="E539" t="s">
+        <v>605</v>
+      </c>
+      <c r="F539" t="s">
+        <v>93</v>
+      </c>
+      <c r="G539" s="1" t="s">
+        <v>1729</v>
+      </c>
+      <c r="H539" t="s">
+        <v>1730</v>
+      </c>
+    </row>
+    <row r="540" spans="1:8">
+      <c r="A540" t="s">
+        <v>1731</v>
+      </c>
+      <c r="B540" t="s">
+        <v>9</v>
+      </c>
+      <c r="C540" t="s">
+        <v>1732</v>
+      </c>
+      <c r="D540" t="s">
+        <v>604</v>
+      </c>
+      <c r="E540" t="s">
+        <v>605</v>
+      </c>
+      <c r="F540" t="s">
+        <v>93</v>
+      </c>
+      <c r="G540" s="1" t="s">
+        <v>1733</v>
+      </c>
+      <c r="H540" t="s">
+        <v>1734</v>
+      </c>
+    </row>
+    <row r="541" spans="1:8">
+      <c r="A541" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B541" t="s">
+        <v>9</v>
+      </c>
+      <c r="C541" t="s">
+        <v>1525</v>
+      </c>
+      <c r="D541" t="s">
+        <v>604</v>
+      </c>
+      <c r="E541" t="s">
+        <v>605</v>
+      </c>
+      <c r="F541" t="s">
+        <v>590</v>
+      </c>
+      <c r="G541" s="1" t="s">
+        <v>1736</v>
+      </c>
+      <c r="H541" t="s">
+        <v>1737</v>
+      </c>
+    </row>
+    <row r="542" spans="1:8">
+      <c r="A542" t="s">
+        <v>1738</v>
+      </c>
+      <c r="B542" t="s">
+        <v>9</v>
+      </c>
+      <c r="C542" t="s">
+        <v>1528</v>
+      </c>
+      <c r="D542" t="s">
+        <v>604</v>
+      </c>
+      <c r="E542" t="s">
+        <v>605</v>
+      </c>
+      <c r="F542" t="s">
+        <v>13</v>
+      </c>
+      <c r="G542" s="1" t="s">
+        <v>1739</v>
+      </c>
+      <c r="H542" t="s">
+        <v>1740</v>
+      </c>
+    </row>
+    <row r="543" spans="1:8">
+      <c r="A543" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B543" t="s">
+        <v>9</v>
+      </c>
+      <c r="C543" t="s">
+        <v>1531</v>
+      </c>
+      <c r="D543" t="s">
+        <v>604</v>
+      </c>
+      <c r="E543" t="s">
+        <v>605</v>
+      </c>
+      <c r="F543" t="s">
+        <v>13</v>
+      </c>
+      <c r="G543" s="1" t="s">
+        <v>1742</v>
+      </c>
+      <c r="H543" t="s">
+        <v>1743</v>
+      </c>
+    </row>
+    <row r="544" spans="1:8">
+      <c r="A544" t="s">
+        <v>1744</v>
+      </c>
+      <c r="B544" t="s">
+        <v>9</v>
+      </c>
+      <c r="C544" t="s">
+        <v>1534</v>
+      </c>
+      <c r="D544" t="s">
+        <v>604</v>
+      </c>
+      <c r="E544" t="s">
+        <v>605</v>
+      </c>
+      <c r="F544" t="s">
+        <v>13</v>
+      </c>
+      <c r="G544" s="1" t="s">
+        <v>1745</v>
+      </c>
+      <c r="H544" t="s">
+        <v>1746</v>
+      </c>
+    </row>
+    <row r="545" spans="1:8">
+      <c r="A545" t="s">
+        <v>1747</v>
+      </c>
+      <c r="B545" t="s">
+        <v>9</v>
+      </c>
+      <c r="C545" t="s">
+        <v>1537</v>
+      </c>
+      <c r="D545" t="s">
+        <v>604</v>
+      </c>
+      <c r="E545" t="s">
+        <v>605</v>
+      </c>
+      <c r="F545" t="s">
+        <v>13</v>
+      </c>
+      <c r="G545" s="1" t="s">
+        <v>1748</v>
+      </c>
+      <c r="H545" t="s">
+        <v>1749</v>
+      </c>
+    </row>
+    <row r="546" spans="1:8">
+      <c r="A546" t="s">
+        <v>1750</v>
+      </c>
+      <c r="B546" t="s">
+        <v>9</v>
+      </c>
+      <c r="C546" t="s">
+        <v>1540</v>
+      </c>
+      <c r="D546" t="s">
+        <v>604</v>
+      </c>
+      <c r="E546" t="s">
+        <v>605</v>
+      </c>
+      <c r="F546" t="s">
+        <v>143</v>
+      </c>
+      <c r="G546" s="1" t="s">
+        <v>1751</v>
+      </c>
+      <c r="H546" t="s">
+        <v>1752</v>
+      </c>
+    </row>
+    <row r="547" spans="1:8">
+      <c r="A547" t="s">
+        <v>1753</v>
+      </c>
+      <c r="B547" t="s">
+        <v>9</v>
+      </c>
+      <c r="C547" t="s">
+        <v>1543</v>
+      </c>
+      <c r="D547" t="s">
+        <v>604</v>
+      </c>
+      <c r="E547" t="s">
+        <v>605</v>
+      </c>
+      <c r="F547" t="s">
+        <v>13</v>
+      </c>
+      <c r="G547" s="1" t="s">
+        <v>1754</v>
+      </c>
+      <c r="H547" t="s">
+        <v>1755</v>
+      </c>
+    </row>
+    <row r="548" spans="1:8">
+      <c r="A548" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B548" t="s">
+        <v>9</v>
+      </c>
+      <c r="C548" t="s">
+        <v>1547</v>
+      </c>
+      <c r="D548" t="s">
+        <v>604</v>
+      </c>
+      <c r="E548" t="s">
+        <v>605</v>
+      </c>
+      <c r="F548" t="s">
+        <v>13</v>
+      </c>
+      <c r="G548" s="1" t="s">
+        <v>1757</v>
+      </c>
+      <c r="H548" t="s">
+        <v>1758</v>
+      </c>
+    </row>
+    <row r="549" spans="1:8">
+      <c r="A549" t="s">
+        <v>1759</v>
+      </c>
+      <c r="B549" t="s">
+        <v>9</v>
+      </c>
+      <c r="C549" t="s">
+        <v>1551</v>
+      </c>
+      <c r="D549" t="s">
+        <v>604</v>
+      </c>
+      <c r="E549" t="s">
+        <v>605</v>
+      </c>
+      <c r="F549" t="s">
+        <v>13</v>
+      </c>
+      <c r="G549" s="1" t="s">
+        <v>1760</v>
+      </c>
+      <c r="H549" t="s">
+        <v>1761</v>
+      </c>
+    </row>
+    <row r="550" spans="1:8">
+      <c r="A550" t="s">
+        <v>1762</v>
+      </c>
+      <c r="B550" t="s">
+        <v>9</v>
+      </c>
+      <c r="C550" t="s">
+        <v>1554</v>
+      </c>
+      <c r="D550" t="s">
+        <v>604</v>
+      </c>
+      <c r="E550" t="s">
+        <v>605</v>
+      </c>
+      <c r="F550" t="s">
+        <v>47</v>
+      </c>
+      <c r="G550" s="1" t="s">
+        <v>1763</v>
+      </c>
+      <c r="H550" t="s">
+        <v>1764</v>
+      </c>
+    </row>
+    <row r="551" spans="1:8">
+      <c r="A551" t="s">
+        <v>1765</v>
+      </c>
+      <c r="B551" t="s">
+        <v>9</v>
+      </c>
+      <c r="C551" t="s">
+        <v>1557</v>
+      </c>
+      <c r="D551" t="s">
+        <v>604</v>
+      </c>
+      <c r="E551" t="s">
+        <v>605</v>
+      </c>
+      <c r="F551" t="s">
+        <v>13</v>
+      </c>
+      <c r="G551" s="1" t="s">
+        <v>1766</v>
+      </c>
+      <c r="H551" t="s">
+        <v>1767</v>
+      </c>
+    </row>
+    <row r="552" spans="1:8">
+      <c r="A552" t="s">
+        <v>1768</v>
+      </c>
+      <c r="B552" t="s">
+        <v>9</v>
+      </c>
+      <c r="C552" t="s">
+        <v>1561</v>
+      </c>
+      <c r="D552" t="s">
+        <v>604</v>
+      </c>
+      <c r="E552" t="s">
+        <v>605</v>
+      </c>
+      <c r="F552" t="s">
+        <v>13</v>
+      </c>
+      <c r="G552" s="1" t="s">
+        <v>1769</v>
+      </c>
+      <c r="H552" t="s">
+        <v>1770</v>
+      </c>
+    </row>
+    <row r="553" spans="1:8">
+      <c r="A553" t="s">
+        <v>1771</v>
+      </c>
+      <c r="B553" t="s">
+        <v>9</v>
+      </c>
+      <c r="C553" t="s">
+        <v>183</v>
+      </c>
+      <c r="D553" t="s">
+        <v>604</v>
+      </c>
+      <c r="E553" t="s">
+        <v>605</v>
+      </c>
+      <c r="F553" t="s">
+        <v>13</v>
+      </c>
+      <c r="G553" s="1" t="s">
+        <v>1772</v>
+      </c>
+      <c r="H553" t="s">
+        <v>1773</v>
+      </c>
+    </row>
+    <row r="554" spans="1:8">
+      <c r="A554" t="s">
+        <v>1774</v>
+      </c>
+      <c r="B554" t="s">
+        <v>9</v>
+      </c>
+      <c r="C554" t="s">
+        <v>228</v>
+      </c>
+      <c r="D554" t="s">
+        <v>604</v>
+      </c>
+      <c r="E554" t="s">
+        <v>605</v>
+      </c>
+      <c r="F554" t="s">
+        <v>13</v>
+      </c>
+      <c r="G554" s="1" t="s">
+        <v>1775</v>
+      </c>
+      <c r="H554" t="s">
+        <v>1776</v>
+      </c>
+    </row>
+    <row r="555" spans="1:8">
+      <c r="A555" t="s">
+        <v>1777</v>
+      </c>
+      <c r="B555" t="s">
+        <v>9</v>
+      </c>
+      <c r="C555" t="s">
+        <v>328</v>
+      </c>
+      <c r="D555" t="s">
+        <v>604</v>
+      </c>
+      <c r="E555" t="s">
+        <v>605</v>
+      </c>
+      <c r="F555" t="s">
+        <v>13</v>
+      </c>
+      <c r="G555" s="1" t="s">
+        <v>1778</v>
+      </c>
+      <c r="H555" t="s">
+        <v>1779</v>
+      </c>
+    </row>
+    <row r="556" spans="1:8">
+      <c r="A556" t="s">
+        <v>1780</v>
+      </c>
+      <c r="B556" t="s">
+        <v>9</v>
+      </c>
+      <c r="C556" t="s">
+        <v>1564</v>
+      </c>
+      <c r="D556" t="s">
+        <v>604</v>
+      </c>
+      <c r="E556" t="s">
+        <v>605</v>
+      </c>
+      <c r="F556" t="s">
+        <v>67</v>
+      </c>
+      <c r="G556" s="1" t="s">
+        <v>1781</v>
+      </c>
+      <c r="H556" t="s">
+        <v>1782</v>
+      </c>
+    </row>
+    <row r="557" spans="1:8">
+      <c r="A557" t="s">
+        <v>1783</v>
+      </c>
+      <c r="B557" t="s">
+        <v>9</v>
+      </c>
+      <c r="C557" t="s">
+        <v>1567</v>
+      </c>
+      <c r="D557" t="s">
+        <v>604</v>
+      </c>
+      <c r="E557" t="s">
+        <v>605</v>
+      </c>
+      <c r="F557" t="s">
+        <v>13</v>
+      </c>
+      <c r="G557" s="1" t="s">
+        <v>1784</v>
+      </c>
+      <c r="H557" t="s">
+        <v>1785</v>
+      </c>
+    </row>
+    <row r="558" spans="1:8">
+      <c r="A558" t="s">
+        <v>1786</v>
+      </c>
+      <c r="B558" t="s">
+        <v>9</v>
+      </c>
+      <c r="C558" t="s">
+        <v>1571</v>
+      </c>
+      <c r="D558" t="s">
+        <v>604</v>
+      </c>
+      <c r="E558" t="s">
+        <v>605</v>
+      </c>
+      <c r="F558" t="s">
+        <v>13</v>
+      </c>
+      <c r="G558" s="1" t="s">
+        <v>1787</v>
+      </c>
+      <c r="H558" t="s">
+        <v>1788</v>
+      </c>
+    </row>
+    <row r="559" spans="1:8">
+      <c r="A559" t="s">
+        <v>1789</v>
+      </c>
+      <c r="B559" t="s">
+        <v>9</v>
+      </c>
+      <c r="C559" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D559" t="s">
+        <v>604</v>
+      </c>
+      <c r="E559" t="s">
+        <v>605</v>
+      </c>
+      <c r="F559" t="s">
+        <v>13</v>
+      </c>
+      <c r="G559" s="1" t="s">
+        <v>1790</v>
+      </c>
+      <c r="H559" t="s">
+        <v>1791</v>
+      </c>
+    </row>
+    <row r="560" spans="1:8">
+      <c r="A560" t="s">
+        <v>1792</v>
+      </c>
+      <c r="B560" t="s">
+        <v>9</v>
+      </c>
+      <c r="C560" t="s">
+        <v>1577</v>
+      </c>
+      <c r="D560" t="s">
+        <v>604</v>
+      </c>
+      <c r="E560" t="s">
+        <v>605</v>
+      </c>
+      <c r="F560" t="s">
+        <v>13</v>
+      </c>
+      <c r="G560" s="1" t="s">
+        <v>1793</v>
+      </c>
+      <c r="H560" t="s">
+        <v>1794</v>
+      </c>
+    </row>
+    <row r="561" spans="1:8">
+      <c r="A561" t="s">
+        <v>1795</v>
+      </c>
+      <c r="B561" t="s">
+        <v>9</v>
+      </c>
+      <c r="C561" t="s">
+        <v>1580</v>
+      </c>
+      <c r="D561" t="s">
+        <v>604</v>
+      </c>
+      <c r="E561" t="s">
+        <v>605</v>
+      </c>
+      <c r="F561" t="s">
+        <v>13</v>
+      </c>
+      <c r="G561" s="1" t="s">
+        <v>1796</v>
+      </c>
+      <c r="H561" t="s">
+        <v>1797</v>
+      </c>
+    </row>
+    <row r="562" spans="1:8">
+      <c r="A562" t="s">
+        <v>1798</v>
+      </c>
+      <c r="B562" t="s">
+        <v>9</v>
+      </c>
+      <c r="C562" t="s">
+        <v>332</v>
+      </c>
+      <c r="D562" t="s">
+        <v>604</v>
+      </c>
+      <c r="E562" t="s">
+        <v>605</v>
+      </c>
+      <c r="F562" t="s">
+        <v>13</v>
+      </c>
+      <c r="G562" s="1" t="s">
+        <v>1799</v>
+      </c>
+      <c r="H562" t="s">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="563" spans="1:8">
+      <c r="A563" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B563" t="s">
+        <v>9</v>
+      </c>
+      <c r="C563" t="s">
+        <v>1802</v>
+      </c>
+      <c r="D563" t="s">
+        <v>604</v>
+      </c>
+      <c r="E563" t="s">
+        <v>605</v>
+      </c>
+      <c r="F563" t="s">
+        <v>13</v>
+      </c>
+      <c r="G563" s="1" t="s">
+        <v>1803</v>
+      </c>
+      <c r="H563" t="s">
+        <v>1804</v>
+      </c>
+    </row>
+    <row r="564" spans="1:8">
+      <c r="A564" t="s">
+        <v>1805</v>
+      </c>
+      <c r="B564" t="s">
+        <v>9</v>
+      </c>
+      <c r="C564" t="s">
+        <v>1806</v>
+      </c>
+      <c r="D564" t="s">
+        <v>604</v>
+      </c>
+      <c r="E564" t="s">
+        <v>605</v>
+      </c>
+      <c r="F564" t="s">
+        <v>13</v>
+      </c>
+      <c r="G564" s="1" t="s">
+        <v>1807</v>
+      </c>
+      <c r="H564" t="s">
+        <v>1808</v>
+      </c>
+    </row>
+    <row r="565" spans="1:8">
+      <c r="A565" t="s">
+        <v>1809</v>
+      </c>
+      <c r="B565" t="s">
+        <v>9</v>
+      </c>
+      <c r="C565" t="s">
+        <v>1583</v>
+      </c>
+      <c r="D565" t="s">
+        <v>604</v>
+      </c>
+      <c r="E565" t="s">
+        <v>605</v>
+      </c>
+      <c r="F565" t="s">
+        <v>47</v>
+      </c>
+      <c r="G565" s="1" t="s">
+        <v>1810</v>
+      </c>
+      <c r="H565" t="s">
+        <v>1811</v>
+      </c>
+    </row>
+    <row r="566" spans="1:8">
+      <c r="A566" t="s">
+        <v>1812</v>
+      </c>
+      <c r="B566" t="s">
+        <v>9</v>
+      </c>
+      <c r="C566" t="s">
+        <v>1586</v>
+      </c>
+      <c r="D566" t="s">
+        <v>604</v>
+      </c>
+      <c r="E566" t="s">
+        <v>605</v>
+      </c>
+      <c r="F566" t="s">
+        <v>47</v>
+      </c>
+      <c r="G566" s="1" t="s">
+        <v>1813</v>
+      </c>
+      <c r="H566" t="s">
+        <v>1814</v>
+      </c>
+    </row>
+    <row r="567" spans="1:8">
+      <c r="A567" t="s">
+        <v>1815</v>
+      </c>
+      <c r="B567" t="s">
+        <v>9</v>
+      </c>
+      <c r="C567" t="s">
+        <v>1589</v>
+      </c>
+      <c r="D567" t="s">
+        <v>604</v>
+      </c>
+      <c r="E567" t="s">
+        <v>605</v>
+      </c>
+      <c r="F567" t="s">
+        <v>262</v>
+      </c>
+      <c r="G567" s="1" t="s">
+        <v>1816</v>
+      </c>
+      <c r="H567" t="s">
+        <v>1817</v>
+      </c>
+    </row>
+    <row r="568" spans="1:8">
+      <c r="A568" t="s">
+        <v>1818</v>
+      </c>
+      <c r="B568" t="s">
+        <v>9</v>
+      </c>
+      <c r="C568" t="s">
+        <v>1592</v>
+      </c>
+      <c r="D568" t="s">
+        <v>604</v>
+      </c>
+      <c r="E568" t="s">
+        <v>605</v>
+      </c>
+      <c r="F568" t="s">
+        <v>93</v>
+      </c>
+      <c r="G568" s="1" t="s">
+        <v>1819</v>
+      </c>
+      <c r="H568" t="s">
+        <v>1820</v>
+      </c>
+    </row>
+    <row r="569" spans="1:8">
+      <c r="A569" t="s">
+        <v>1821</v>
+      </c>
+      <c r="B569" t="s">
+        <v>9</v>
+      </c>
+      <c r="C569" t="s">
+        <v>1596</v>
+      </c>
+      <c r="D569" t="s">
+        <v>604</v>
+      </c>
+      <c r="E569" t="s">
+        <v>605</v>
+      </c>
+      <c r="F569" t="s">
+        <v>93</v>
+      </c>
+      <c r="G569" s="1" t="s">
+        <v>1822</v>
+      </c>
+      <c r="H569" t="s">
+        <v>1823</v>
+      </c>
+    </row>
+    <row r="570" spans="1:8">
+      <c r="A570" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B570" t="s">
+        <v>9</v>
+      </c>
+      <c r="C570" t="s">
+        <v>1599</v>
+      </c>
+      <c r="D570" t="s">
+        <v>604</v>
+      </c>
+      <c r="E570" t="s">
+        <v>605</v>
+      </c>
+      <c r="F570" t="s">
+        <v>93</v>
+      </c>
+      <c r="G570" s="1" t="s">
+        <v>1825</v>
+      </c>
+      <c r="H570" t="s">
+        <v>1826</v>
+      </c>
+    </row>
+    <row r="571" spans="1:8">
+      <c r="A571" t="s">
+        <v>1827</v>
+      </c>
+      <c r="B571" t="s">
+        <v>9</v>
+      </c>
+      <c r="C571" t="s">
+        <v>599</v>
+      </c>
+      <c r="D571" t="s">
+        <v>604</v>
+      </c>
+      <c r="E571" t="s">
+        <v>605</v>
+      </c>
+      <c r="F571" t="s">
+        <v>143</v>
+      </c>
+      <c r="G571" s="1" t="s">
+        <v>1828</v>
+      </c>
+      <c r="H571" t="s">
+        <v>1829</v>
+      </c>
+    </row>
+    <row r="572" spans="1:8">
+      <c r="A572" t="s">
+        <v>1830</v>
+      </c>
+      <c r="B572" t="s">
+        <v>9</v>
+      </c>
+      <c r="C572" t="s">
+        <v>336</v>
+      </c>
+      <c r="D572" t="s">
+        <v>604</v>
+      </c>
+      <c r="E572" t="s">
+        <v>605</v>
+      </c>
+      <c r="F572" t="s">
+        <v>93</v>
+      </c>
+      <c r="G572" s="1" t="s">
+        <v>1831</v>
+      </c>
+      <c r="H572" t="s">
+        <v>1832</v>
+      </c>
+    </row>
+    <row r="573" spans="1:8">
+      <c r="A573" t="s">
+        <v>1833</v>
+      </c>
+      <c r="B573" t="s">
+        <v>9</v>
+      </c>
+      <c r="C573" t="s">
+        <v>1602</v>
+      </c>
+      <c r="D573" t="s">
+        <v>604</v>
+      </c>
+      <c r="E573" t="s">
+        <v>605</v>
+      </c>
+      <c r="F573" t="s">
+        <v>143</v>
+      </c>
+      <c r="G573" s="1" t="s">
+        <v>1834</v>
+      </c>
+      <c r="H573" t="s">
+        <v>1835</v>
+      </c>
+    </row>
+    <row r="574" spans="1:8">
+      <c r="A574" t="s">
+        <v>1836</v>
+      </c>
+      <c r="B574" t="s">
+        <v>9</v>
+      </c>
+      <c r="C574" t="s">
+        <v>1605</v>
+      </c>
+      <c r="D574" t="s">
+        <v>604</v>
+      </c>
+      <c r="E574" t="s">
+        <v>605</v>
+      </c>
+      <c r="F574" t="s">
+        <v>143</v>
+      </c>
+      <c r="G574" s="1" t="s">
+        <v>1837</v>
+      </c>
+      <c r="H574" t="s">
+        <v>1838</v>
+      </c>
+    </row>
+    <row r="575" spans="1:8">
+      <c r="A575" t="s">
+        <v>1839</v>
+      </c>
+      <c r="B575" t="s">
+        <v>9</v>
+      </c>
+      <c r="C575" t="s">
+        <v>1608</v>
+      </c>
+      <c r="D575" t="s">
+        <v>604</v>
+      </c>
+      <c r="E575" t="s">
+        <v>605</v>
+      </c>
+      <c r="F575" t="s">
+        <v>262</v>
+      </c>
+      <c r="G575" s="1" t="s">
+        <v>1840</v>
+      </c>
+      <c r="H575" t="s">
+        <v>1841</v>
+      </c>
+    </row>
+    <row r="576" spans="1:8">
+      <c r="A576" t="s">
+        <v>1842</v>
+      </c>
+      <c r="B576" t="s">
+        <v>9</v>
+      </c>
+      <c r="C576" t="s">
+        <v>1611</v>
+      </c>
+      <c r="D576" t="s">
+        <v>604</v>
+      </c>
+      <c r="E576" t="s">
+        <v>605</v>
+      </c>
+      <c r="F576" t="s">
+        <v>262</v>
+      </c>
+      <c r="G576" s="1" t="s">
+        <v>1843</v>
+      </c>
+      <c r="H576" t="s">
+        <v>1844</v>
+      </c>
+    </row>
+    <row r="577" spans="1:8">
+      <c r="A577" t="s">
+        <v>1845</v>
+      </c>
+      <c r="B577" t="s">
+        <v>9</v>
+      </c>
+      <c r="C577" t="s">
+        <v>340</v>
+      </c>
+      <c r="D577" t="s">
+        <v>604</v>
+      </c>
+      <c r="E577" t="s">
+        <v>605</v>
+      </c>
+      <c r="F577" t="s">
+        <v>262</v>
+      </c>
+      <c r="G577" s="1" t="s">
+        <v>1846</v>
+      </c>
+      <c r="H577" t="s">
+        <v>1847</v>
+      </c>
+    </row>
+    <row r="578" spans="1:8">
+      <c r="A578" t="s">
+        <v>1848</v>
+      </c>
+      <c r="B578" t="s">
+        <v>9</v>
+      </c>
+      <c r="C578" t="s">
         <v>1614</v>
       </c>
-      <c r="B527" t="s">
-[...5 lines deleted...]
-      <c r="D527" t="s">
+      <c r="D578" t="s">
+        <v>604</v>
+      </c>
+      <c r="E578" t="s">
+        <v>605</v>
+      </c>
+      <c r="F578" t="s">
+        <v>262</v>
+      </c>
+      <c r="G578" s="1" t="s">
+        <v>1849</v>
+      </c>
+      <c r="H578" t="s">
+        <v>1850</v>
+      </c>
+    </row>
+    <row r="579" spans="1:8">
+      <c r="A579" t="s">
+        <v>1851</v>
+      </c>
+      <c r="B579" t="s">
+        <v>9</v>
+      </c>
+      <c r="C579" t="s">
+        <v>344</v>
+      </c>
+      <c r="D579" t="s">
+        <v>604</v>
+      </c>
+      <c r="E579" t="s">
+        <v>605</v>
+      </c>
+      <c r="F579" t="s">
+        <v>35</v>
+      </c>
+      <c r="G579" s="1" t="s">
+        <v>1852</v>
+      </c>
+      <c r="H579" t="s">
+        <v>1853</v>
+      </c>
+    </row>
+    <row r="580" spans="1:8">
+      <c r="A580" t="s">
+        <v>1854</v>
+      </c>
+      <c r="B580" t="s">
+        <v>9</v>
+      </c>
+      <c r="C580" t="s">
+        <v>1618</v>
+      </c>
+      <c r="D580" t="s">
+        <v>604</v>
+      </c>
+      <c r="E580" t="s">
+        <v>605</v>
+      </c>
+      <c r="F580" t="s">
+        <v>47</v>
+      </c>
+      <c r="G580" s="1" t="s">
+        <v>1855</v>
+      </c>
+      <c r="H580" t="s">
+        <v>1856</v>
+      </c>
+    </row>
+    <row r="581" spans="1:8">
+      <c r="A581" t="s">
+        <v>1857</v>
+      </c>
+      <c r="B581" t="s">
+        <v>9</v>
+      </c>
+      <c r="C581" t="s">
+        <v>346</v>
+      </c>
+      <c r="D581" t="s">
+        <v>604</v>
+      </c>
+      <c r="E581" t="s">
+        <v>605</v>
+      </c>
+      <c r="F581" t="s">
+        <v>13</v>
+      </c>
+      <c r="G581" s="1" t="s">
+        <v>1858</v>
+      </c>
+      <c r="H581" t="s">
+        <v>1859</v>
+      </c>
+    </row>
+    <row r="582" spans="1:8">
+      <c r="A582" t="s">
+        <v>1860</v>
+      </c>
+      <c r="B582" t="s">
+        <v>9</v>
+      </c>
+      <c r="C582" t="s">
+        <v>1621</v>
+      </c>
+      <c r="D582" t="s">
+        <v>604</v>
+      </c>
+      <c r="E582" t="s">
+        <v>605</v>
+      </c>
+      <c r="F582" t="s">
+        <v>13</v>
+      </c>
+      <c r="G582" s="1" t="s">
+        <v>1861</v>
+      </c>
+      <c r="H582" t="s">
+        <v>1862</v>
+      </c>
+    </row>
+    <row r="583" spans="1:8">
+      <c r="A583" t="s">
+        <v>1863</v>
+      </c>
+      <c r="B583" t="s">
+        <v>9</v>
+      </c>
+      <c r="C583" t="s">
+        <v>1624</v>
+      </c>
+      <c r="D583" t="s">
+        <v>604</v>
+      </c>
+      <c r="E583" t="s">
+        <v>605</v>
+      </c>
+      <c r="F583" t="s">
+        <v>13</v>
+      </c>
+      <c r="G583" s="1" t="s">
+        <v>1864</v>
+      </c>
+      <c r="H583" t="s">
+        <v>1865</v>
+      </c>
+    </row>
+    <row r="584" spans="1:8">
+      <c r="A584" t="s">
+        <v>1866</v>
+      </c>
+      <c r="B584" t="s">
+        <v>9</v>
+      </c>
+      <c r="C584" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D584" t="s">
+        <v>604</v>
+      </c>
+      <c r="E584" t="s">
+        <v>605</v>
+      </c>
+      <c r="F584" t="s">
+        <v>590</v>
+      </c>
+      <c r="G584" s="1" t="s">
+        <v>1867</v>
+      </c>
+      <c r="H584" t="s">
+        <v>1868</v>
+      </c>
+    </row>
+    <row r="585" spans="1:8">
+      <c r="A585" t="s">
+        <v>1869</v>
+      </c>
+      <c r="B585" t="s">
+        <v>9</v>
+      </c>
+      <c r="C585" t="s">
+        <v>1630</v>
+      </c>
+      <c r="D585" t="s">
+        <v>604</v>
+      </c>
+      <c r="E585" t="s">
+        <v>605</v>
+      </c>
+      <c r="F585" t="s">
+        <v>590</v>
+      </c>
+      <c r="G585" s="1" t="s">
+        <v>1870</v>
+      </c>
+      <c r="H585" t="s">
+        <v>1871</v>
+      </c>
+    </row>
+    <row r="586" spans="1:8">
+      <c r="A586" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B586" t="s">
+        <v>9</v>
+      </c>
+      <c r="C586" t="s">
+        <v>1633</v>
+      </c>
+      <c r="D586" t="s">
+        <v>604</v>
+      </c>
+      <c r="E586" t="s">
+        <v>605</v>
+      </c>
+      <c r="F586" t="s">
+        <v>590</v>
+      </c>
+      <c r="G586" s="1" t="s">
+        <v>1873</v>
+      </c>
+      <c r="H586" t="s">
+        <v>1874</v>
+      </c>
+    </row>
+    <row r="587" spans="1:8">
+      <c r="A587" t="s">
+        <v>1875</v>
+      </c>
+      <c r="B587" t="s">
+        <v>9</v>
+      </c>
+      <c r="C587" t="s">
+        <v>1636</v>
+      </c>
+      <c r="D587" t="s">
+        <v>604</v>
+      </c>
+      <c r="E587" t="s">
+        <v>605</v>
+      </c>
+      <c r="F587" t="s">
+        <v>590</v>
+      </c>
+      <c r="G587" s="1" t="s">
+        <v>1876</v>
+      </c>
+      <c r="H587" t="s">
+        <v>1877</v>
+      </c>
+    </row>
+    <row r="588" spans="1:8">
+      <c r="A588" t="s">
+        <v>1878</v>
+      </c>
+      <c r="B588" t="s">
+        <v>9</v>
+      </c>
+      <c r="C588" t="s">
+        <v>1879</v>
+      </c>
+      <c r="D588" t="s">
+        <v>604</v>
+      </c>
+      <c r="E588" t="s">
+        <v>605</v>
+      </c>
+      <c r="F588" t="s">
+        <v>590</v>
+      </c>
+      <c r="G588" s="1" t="s">
+        <v>1880</v>
+      </c>
+      <c r="H588" t="s">
+        <v>1881</v>
+      </c>
+    </row>
+    <row r="589" spans="1:8">
+      <c r="A589" t="s">
+        <v>1882</v>
+      </c>
+      <c r="B589" t="s">
+        <v>9</v>
+      </c>
+      <c r="C589" t="s">
+        <v>357</v>
+      </c>
+      <c r="D589" t="s">
+        <v>604</v>
+      </c>
+      <c r="E589" t="s">
+        <v>605</v>
+      </c>
+      <c r="F589" t="s">
+        <v>590</v>
+      </c>
+      <c r="G589" s="1" t="s">
+        <v>1883</v>
+      </c>
+      <c r="H589" t="s">
+        <v>1884</v>
+      </c>
+    </row>
+    <row r="590" spans="1:8">
+      <c r="A590" t="s">
+        <v>1885</v>
+      </c>
+      <c r="B590" t="s">
+        <v>9</v>
+      </c>
+      <c r="C590" t="s">
+        <v>361</v>
+      </c>
+      <c r="D590" t="s">
+        <v>604</v>
+      </c>
+      <c r="E590" t="s">
+        <v>605</v>
+      </c>
+      <c r="F590" t="s">
+        <v>13</v>
+      </c>
+      <c r="G590" s="1" t="s">
+        <v>1886</v>
+      </c>
+      <c r="H590" t="s">
+        <v>1887</v>
+      </c>
+    </row>
+    <row r="591" spans="1:8">
+      <c r="A591" t="s">
+        <v>1888</v>
+      </c>
+      <c r="B591" t="s">
+        <v>9</v>
+      </c>
+      <c r="C591" t="s">
+        <v>365</v>
+      </c>
+      <c r="D591" t="s">
+        <v>604</v>
+      </c>
+      <c r="E591" t="s">
+        <v>605</v>
+      </c>
+      <c r="F591" t="s">
+        <v>47</v>
+      </c>
+      <c r="G591" s="1" t="s">
+        <v>1889</v>
+      </c>
+      <c r="H591" t="s">
+        <v>1890</v>
+      </c>
+    </row>
+    <row r="592" spans="1:8">
+      <c r="A592" t="s">
+        <v>1891</v>
+      </c>
+      <c r="B592" t="s">
+        <v>9</v>
+      </c>
+      <c r="C592" t="s">
+        <v>369</v>
+      </c>
+      <c r="D592" t="s">
+        <v>604</v>
+      </c>
+      <c r="E592" t="s">
+        <v>605</v>
+      </c>
+      <c r="F592" t="s">
+        <v>13</v>
+      </c>
+      <c r="G592" s="1" t="s">
+        <v>1892</v>
+      </c>
+      <c r="H592" t="s">
+        <v>1893</v>
+      </c>
+    </row>
+    <row r="593" spans="1:8">
+      <c r="A593" t="s">
+        <v>1894</v>
+      </c>
+      <c r="B593" t="s">
+        <v>9</v>
+      </c>
+      <c r="C593" t="s">
+        <v>552</v>
+      </c>
+      <c r="D593" t="s">
+        <v>604</v>
+      </c>
+      <c r="E593" t="s">
+        <v>605</v>
+      </c>
+      <c r="F593" t="s">
+        <v>590</v>
+      </c>
+      <c r="G593" s="1" t="s">
+        <v>1895</v>
+      </c>
+      <c r="H593" t="s">
+        <v>1896</v>
+      </c>
+    </row>
+    <row r="594" spans="1:8">
+      <c r="A594" t="s">
+        <v>1897</v>
+      </c>
+      <c r="B594" t="s">
+        <v>9</v>
+      </c>
+      <c r="C594" t="s">
+        <v>373</v>
+      </c>
+      <c r="D594" t="s">
+        <v>604</v>
+      </c>
+      <c r="E594" t="s">
+        <v>605</v>
+      </c>
+      <c r="F594" t="s">
+        <v>590</v>
+      </c>
+      <c r="G594" s="1" t="s">
+        <v>1898</v>
+      </c>
+      <c r="H594" t="s">
+        <v>1899</v>
+      </c>
+    </row>
+    <row r="595" spans="1:8">
+      <c r="A595" t="s">
+        <v>1900</v>
+      </c>
+      <c r="B595" t="s">
+        <v>9</v>
+      </c>
+      <c r="C595" t="s">
+        <v>377</v>
+      </c>
+      <c r="D595" t="s">
+        <v>604</v>
+      </c>
+      <c r="E595" t="s">
+        <v>605</v>
+      </c>
+      <c r="F595" t="s">
+        <v>93</v>
+      </c>
+      <c r="G595" s="1" t="s">
+        <v>1901</v>
+      </c>
+      <c r="H595" t="s">
+        <v>1902</v>
+      </c>
+    </row>
+    <row r="596" spans="1:8">
+      <c r="A596" t="s">
+        <v>1903</v>
+      </c>
+      <c r="B596" t="s">
+        <v>9</v>
+      </c>
+      <c r="C596" t="s">
+        <v>349</v>
+      </c>
+      <c r="D596" t="s">
+        <v>604</v>
+      </c>
+      <c r="E596" t="s">
+        <v>605</v>
+      </c>
+      <c r="F596" t="s">
+        <v>93</v>
+      </c>
+      <c r="G596" s="1" t="s">
+        <v>1904</v>
+      </c>
+      <c r="H596" t="s">
+        <v>1905</v>
+      </c>
+    </row>
+    <row r="597" spans="1:8">
+      <c r="A597" t="s">
+        <v>1906</v>
+      </c>
+      <c r="B597" t="s">
+        <v>9</v>
+      </c>
+      <c r="C597" t="s">
+        <v>353</v>
+      </c>
+      <c r="D597" t="s">
+        <v>604</v>
+      </c>
+      <c r="E597" t="s">
+        <v>605</v>
+      </c>
+      <c r="F597" t="s">
+        <v>93</v>
+      </c>
+      <c r="G597" s="1" t="s">
+        <v>1907</v>
+      </c>
+      <c r="H597" t="s">
+        <v>1908</v>
+      </c>
+    </row>
+    <row r="598" spans="1:8">
+      <c r="A598" t="s">
+        <v>1909</v>
+      </c>
+      <c r="B598" t="s">
+        <v>9</v>
+      </c>
+      <c r="C598" t="s">
+        <v>1639</v>
+      </c>
+      <c r="D598" t="s">
+        <v>604</v>
+      </c>
+      <c r="E598" t="s">
+        <v>605</v>
+      </c>
+      <c r="F598" t="s">
+        <v>93</v>
+      </c>
+      <c r="G598" s="1" t="s">
+        <v>1910</v>
+      </c>
+      <c r="H598" t="s">
+        <v>1911</v>
+      </c>
+    </row>
+    <row r="599" spans="1:8">
+      <c r="A599" t="s">
+        <v>1912</v>
+      </c>
+      <c r="B599" t="s">
+        <v>9</v>
+      </c>
+      <c r="C599" t="s">
+        <v>1642</v>
+      </c>
+      <c r="D599" t="s">
+        <v>604</v>
+      </c>
+      <c r="E599" t="s">
+        <v>605</v>
+      </c>
+      <c r="F599" t="s">
+        <v>47</v>
+      </c>
+      <c r="G599" s="1" t="s">
+        <v>1913</v>
+      </c>
+      <c r="H599" t="s">
+        <v>1914</v>
+      </c>
+    </row>
+    <row r="600" spans="1:8">
+      <c r="A600" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B600" t="s">
+        <v>9</v>
+      </c>
+      <c r="C600" t="s">
+        <v>1645</v>
+      </c>
+      <c r="D600" t="s">
+        <v>604</v>
+      </c>
+      <c r="E600" t="s">
+        <v>605</v>
+      </c>
+      <c r="F600" t="s">
+        <v>590</v>
+      </c>
+      <c r="G600" s="1" t="s">
+        <v>1916</v>
+      </c>
+      <c r="H600" t="s">
+        <v>1917</v>
+      </c>
+    </row>
+    <row r="601" spans="1:8">
+      <c r="A601" t="s">
+        <v>1918</v>
+      </c>
+      <c r="B601" t="s">
+        <v>9</v>
+      </c>
+      <c r="C601" t="s">
+        <v>1648</v>
+      </c>
+      <c r="D601" t="s">
+        <v>604</v>
+      </c>
+      <c r="E601" t="s">
+        <v>605</v>
+      </c>
+      <c r="F601" t="s">
+        <v>93</v>
+      </c>
+      <c r="G601" s="1" t="s">
+        <v>1919</v>
+      </c>
+      <c r="H601" t="s">
+        <v>1920</v>
+      </c>
+    </row>
+    <row r="602" spans="1:8">
+      <c r="A602" t="s">
+        <v>1921</v>
+      </c>
+      <c r="B602" t="s">
+        <v>9</v>
+      </c>
+      <c r="C602" t="s">
+        <v>1651</v>
+      </c>
+      <c r="D602" t="s">
+        <v>604</v>
+      </c>
+      <c r="E602" t="s">
+        <v>605</v>
+      </c>
+      <c r="F602" t="s">
+        <v>47</v>
+      </c>
+      <c r="G602" s="1" t="s">
+        <v>1922</v>
+      </c>
+      <c r="H602" t="s">
+        <v>1923</v>
+      </c>
+    </row>
+    <row r="603" spans="1:8">
+      <c r="A603" t="s">
+        <v>1924</v>
+      </c>
+      <c r="B603" t="s">
+        <v>9</v>
+      </c>
+      <c r="C603" t="s">
+        <v>1654</v>
+      </c>
+      <c r="D603" t="s">
+        <v>604</v>
+      </c>
+      <c r="E603" t="s">
+        <v>605</v>
+      </c>
+      <c r="F603" t="s">
+        <v>93</v>
+      </c>
+      <c r="G603" s="1" t="s">
+        <v>1925</v>
+      </c>
+      <c r="H603" t="s">
+        <v>1926</v>
+      </c>
+    </row>
+    <row r="604" spans="1:8">
+      <c r="A604" t="s">
+        <v>1927</v>
+      </c>
+      <c r="B604" t="s">
+        <v>9</v>
+      </c>
+      <c r="C604" t="s">
+        <v>1657</v>
+      </c>
+      <c r="D604" t="s">
+        <v>604</v>
+      </c>
+      <c r="E604" t="s">
+        <v>605</v>
+      </c>
+      <c r="F604" t="s">
+        <v>93</v>
+      </c>
+      <c r="G604" s="1" t="s">
+        <v>1928</v>
+      </c>
+      <c r="H604" t="s">
+        <v>1929</v>
+      </c>
+    </row>
+    <row r="605" spans="1:8">
+      <c r="A605" t="s">
+        <v>1930</v>
+      </c>
+      <c r="B605" t="s">
+        <v>9</v>
+      </c>
+      <c r="C605" t="s">
+        <v>1661</v>
+      </c>
+      <c r="D605" t="s">
+        <v>604</v>
+      </c>
+      <c r="E605" t="s">
+        <v>605</v>
+      </c>
+      <c r="F605" t="s">
+        <v>13</v>
+      </c>
+      <c r="G605" s="1" t="s">
+        <v>1931</v>
+      </c>
+      <c r="H605" t="s">
+        <v>1932</v>
+      </c>
+    </row>
+    <row r="606" spans="1:8">
+      <c r="A606" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B606" t="s">
+        <v>9</v>
+      </c>
+      <c r="C606" t="s">
+        <v>381</v>
+      </c>
+      <c r="D606" t="s">
+        <v>604</v>
+      </c>
+      <c r="E606" t="s">
+        <v>605</v>
+      </c>
+      <c r="F606" t="s">
+        <v>13</v>
+      </c>
+      <c r="G606" s="1" t="s">
+        <v>1934</v>
+      </c>
+      <c r="H606" t="s">
+        <v>1935</v>
+      </c>
+    </row>
+    <row r="607" spans="1:8">
+      <c r="A607" t="s">
+        <v>1936</v>
+      </c>
+      <c r="B607" t="s">
+        <v>9</v>
+      </c>
+      <c r="C607" t="s">
+        <v>385</v>
+      </c>
+      <c r="D607" t="s">
+        <v>604</v>
+      </c>
+      <c r="E607" t="s">
+        <v>605</v>
+      </c>
+      <c r="F607" t="s">
+        <v>13</v>
+      </c>
+      <c r="G607" s="1" t="s">
+        <v>1937</v>
+      </c>
+      <c r="H607" t="s">
+        <v>1938</v>
+      </c>
+    </row>
+    <row r="608" spans="1:8">
+      <c r="A608" t="s">
+        <v>1939</v>
+      </c>
+      <c r="B608" t="s">
+        <v>9</v>
+      </c>
+      <c r="C608" t="s">
+        <v>389</v>
+      </c>
+      <c r="D608" t="s">
+        <v>604</v>
+      </c>
+      <c r="E608" t="s">
+        <v>605</v>
+      </c>
+      <c r="F608" t="s">
+        <v>143</v>
+      </c>
+      <c r="G608" s="1" t="s">
+        <v>1940</v>
+      </c>
+      <c r="H608" t="s">
+        <v>1941</v>
+      </c>
+    </row>
+    <row r="609" spans="1:8">
+      <c r="A609" t="s">
+        <v>1942</v>
+      </c>
+      <c r="B609" t="s">
+        <v>9</v>
+      </c>
+      <c r="C609" t="s">
+        <v>393</v>
+      </c>
+      <c r="D609" t="s">
+        <v>604</v>
+      </c>
+      <c r="E609" t="s">
+        <v>605</v>
+      </c>
+      <c r="F609" t="s">
+        <v>143</v>
+      </c>
+      <c r="G609" s="1" t="s">
+        <v>1943</v>
+      </c>
+      <c r="H609" t="s">
+        <v>1944</v>
+      </c>
+    </row>
+    <row r="610" spans="1:8">
+      <c r="A610" t="s">
+        <v>1945</v>
+      </c>
+      <c r="B610" t="s">
+        <v>9</v>
+      </c>
+      <c r="C610" t="s">
+        <v>397</v>
+      </c>
+      <c r="D610" t="s">
+        <v>604</v>
+      </c>
+      <c r="E610" t="s">
+        <v>605</v>
+      </c>
+      <c r="F610" t="s">
+        <v>13</v>
+      </c>
+      <c r="G610" s="1" t="s">
+        <v>1946</v>
+      </c>
+      <c r="H610" t="s">
+        <v>1947</v>
+      </c>
+    </row>
+    <row r="611" spans="1:8">
+      <c r="A611" t="s">
+        <v>1948</v>
+      </c>
+      <c r="B611" t="s">
+        <v>9</v>
+      </c>
+      <c r="C611" t="s">
+        <v>401</v>
+      </c>
+      <c r="D611" t="s">
+        <v>604</v>
+      </c>
+      <c r="E611" t="s">
+        <v>605</v>
+      </c>
+      <c r="F611" t="s">
+        <v>143</v>
+      </c>
+      <c r="G611" s="1" t="s">
+        <v>1949</v>
+      </c>
+      <c r="H611" t="s">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="612" spans="1:8">
+      <c r="A612" t="s">
+        <v>1951</v>
+      </c>
+      <c r="B612" t="s">
+        <v>9</v>
+      </c>
+      <c r="C612" t="s">
+        <v>1664</v>
+      </c>
+      <c r="D612" t="s">
+        <v>604</v>
+      </c>
+      <c r="E612" t="s">
+        <v>605</v>
+      </c>
+      <c r="F612" t="s">
+        <v>93</v>
+      </c>
+      <c r="G612" s="1" t="s">
+        <v>1952</v>
+      </c>
+      <c r="H612" t="s">
+        <v>1953</v>
+      </c>
+    </row>
+    <row r="613" spans="1:8">
+      <c r="A613" t="s">
+        <v>1954</v>
+      </c>
+      <c r="B613" t="s">
+        <v>9</v>
+      </c>
+      <c r="C613" t="s">
+        <v>1667</v>
+      </c>
+      <c r="D613" t="s">
+        <v>604</v>
+      </c>
+      <c r="E613" t="s">
+        <v>605</v>
+      </c>
+      <c r="F613" t="s">
+        <v>93</v>
+      </c>
+      <c r="G613" s="1" t="s">
+        <v>1955</v>
+      </c>
+      <c r="H613" t="s">
+        <v>1956</v>
+      </c>
+    </row>
+    <row r="614" spans="1:8">
+      <c r="A614" t="s">
+        <v>1957</v>
+      </c>
+      <c r="B614" t="s">
+        <v>9</v>
+      </c>
+      <c r="C614" t="s">
+        <v>1958</v>
+      </c>
+      <c r="D614" t="s">
+        <v>604</v>
+      </c>
+      <c r="E614" t="s">
+        <v>605</v>
+      </c>
+      <c r="F614" t="s">
+        <v>143</v>
+      </c>
+      <c r="G614" s="1" t="s">
+        <v>1959</v>
+      </c>
+      <c r="H614" t="s">
+        <v>1960</v>
+      </c>
+    </row>
+    <row r="615" spans="1:8">
+      <c r="A615" t="s">
+        <v>1961</v>
+      </c>
+      <c r="B615" t="s">
+        <v>9</v>
+      </c>
+      <c r="C615" t="s">
+        <v>1670</v>
+      </c>
+      <c r="D615" t="s">
+        <v>604</v>
+      </c>
+      <c r="E615" t="s">
+        <v>605</v>
+      </c>
+      <c r="F615" t="s">
+        <v>262</v>
+      </c>
+      <c r="G615" s="1" t="s">
+        <v>1962</v>
+      </c>
+      <c r="H615" t="s">
+        <v>1963</v>
+      </c>
+    </row>
+    <row r="616" spans="1:8">
+      <c r="A616" t="s">
+        <v>1964</v>
+      </c>
+      <c r="B616" t="s">
+        <v>9</v>
+      </c>
+      <c r="C616" t="s">
+        <v>1673</v>
+      </c>
+      <c r="D616" t="s">
+        <v>604</v>
+      </c>
+      <c r="E616" t="s">
+        <v>605</v>
+      </c>
+      <c r="F616" t="s">
+        <v>262</v>
+      </c>
+      <c r="G616" s="1" t="s">
+        <v>1965</v>
+      </c>
+      <c r="H616" t="s">
+        <v>1966</v>
+      </c>
+    </row>
+    <row r="617" spans="1:8">
+      <c r="A617" t="s">
+        <v>1967</v>
+      </c>
+      <c r="B617" t="s">
+        <v>9</v>
+      </c>
+      <c r="C617" t="s">
+        <v>1676</v>
+      </c>
+      <c r="D617" t="s">
+        <v>604</v>
+      </c>
+      <c r="E617" t="s">
+        <v>605</v>
+      </c>
+      <c r="F617" t="s">
+        <v>262</v>
+      </c>
+      <c r="G617" s="1" t="s">
+        <v>1968</v>
+      </c>
+      <c r="H617" t="s">
+        <v>1969</v>
+      </c>
+    </row>
+    <row r="618" spans="1:8">
+      <c r="A618" t="s">
+        <v>1970</v>
+      </c>
+      <c r="B618" t="s">
+        <v>9</v>
+      </c>
+      <c r="C618" t="s">
+        <v>1680</v>
+      </c>
+      <c r="D618" t="s">
+        <v>604</v>
+      </c>
+      <c r="E618" t="s">
+        <v>605</v>
+      </c>
+      <c r="F618" t="s">
+        <v>590</v>
+      </c>
+      <c r="G618" s="1" t="s">
+        <v>1971</v>
+      </c>
+      <c r="H618" t="s">
+        <v>1972</v>
+      </c>
+    </row>
+    <row r="619" spans="1:8">
+      <c r="A619" t="s">
+        <v>1973</v>
+      </c>
+      <c r="B619" t="s">
+        <v>9</v>
+      </c>
+      <c r="C619" t="s">
+        <v>1683</v>
+      </c>
+      <c r="D619" t="s">
+        <v>604</v>
+      </c>
+      <c r="E619" t="s">
+        <v>605</v>
+      </c>
+      <c r="F619" t="s">
+        <v>590</v>
+      </c>
+      <c r="G619" s="1" t="s">
+        <v>1974</v>
+      </c>
+      <c r="H619" t="s">
+        <v>1975</v>
+      </c>
+    </row>
+    <row r="620" spans="1:8">
+      <c r="A620" t="s">
+        <v>1976</v>
+      </c>
+      <c r="B620" t="s">
+        <v>9</v>
+      </c>
+      <c r="C620" t="s">
+        <v>409</v>
+      </c>
+      <c r="D620" t="s">
+        <v>604</v>
+      </c>
+      <c r="E620" t="s">
+        <v>605</v>
+      </c>
+      <c r="F620" t="s">
+        <v>47</v>
+      </c>
+      <c r="G620" s="1" t="s">
+        <v>1977</v>
+      </c>
+      <c r="H620" t="s">
+        <v>1978</v>
+      </c>
+    </row>
+    <row r="621" spans="1:8">
+      <c r="A621" t="s">
+        <v>1979</v>
+      </c>
+      <c r="B621" t="s">
+        <v>9</v>
+      </c>
+      <c r="C621" t="s">
+        <v>1980</v>
+      </c>
+      <c r="D621" t="s">
+        <v>604</v>
+      </c>
+      <c r="E621" t="s">
+        <v>605</v>
+      </c>
+      <c r="F621" t="s">
+        <v>47</v>
+      </c>
+      <c r="G621" s="1" t="s">
+        <v>1981</v>
+      </c>
+      <c r="H621" t="s">
+        <v>1982</v>
+      </c>
+    </row>
+    <row r="622" spans="1:8">
+      <c r="A622" t="s">
+        <v>1983</v>
+      </c>
+      <c r="B622" t="s">
+        <v>9</v>
+      </c>
+      <c r="C622" t="s">
+        <v>1686</v>
+      </c>
+      <c r="D622" t="s">
+        <v>604</v>
+      </c>
+      <c r="E622" t="s">
+        <v>605</v>
+      </c>
+      <c r="F622" t="s">
+        <v>35</v>
+      </c>
+      <c r="G622" s="1" t="s">
+        <v>1984</v>
+      </c>
+      <c r="H622" t="s">
+        <v>1985</v>
+      </c>
+    </row>
+    <row r="623" spans="1:8">
+      <c r="A623" t="s">
+        <v>1986</v>
+      </c>
+      <c r="B623" t="s">
+        <v>9</v>
+      </c>
+      <c r="C623" t="s">
+        <v>413</v>
+      </c>
+      <c r="D623" t="s">
+        <v>604</v>
+      </c>
+      <c r="E623" t="s">
+        <v>605</v>
+      </c>
+      <c r="F623" t="s">
+        <v>35</v>
+      </c>
+      <c r="G623" s="1" t="s">
+        <v>1987</v>
+      </c>
+      <c r="H623" t="s">
+        <v>1988</v>
+      </c>
+    </row>
+    <row r="624" spans="1:8">
+      <c r="A624" t="s">
+        <v>1989</v>
+      </c>
+      <c r="B624" t="s">
+        <v>9</v>
+      </c>
+      <c r="C624" t="s">
+        <v>417</v>
+      </c>
+      <c r="D624" t="s">
+        <v>604</v>
+      </c>
+      <c r="E624" t="s">
+        <v>605</v>
+      </c>
+      <c r="F624" t="s">
+        <v>35</v>
+      </c>
+      <c r="G624" s="1" t="s">
+        <v>1990</v>
+      </c>
+      <c r="H624" t="s">
+        <v>1991</v>
+      </c>
+    </row>
+    <row r="625" spans="1:8">
+      <c r="A625" t="s">
+        <v>1992</v>
+      </c>
+      <c r="B625" t="s">
+        <v>9</v>
+      </c>
+      <c r="C625" t="s">
+        <v>405</v>
+      </c>
+      <c r="D625" t="s">
+        <v>604</v>
+      </c>
+      <c r="E625" t="s">
+        <v>605</v>
+      </c>
+      <c r="F625" t="s">
+        <v>13</v>
+      </c>
+      <c r="G625" s="1" t="s">
+        <v>1993</v>
+      </c>
+      <c r="H625" t="s">
+        <v>1994</v>
+      </c>
+    </row>
+    <row r="626" spans="1:8">
+      <c r="A626" t="s">
+        <v>1995</v>
+      </c>
+      <c r="B626" t="s">
+        <v>9</v>
+      </c>
+      <c r="C626" t="s">
+        <v>1689</v>
+      </c>
+      <c r="D626" t="s">
+        <v>604</v>
+      </c>
+      <c r="E626" t="s">
+        <v>605</v>
+      </c>
+      <c r="F626" t="s">
+        <v>13</v>
+      </c>
+      <c r="G626" s="1" t="s">
+        <v>1996</v>
+      </c>
+      <c r="H626" t="s">
+        <v>1997</v>
+      </c>
+    </row>
+    <row r="627" spans="1:8">
+      <c r="A627" t="s">
+        <v>1998</v>
+      </c>
+      <c r="B627" t="s">
+        <v>9</v>
+      </c>
+      <c r="C627" t="s">
+        <v>1692</v>
+      </c>
+      <c r="D627" t="s">
+        <v>604</v>
+      </c>
+      <c r="E627" t="s">
+        <v>605</v>
+      </c>
+      <c r="F627" t="s">
+        <v>13</v>
+      </c>
+      <c r="G627" s="1" t="s">
+        <v>1999</v>
+      </c>
+      <c r="H627" t="s">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="628" spans="1:8">
+      <c r="A628" t="s">
+        <v>2001</v>
+      </c>
+      <c r="B628" t="s">
+        <v>9</v>
+      </c>
+      <c r="C628" t="s">
+        <v>555</v>
+      </c>
+      <c r="D628" t="s">
+        <v>604</v>
+      </c>
+      <c r="E628" t="s">
+        <v>605</v>
+      </c>
+      <c r="F628" t="s">
+        <v>93</v>
+      </c>
+      <c r="G628" s="1" t="s">
+        <v>2002</v>
+      </c>
+      <c r="H628" t="s">
+        <v>2003</v>
+      </c>
+    </row>
+    <row r="629" spans="1:8">
+      <c r="A629" t="s">
+        <v>2004</v>
+      </c>
+      <c r="B629" t="s">
+        <v>9</v>
+      </c>
+      <c r="C629" t="s">
+        <v>558</v>
+      </c>
+      <c r="D629" t="s">
+        <v>604</v>
+      </c>
+      <c r="E629" t="s">
+        <v>605</v>
+      </c>
+      <c r="F629" t="s">
+        <v>67</v>
+      </c>
+      <c r="G629" s="1" t="s">
+        <v>2005</v>
+      </c>
+      <c r="H629" t="s">
+        <v>2006</v>
+      </c>
+    </row>
+    <row r="630" spans="1:8">
+      <c r="A630" t="s">
+        <v>2007</v>
+      </c>
+      <c r="B630" t="s">
+        <v>9</v>
+      </c>
+      <c r="C630" t="s">
+        <v>1695</v>
+      </c>
+      <c r="D630" t="s">
+        <v>604</v>
+      </c>
+      <c r="E630" t="s">
+        <v>605</v>
+      </c>
+      <c r="F630" t="s">
+        <v>67</v>
+      </c>
+      <c r="G630" s="1" t="s">
+        <v>2008</v>
+      </c>
+      <c r="H630" t="s">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="631" spans="1:8">
+      <c r="A631" t="s">
+        <v>2010</v>
+      </c>
+      <c r="B631" t="s">
+        <v>9</v>
+      </c>
+      <c r="C631" t="s">
+        <v>1698</v>
+      </c>
+      <c r="D631" t="s">
+        <v>604</v>
+      </c>
+      <c r="E631" t="s">
+        <v>605</v>
+      </c>
+      <c r="F631" t="s">
+        <v>93</v>
+      </c>
+      <c r="G631" s="1" t="s">
+        <v>2011</v>
+      </c>
+      <c r="H631" t="s">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="632" spans="1:8">
+      <c r="A632" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B632" t="s">
+        <v>9</v>
+      </c>
+      <c r="C632" t="s">
+        <v>1701</v>
+      </c>
+      <c r="D632" t="s">
+        <v>604</v>
+      </c>
+      <c r="E632" t="s">
+        <v>605</v>
+      </c>
+      <c r="F632" t="s">
+        <v>93</v>
+      </c>
+      <c r="G632" s="1" t="s">
+        <v>2014</v>
+      </c>
+      <c r="H632" t="s">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="633" spans="1:8">
+      <c r="A633" t="s">
+        <v>2016</v>
+      </c>
+      <c r="B633" t="s">
+        <v>9</v>
+      </c>
+      <c r="C633" t="s">
+        <v>421</v>
+      </c>
+      <c r="D633" t="s">
+        <v>604</v>
+      </c>
+      <c r="E633" t="s">
+        <v>605</v>
+      </c>
+      <c r="F633" t="s">
+        <v>93</v>
+      </c>
+      <c r="G633" s="1" t="s">
+        <v>2017</v>
+      </c>
+      <c r="H633" t="s">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="634" spans="1:8">
+      <c r="A634" t="s">
+        <v>2019</v>
+      </c>
+      <c r="B634" t="s">
+        <v>9</v>
+      </c>
+      <c r="C634" t="s">
+        <v>324</v>
+      </c>
+      <c r="D634" t="s">
+        <v>604</v>
+      </c>
+      <c r="E634" t="s">
+        <v>605</v>
+      </c>
+      <c r="F634" t="s">
+        <v>93</v>
+      </c>
+      <c r="G634" s="1" t="s">
+        <v>2020</v>
+      </c>
+      <c r="H634" t="s">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="635" spans="1:8">
+      <c r="A635" t="s">
+        <v>2022</v>
+      </c>
+      <c r="B635" t="s">
+        <v>9</v>
+      </c>
+      <c r="C635" t="s">
+        <v>425</v>
+      </c>
+      <c r="D635" t="s">
+        <v>604</v>
+      </c>
+      <c r="E635" t="s">
+        <v>605</v>
+      </c>
+      <c r="F635" t="s">
+        <v>93</v>
+      </c>
+      <c r="G635" s="1" t="s">
+        <v>2023</v>
+      </c>
+      <c r="H635" t="s">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="636" spans="1:8">
+      <c r="A636" t="s">
+        <v>2025</v>
+      </c>
+      <c r="B636" t="s">
+        <v>9</v>
+      </c>
+      <c r="C636" t="s">
+        <v>2026</v>
+      </c>
+      <c r="D636" t="s">
+        <v>604</v>
+      </c>
+      <c r="E636" t="s">
+        <v>605</v>
+      </c>
+      <c r="F636" t="s">
+        <v>93</v>
+      </c>
+      <c r="G636" s="1" t="s">
+        <v>2027</v>
+      </c>
+      <c r="H636" t="s">
+        <v>2028</v>
+      </c>
+    </row>
+    <row r="637" spans="1:8">
+      <c r="A637" t="s">
+        <v>2029</v>
+      </c>
+      <c r="B637" t="s">
+        <v>9</v>
+      </c>
+      <c r="C637" t="s">
+        <v>2030</v>
+      </c>
+      <c r="D637" t="s">
+        <v>604</v>
+      </c>
+      <c r="E637" t="s">
+        <v>605</v>
+      </c>
+      <c r="F637" t="s">
+        <v>93</v>
+      </c>
+      <c r="G637" s="1" t="s">
+        <v>2031</v>
+      </c>
+      <c r="H637" t="s">
+        <v>2032</v>
+      </c>
+    </row>
+    <row r="638" spans="1:8">
+      <c r="A638" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B638" t="s">
+        <v>9</v>
+      </c>
+      <c r="C638" t="s">
+        <v>2034</v>
+      </c>
+      <c r="D638" t="s">
+        <v>604</v>
+      </c>
+      <c r="E638" t="s">
+        <v>605</v>
+      </c>
+      <c r="F638" t="s">
+        <v>93</v>
+      </c>
+      <c r="G638" s="1" t="s">
+        <v>2035</v>
+      </c>
+      <c r="H638" t="s">
+        <v>2036</v>
+      </c>
+    </row>
+    <row r="639" spans="1:8">
+      <c r="A639" t="s">
+        <v>2037</v>
+      </c>
+      <c r="B639" t="s">
+        <v>9</v>
+      </c>
+      <c r="C639" t="s">
+        <v>2038</v>
+      </c>
+      <c r="D639" t="s">
+        <v>604</v>
+      </c>
+      <c r="E639" t="s">
+        <v>605</v>
+      </c>
+      <c r="F639" t="s">
+        <v>93</v>
+      </c>
+      <c r="G639" s="1" t="s">
+        <v>2039</v>
+      </c>
+      <c r="H639" t="s">
+        <v>2040</v>
+      </c>
+    </row>
+    <row r="640" spans="1:8">
+      <c r="A640" t="s">
+        <v>2041</v>
+      </c>
+      <c r="B640" t="s">
+        <v>9</v>
+      </c>
+      <c r="C640" t="s">
+        <v>1704</v>
+      </c>
+      <c r="D640" t="s">
+        <v>604</v>
+      </c>
+      <c r="E640" t="s">
+        <v>605</v>
+      </c>
+      <c r="F640" t="s">
+        <v>93</v>
+      </c>
+      <c r="G640" s="1" t="s">
+        <v>2042</v>
+      </c>
+      <c r="H640" t="s">
+        <v>2043</v>
+      </c>
+    </row>
+    <row r="641" spans="1:8">
+      <c r="A641" t="s">
+        <v>2044</v>
+      </c>
+      <c r="B641" t="s">
+        <v>9</v>
+      </c>
+      <c r="C641" t="s">
+        <v>1707</v>
+      </c>
+      <c r="D641" t="s">
+        <v>604</v>
+      </c>
+      <c r="E641" t="s">
+        <v>605</v>
+      </c>
+      <c r="F641" t="s">
+        <v>13</v>
+      </c>
+      <c r="G641" s="1" t="s">
+        <v>2045</v>
+      </c>
+      <c r="H641" t="s">
+        <v>2046</v>
+      </c>
+    </row>
+    <row r="642" spans="1:8">
+      <c r="A642" t="s">
+        <v>2047</v>
+      </c>
+      <c r="B642" t="s">
+        <v>9</v>
+      </c>
+      <c r="C642" t="s">
+        <v>2048</v>
+      </c>
+      <c r="D642" t="s">
+        <v>604</v>
+      </c>
+      <c r="E642" t="s">
+        <v>605</v>
+      </c>
+      <c r="F642" t="s">
+        <v>13</v>
+      </c>
+      <c r="G642" s="1" t="s">
+        <v>2049</v>
+      </c>
+      <c r="H642" t="s">
+        <v>2050</v>
+      </c>
+    </row>
+    <row r="643" spans="1:8">
+      <c r="A643" t="s">
+        <v>2051</v>
+      </c>
+      <c r="B643" t="s">
+        <v>9</v>
+      </c>
+      <c r="C643" t="s">
+        <v>1710</v>
+      </c>
+      <c r="D643" t="s">
+        <v>604</v>
+      </c>
+      <c r="E643" t="s">
+        <v>605</v>
+      </c>
+      <c r="F643" t="s">
+        <v>262</v>
+      </c>
+      <c r="G643" s="1" t="s">
+        <v>2052</v>
+      </c>
+      <c r="H643" t="s">
+        <v>2053</v>
+      </c>
+    </row>
+    <row r="644" spans="1:8">
+      <c r="A644" t="s">
+        <v>2054</v>
+      </c>
+      <c r="B644" t="s">
+        <v>9</v>
+      </c>
+      <c r="C644" t="s">
+        <v>1713</v>
+      </c>
+      <c r="D644" t="s">
+        <v>604</v>
+      </c>
+      <c r="E644" t="s">
+        <v>605</v>
+      </c>
+      <c r="F644" t="s">
+        <v>262</v>
+      </c>
+      <c r="G644" s="1" t="s">
+        <v>2055</v>
+      </c>
+      <c r="H644" t="s">
+        <v>2056</v>
+      </c>
+    </row>
+    <row r="645" spans="1:8">
+      <c r="A645" t="s">
+        <v>2057</v>
+      </c>
+      <c r="B645" t="s">
+        <v>9</v>
+      </c>
+      <c r="C645" t="s">
+        <v>1716</v>
+      </c>
+      <c r="D645" t="s">
+        <v>604</v>
+      </c>
+      <c r="E645" t="s">
+        <v>605</v>
+      </c>
+      <c r="F645" t="s">
+        <v>262</v>
+      </c>
+      <c r="G645" s="1" t="s">
+        <v>2058</v>
+      </c>
+      <c r="H645" t="s">
+        <v>2059</v>
+      </c>
+    </row>
+    <row r="646" spans="1:8">
+      <c r="A646" t="s">
+        <v>2060</v>
+      </c>
+      <c r="B646" t="s">
+        <v>9</v>
+      </c>
+      <c r="C646" t="s">
+        <v>2061</v>
+      </c>
+      <c r="D646" t="s">
+        <v>604</v>
+      </c>
+      <c r="E646" t="s">
+        <v>605</v>
+      </c>
+      <c r="F646" t="s">
+        <v>262</v>
+      </c>
+      <c r="G646" s="1" t="s">
+        <v>2062</v>
+      </c>
+      <c r="H646" t="s">
+        <v>2063</v>
+      </c>
+    </row>
+    <row r="647" spans="1:8">
+      <c r="A647" t="s">
+        <v>2064</v>
+      </c>
+      <c r="B647" t="s">
+        <v>9</v>
+      </c>
+      <c r="C647" t="s">
+        <v>1719</v>
+      </c>
+      <c r="D647" t="s">
+        <v>604</v>
+      </c>
+      <c r="E647" t="s">
+        <v>605</v>
+      </c>
+      <c r="F647" t="s">
+        <v>590</v>
+      </c>
+      <c r="G647" s="1" t="s">
+        <v>2065</v>
+      </c>
+      <c r="H647" t="s">
+        <v>2066</v>
+      </c>
+    </row>
+    <row r="648" spans="1:8">
+      <c r="A648" t="s">
+        <v>2067</v>
+      </c>
+      <c r="B648" t="s">
+        <v>9</v>
+      </c>
+      <c r="C648" t="s">
+        <v>1722</v>
+      </c>
+      <c r="D648" t="s">
+        <v>604</v>
+      </c>
+      <c r="E648" t="s">
+        <v>605</v>
+      </c>
+      <c r="F648" t="s">
+        <v>47</v>
+      </c>
+      <c r="G648" s="1" t="s">
+        <v>2068</v>
+      </c>
+      <c r="H648" t="s">
+        <v>2069</v>
+      </c>
+    </row>
+    <row r="649" spans="1:8">
+      <c r="A649" t="s">
+        <v>2070</v>
+      </c>
+      <c r="B649" t="s">
+        <v>9</v>
+      </c>
+      <c r="C649" t="s">
+        <v>1725</v>
+      </c>
+      <c r="D649" t="s">
+        <v>604</v>
+      </c>
+      <c r="E649" t="s">
+        <v>605</v>
+      </c>
+      <c r="F649" t="s">
+        <v>47</v>
+      </c>
+      <c r="G649" s="1" t="s">
+        <v>2071</v>
+      </c>
+      <c r="H649" t="s">
+        <v>2072</v>
+      </c>
+    </row>
+    <row r="650" spans="1:8">
+      <c r="A650" t="s">
+        <v>2073</v>
+      </c>
+      <c r="B650" t="s">
+        <v>9</v>
+      </c>
+      <c r="C650" t="s">
+        <v>2074</v>
+      </c>
+      <c r="D650" t="s">
+        <v>604</v>
+      </c>
+      <c r="E650" t="s">
+        <v>605</v>
+      </c>
+      <c r="F650" t="s">
+        <v>47</v>
+      </c>
+      <c r="G650" s="1" t="s">
+        <v>2075</v>
+      </c>
+      <c r="H650" t="s">
+        <v>2076</v>
+      </c>
+    </row>
+    <row r="651" spans="1:8">
+      <c r="A651" t="s">
+        <v>2077</v>
+      </c>
+      <c r="B651" t="s">
+        <v>9</v>
+      </c>
+      <c r="C651" t="s">
+        <v>432</v>
+      </c>
+      <c r="D651" t="s">
+        <v>604</v>
+      </c>
+      <c r="E651" t="s">
+        <v>605</v>
+      </c>
+      <c r="F651" t="s">
+        <v>47</v>
+      </c>
+      <c r="G651" s="1" t="s">
+        <v>2078</v>
+      </c>
+      <c r="H651" t="s">
+        <v>2079</v>
+      </c>
+    </row>
+    <row r="652" spans="1:8">
+      <c r="A652" t="s">
+        <v>2080</v>
+      </c>
+      <c r="B652" t="s">
+        <v>9</v>
+      </c>
+      <c r="C652" t="s">
+        <v>561</v>
+      </c>
+      <c r="D652" t="s">
+        <v>604</v>
+      </c>
+      <c r="E652" t="s">
+        <v>605</v>
+      </c>
+      <c r="F652" t="s">
+        <v>47</v>
+      </c>
+      <c r="G652" s="1" t="s">
+        <v>2081</v>
+      </c>
+      <c r="H652" t="s">
+        <v>2082</v>
+      </c>
+    </row>
+    <row r="653" spans="1:8">
+      <c r="A653" t="s">
+        <v>2083</v>
+      </c>
+      <c r="B653" t="s">
+        <v>9</v>
+      </c>
+      <c r="C653" t="s">
+        <v>1728</v>
+      </c>
+      <c r="D653" t="s">
+        <v>604</v>
+      </c>
+      <c r="E653" t="s">
+        <v>605</v>
+      </c>
+      <c r="F653" t="s">
+        <v>47</v>
+      </c>
+      <c r="G653" s="1" t="s">
+        <v>2084</v>
+      </c>
+      <c r="H653" t="s">
+        <v>2085</v>
+      </c>
+    </row>
+    <row r="654" spans="1:8">
+      <c r="A654" t="s">
+        <v>2086</v>
+      </c>
+      <c r="B654" t="s">
+        <v>9</v>
+      </c>
+      <c r="C654" t="s">
+        <v>1731</v>
+      </c>
+      <c r="D654" t="s">
+        <v>604</v>
+      </c>
+      <c r="E654" t="s">
+        <v>605</v>
+      </c>
+      <c r="F654" t="s">
+        <v>13</v>
+      </c>
+      <c r="G654" s="1" t="s">
+        <v>2087</v>
+      </c>
+      <c r="H654" t="s">
+        <v>2088</v>
+      </c>
+    </row>
+    <row r="655" spans="1:8">
+      <c r="A655" t="s">
+        <v>2089</v>
+      </c>
+      <c r="B655" t="s">
+        <v>9</v>
+      </c>
+      <c r="C655" t="s">
+        <v>1735</v>
+      </c>
+      <c r="D655" t="s">
+        <v>604</v>
+      </c>
+      <c r="E655" t="s">
+        <v>605</v>
+      </c>
+      <c r="F655" t="s">
+        <v>13</v>
+      </c>
+      <c r="G655" s="1" t="s">
+        <v>2090</v>
+      </c>
+      <c r="H655" t="s">
+        <v>2091</v>
+      </c>
+    </row>
+    <row r="656" spans="1:8">
+      <c r="A656" t="s">
+        <v>2092</v>
+      </c>
+      <c r="B656" t="s">
+        <v>9</v>
+      </c>
+      <c r="C656" t="s">
+        <v>1738</v>
+      </c>
+      <c r="D656" t="s">
+        <v>604</v>
+      </c>
+      <c r="E656" t="s">
+        <v>605</v>
+      </c>
+      <c r="F656" t="s">
+        <v>13</v>
+      </c>
+      <c r="G656" s="1" t="s">
+        <v>2093</v>
+      </c>
+      <c r="H656" t="s">
+        <v>2094</v>
+      </c>
+    </row>
+    <row r="657" spans="1:8">
+      <c r="A657" t="s">
+        <v>2095</v>
+      </c>
+      <c r="B657" t="s">
+        <v>9</v>
+      </c>
+      <c r="C657" t="s">
+        <v>1741</v>
+      </c>
+      <c r="D657" t="s">
+        <v>604</v>
+      </c>
+      <c r="E657" t="s">
+        <v>605</v>
+      </c>
+      <c r="F657" t="s">
+        <v>13</v>
+      </c>
+      <c r="G657" s="1" t="s">
+        <v>2096</v>
+      </c>
+      <c r="H657" t="s">
+        <v>2097</v>
+      </c>
+    </row>
+    <row r="658" spans="1:8">
+      <c r="A658" t="s">
+        <v>2098</v>
+      </c>
+      <c r="B658" t="s">
+        <v>9</v>
+      </c>
+      <c r="C658" t="s">
+        <v>1744</v>
+      </c>
+      <c r="D658" t="s">
+        <v>604</v>
+      </c>
+      <c r="E658" t="s">
+        <v>605</v>
+      </c>
+      <c r="F658" t="s">
+        <v>143</v>
+      </c>
+      <c r="G658" s="1" t="s">
+        <v>2099</v>
+      </c>
+      <c r="H658" t="s">
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="659" spans="1:8">
+      <c r="A659" t="s">
+        <v>2101</v>
+      </c>
+      <c r="B659" t="s">
+        <v>9</v>
+      </c>
+      <c r="C659" t="s">
+        <v>1747</v>
+      </c>
+      <c r="D659" t="s">
+        <v>604</v>
+      </c>
+      <c r="E659" t="s">
+        <v>605</v>
+      </c>
+      <c r="F659" t="s">
+        <v>35</v>
+      </c>
+      <c r="G659" s="1" t="s">
+        <v>2102</v>
+      </c>
+      <c r="H659" t="s">
+        <v>2103</v>
+      </c>
+    </row>
+    <row r="660" spans="1:8">
+      <c r="A660" t="s">
+        <v>2104</v>
+      </c>
+      <c r="B660" t="s">
+        <v>9</v>
+      </c>
+      <c r="C660" t="s">
+        <v>429</v>
+      </c>
+      <c r="D660" t="s">
+        <v>604</v>
+      </c>
+      <c r="E660" t="s">
+        <v>605</v>
+      </c>
+      <c r="F660" t="s">
+        <v>93</v>
+      </c>
+      <c r="G660" s="1" t="s">
+        <v>2105</v>
+      </c>
+      <c r="H660" t="s">
+        <v>2106</v>
+      </c>
+    </row>
+    <row r="661" spans="1:8">
+      <c r="A661" t="s">
+        <v>2107</v>
+      </c>
+      <c r="B661" t="s">
+        <v>9</v>
+      </c>
+      <c r="C661" t="s">
+        <v>1750</v>
+      </c>
+      <c r="D661" t="s">
+        <v>604</v>
+      </c>
+      <c r="E661" t="s">
+        <v>605</v>
+      </c>
+      <c r="F661" t="s">
+        <v>13</v>
+      </c>
+      <c r="G661" s="1" t="s">
+        <v>2108</v>
+      </c>
+      <c r="H661" t="s">
+        <v>2109</v>
+      </c>
+    </row>
+    <row r="662" spans="1:8">
+      <c r="A662" t="s">
+        <v>2110</v>
+      </c>
+      <c r="B662" t="s">
+        <v>9</v>
+      </c>
+      <c r="C662" t="s">
+        <v>1753</v>
+      </c>
+      <c r="D662" t="s">
+        <v>604</v>
+      </c>
+      <c r="E662" t="s">
+        <v>605</v>
+      </c>
+      <c r="F662" t="s">
+        <v>67</v>
+      </c>
+      <c r="G662" s="1" t="s">
+        <v>2111</v>
+      </c>
+      <c r="H662" t="s">
+        <v>2112</v>
+      </c>
+    </row>
+    <row r="663" spans="1:8">
+      <c r="A663" t="s">
+        <v>2113</v>
+      </c>
+      <c r="B663" t="s">
+        <v>9</v>
+      </c>
+      <c r="C663" t="s">
+        <v>1756</v>
+      </c>
+      <c r="D663" t="s">
+        <v>604</v>
+      </c>
+      <c r="E663" t="s">
+        <v>605</v>
+      </c>
+      <c r="F663" t="s">
+        <v>67</v>
+      </c>
+      <c r="G663" s="1" t="s">
+        <v>2114</v>
+      </c>
+      <c r="H663" t="s">
+        <v>2115</v>
+      </c>
+    </row>
+    <row r="664" spans="1:8">
+      <c r="A664" t="s">
+        <v>2116</v>
+      </c>
+      <c r="B664" t="s">
+        <v>9</v>
+      </c>
+      <c r="C664" t="s">
+        <v>1759</v>
+      </c>
+      <c r="D664" t="s">
+        <v>604</v>
+      </c>
+      <c r="E664" t="s">
+        <v>605</v>
+      </c>
+      <c r="F664" t="s">
+        <v>93</v>
+      </c>
+      <c r="G664" s="1" t="s">
+        <v>2117</v>
+      </c>
+      <c r="H664" t="s">
+        <v>2118</v>
+      </c>
+    </row>
+    <row r="665" spans="1:8">
+      <c r="A665" t="s">
+        <v>2119</v>
+      </c>
+      <c r="B665" t="s">
+        <v>9</v>
+      </c>
+      <c r="C665" t="s">
+        <v>443</v>
+      </c>
+      <c r="D665" t="s">
+        <v>604</v>
+      </c>
+      <c r="E665" t="s">
+        <v>605</v>
+      </c>
+      <c r="F665" t="s">
+        <v>590</v>
+      </c>
+      <c r="G665" s="1" t="s">
+        <v>2120</v>
+      </c>
+      <c r="H665" t="s">
+        <v>2121</v>
+      </c>
+    </row>
+    <row r="666" spans="1:8">
+      <c r="A666" t="s">
+        <v>2122</v>
+      </c>
+      <c r="B666" t="s">
+        <v>9</v>
+      </c>
+      <c r="C666" t="s">
+        <v>2123</v>
+      </c>
+      <c r="D666" t="s">
+        <v>604</v>
+      </c>
+      <c r="E666" t="s">
+        <v>605</v>
+      </c>
+      <c r="F666" t="s">
+        <v>590</v>
+      </c>
+      <c r="G666" s="1" t="s">
+        <v>2124</v>
+      </c>
+      <c r="H666" t="s">
+        <v>2125</v>
+      </c>
+    </row>
+    <row r="667" spans="1:8">
+      <c r="A667" t="s">
+        <v>2126</v>
+      </c>
+      <c r="B667" t="s">
+        <v>9</v>
+      </c>
+      <c r="C667" t="s">
+        <v>439</v>
+      </c>
+      <c r="D667" t="s">
+        <v>604</v>
+      </c>
+      <c r="E667" t="s">
+        <v>605</v>
+      </c>
+      <c r="F667" t="s">
+        <v>93</v>
+      </c>
+      <c r="G667" s="1" t="s">
+        <v>2127</v>
+      </c>
+      <c r="H667" t="s">
+        <v>2128</v>
+      </c>
+    </row>
+    <row r="668" spans="1:8">
+      <c r="A668" t="s">
+        <v>2129</v>
+      </c>
+      <c r="B668" t="s">
+        <v>9</v>
+      </c>
+      <c r="C668" t="s">
+        <v>1762</v>
+      </c>
+      <c r="D668" t="s">
+        <v>604</v>
+      </c>
+      <c r="E668" t="s">
+        <v>605</v>
+      </c>
+      <c r="F668" t="s">
+        <v>93</v>
+      </c>
+      <c r="G668" s="1" t="s">
+        <v>2130</v>
+      </c>
+      <c r="H668" t="s">
+        <v>2131</v>
+      </c>
+    </row>
+    <row r="669" spans="1:8">
+      <c r="A669" t="s">
+        <v>2132</v>
+      </c>
+      <c r="B669" t="s">
+        <v>9</v>
+      </c>
+      <c r="C669" t="s">
+        <v>1765</v>
+      </c>
+      <c r="D669" t="s">
+        <v>604</v>
+      </c>
+      <c r="E669" t="s">
+        <v>605</v>
+      </c>
+      <c r="F669" t="s">
+        <v>590</v>
+      </c>
+      <c r="G669" s="1" t="s">
+        <v>2133</v>
+      </c>
+      <c r="H669" t="s">
+        <v>2134</v>
+      </c>
+    </row>
+    <row r="670" spans="1:8">
+      <c r="A670" t="s">
+        <v>2135</v>
+      </c>
+      <c r="B670" t="s">
+        <v>9</v>
+      </c>
+      <c r="C670" t="s">
+        <v>1768</v>
+      </c>
+      <c r="D670" t="s">
+        <v>604</v>
+      </c>
+      <c r="E670" t="s">
+        <v>605</v>
+      </c>
+      <c r="F670" t="s">
+        <v>590</v>
+      </c>
+      <c r="G670" s="1" t="s">
+        <v>2136</v>
+      </c>
+      <c r="H670" t="s">
+        <v>2137</v>
+      </c>
+    </row>
+    <row r="671" spans="1:8">
+      <c r="A671" t="s">
+        <v>2138</v>
+      </c>
+      <c r="B671" t="s">
+        <v>9</v>
+      </c>
+      <c r="C671" t="s">
+        <v>1771</v>
+      </c>
+      <c r="D671" t="s">
+        <v>604</v>
+      </c>
+      <c r="E671" t="s">
+        <v>605</v>
+      </c>
+      <c r="F671" t="s">
+        <v>590</v>
+      </c>
+      <c r="G671" s="1" t="s">
+        <v>2139</v>
+      </c>
+      <c r="H671" t="s">
+        <v>2140</v>
+      </c>
+    </row>
+    <row r="672" spans="1:8">
+      <c r="A672" t="s">
+        <v>2141</v>
+      </c>
+      <c r="B672" t="s">
+        <v>9</v>
+      </c>
+      <c r="C672" t="s">
+        <v>1774</v>
+      </c>
+      <c r="D672" t="s">
+        <v>604</v>
+      </c>
+      <c r="E672" t="s">
+        <v>605</v>
+      </c>
+      <c r="F672" t="s">
+        <v>13</v>
+      </c>
+      <c r="G672" s="1" t="s">
+        <v>2142</v>
+      </c>
+      <c r="H672" t="s">
+        <v>2143</v>
+      </c>
+    </row>
+    <row r="673" spans="1:8">
+      <c r="A673" t="s">
+        <v>2144</v>
+      </c>
+      <c r="B673" t="s">
+        <v>9</v>
+      </c>
+      <c r="C673" t="s">
+        <v>1777</v>
+      </c>
+      <c r="D673" t="s">
+        <v>604</v>
+      </c>
+      <c r="E673" t="s">
+        <v>605</v>
+      </c>
+      <c r="F673" t="s">
+        <v>13</v>
+      </c>
+      <c r="G673" s="1" t="s">
+        <v>2145</v>
+      </c>
+      <c r="H673" t="s">
+        <v>2146</v>
+      </c>
+    </row>
+    <row r="674" spans="1:8">
+      <c r="A674" t="s">
+        <v>2147</v>
+      </c>
+      <c r="B674" t="s">
+        <v>9</v>
+      </c>
+      <c r="C674" t="s">
+        <v>1780</v>
+      </c>
+      <c r="D674" t="s">
+        <v>604</v>
+      </c>
+      <c r="E674" t="s">
+        <v>605</v>
+      </c>
+      <c r="F674" t="s">
+        <v>590</v>
+      </c>
+      <c r="G674" s="1" t="s">
+        <v>2148</v>
+      </c>
+      <c r="H674" t="s">
+        <v>2149</v>
+      </c>
+    </row>
+    <row r="675" spans="1:8">
+      <c r="A675" t="s">
+        <v>2150</v>
+      </c>
+      <c r="B675" t="s">
+        <v>9</v>
+      </c>
+      <c r="C675" t="s">
+        <v>1783</v>
+      </c>
+      <c r="D675" t="s">
+        <v>604</v>
+      </c>
+      <c r="E675" t="s">
+        <v>605</v>
+      </c>
+      <c r="F675" t="s">
+        <v>590</v>
+      </c>
+      <c r="G675" s="1" t="s">
+        <v>2151</v>
+      </c>
+      <c r="H675" t="s">
+        <v>2152</v>
+      </c>
+    </row>
+    <row r="676" spans="1:8">
+      <c r="A676" t="s">
+        <v>2153</v>
+      </c>
+      <c r="B676" t="s">
+        <v>9</v>
+      </c>
+      <c r="C676" t="s">
+        <v>1786</v>
+      </c>
+      <c r="D676" t="s">
+        <v>604</v>
+      </c>
+      <c r="E676" t="s">
+        <v>605</v>
+      </c>
+      <c r="F676" t="s">
+        <v>590</v>
+      </c>
+      <c r="G676" s="1" t="s">
+        <v>2154</v>
+      </c>
+      <c r="H676" t="s">
+        <v>2155</v>
+      </c>
+    </row>
+    <row r="677" spans="1:8">
+      <c r="A677" t="s">
+        <v>2156</v>
+      </c>
+      <c r="B677" t="s">
+        <v>9</v>
+      </c>
+      <c r="C677" t="s">
+        <v>1789</v>
+      </c>
+      <c r="D677" t="s">
+        <v>604</v>
+      </c>
+      <c r="E677" t="s">
+        <v>605</v>
+      </c>
+      <c r="F677" t="s">
+        <v>590</v>
+      </c>
+      <c r="G677" s="1" t="s">
+        <v>2157</v>
+      </c>
+      <c r="H677" t="s">
+        <v>2158</v>
+      </c>
+    </row>
+    <row r="678" spans="1:8">
+      <c r="A678" t="s">
+        <v>2159</v>
+      </c>
+      <c r="B678" t="s">
+        <v>9</v>
+      </c>
+      <c r="C678" t="s">
+        <v>1792</v>
+      </c>
+      <c r="D678" t="s">
+        <v>604</v>
+      </c>
+      <c r="E678" t="s">
+        <v>605</v>
+      </c>
+      <c r="F678" t="s">
+        <v>93</v>
+      </c>
+      <c r="G678" s="1" t="s">
+        <v>2160</v>
+      </c>
+      <c r="H678" t="s">
+        <v>2161</v>
+      </c>
+    </row>
+    <row r="679" spans="1:8">
+      <c r="A679" t="s">
+        <v>2162</v>
+      </c>
+      <c r="B679" t="s">
+        <v>9</v>
+      </c>
+      <c r="C679" t="s">
+        <v>1795</v>
+      </c>
+      <c r="D679" t="s">
+        <v>604</v>
+      </c>
+      <c r="E679" t="s">
+        <v>605</v>
+      </c>
+      <c r="F679" t="s">
+        <v>93</v>
+      </c>
+      <c r="G679" s="1" t="s">
+        <v>2163</v>
+      </c>
+      <c r="H679" t="s">
+        <v>2164</v>
+      </c>
+    </row>
+    <row r="680" spans="1:8">
+      <c r="A680" t="s">
+        <v>2165</v>
+      </c>
+      <c r="B680" t="s">
+        <v>9</v>
+      </c>
+      <c r="C680" t="s">
+        <v>1798</v>
+      </c>
+      <c r="D680" t="s">
+        <v>604</v>
+      </c>
+      <c r="E680" t="s">
+        <v>605</v>
+      </c>
+      <c r="F680" t="s">
+        <v>13</v>
+      </c>
+      <c r="G680" s="1" t="s">
+        <v>2166</v>
+      </c>
+      <c r="H680" t="s">
+        <v>2167</v>
+      </c>
+    </row>
+    <row r="681" spans="1:8">
+      <c r="A681" t="s">
+        <v>2168</v>
+      </c>
+      <c r="B681" t="s">
+        <v>9</v>
+      </c>
+      <c r="C681" t="s">
+        <v>1801</v>
+      </c>
+      <c r="D681" t="s">
+        <v>604</v>
+      </c>
+      <c r="E681" t="s">
+        <v>605</v>
+      </c>
+      <c r="F681" t="s">
+        <v>590</v>
+      </c>
+      <c r="G681" s="1" t="s">
+        <v>2169</v>
+      </c>
+      <c r="H681" t="s">
+        <v>2170</v>
+      </c>
+    </row>
+    <row r="682" spans="1:8">
+      <c r="A682" t="s">
+        <v>2171</v>
+      </c>
+      <c r="B682" t="s">
+        <v>9</v>
+      </c>
+      <c r="C682" t="s">
+        <v>1805</v>
+      </c>
+      <c r="D682" t="s">
+        <v>604</v>
+      </c>
+      <c r="E682" t="s">
+        <v>605</v>
+      </c>
+      <c r="F682" t="s">
+        <v>93</v>
+      </c>
+      <c r="G682" s="1" t="s">
+        <v>2172</v>
+      </c>
+      <c r="H682" t="s">
+        <v>2173</v>
+      </c>
+    </row>
+    <row r="683" spans="1:8">
+      <c r="A683" t="s">
+        <v>2174</v>
+      </c>
+      <c r="B683" t="s">
+        <v>9</v>
+      </c>
+      <c r="C683" t="s">
+        <v>447</v>
+      </c>
+      <c r="D683" t="s">
+        <v>604</v>
+      </c>
+      <c r="E683" t="s">
+        <v>605</v>
+      </c>
+      <c r="F683" t="s">
+        <v>93</v>
+      </c>
+      <c r="G683" s="1" t="s">
+        <v>2175</v>
+      </c>
+      <c r="H683" t="s">
+        <v>2176</v>
+      </c>
+    </row>
+    <row r="684" spans="1:8">
+      <c r="A684" t="s">
+        <v>2177</v>
+      </c>
+      <c r="B684" t="s">
+        <v>9</v>
+      </c>
+      <c r="C684" t="s">
+        <v>451</v>
+      </c>
+      <c r="D684" t="s">
+        <v>604</v>
+      </c>
+      <c r="E684" t="s">
+        <v>605</v>
+      </c>
+      <c r="F684" t="s">
+        <v>67</v>
+      </c>
+      <c r="G684" s="1" t="s">
+        <v>2178</v>
+      </c>
+      <c r="H684" t="s">
+        <v>2179</v>
+      </c>
+    </row>
+    <row r="685" spans="1:8">
+      <c r="A685" t="s">
+        <v>2180</v>
+      </c>
+      <c r="B685" t="s">
+        <v>9</v>
+      </c>
+      <c r="C685" t="s">
+        <v>1809</v>
+      </c>
+      <c r="D685" t="s">
+        <v>604</v>
+      </c>
+      <c r="E685" t="s">
+        <v>605</v>
+      </c>
+      <c r="F685" t="s">
+        <v>93</v>
+      </c>
+      <c r="G685" s="1" t="s">
+        <v>2181</v>
+      </c>
+      <c r="H685" t="s">
+        <v>2182</v>
+      </c>
+    </row>
+    <row r="686" spans="1:8">
+      <c r="A686" t="s">
+        <v>2183</v>
+      </c>
+      <c r="B686" t="s">
+        <v>9</v>
+      </c>
+      <c r="C686" t="s">
+        <v>1812</v>
+      </c>
+      <c r="D686" t="s">
+        <v>604</v>
+      </c>
+      <c r="E686" t="s">
+        <v>605</v>
+      </c>
+      <c r="F686" t="s">
+        <v>93</v>
+      </c>
+      <c r="G686" s="1" t="s">
+        <v>2184</v>
+      </c>
+      <c r="H686" t="s">
+        <v>2185</v>
+      </c>
+    </row>
+    <row r="687" spans="1:8">
+      <c r="A687" t="s">
+        <v>2186</v>
+      </c>
+      <c r="B687" t="s">
+        <v>9</v>
+      </c>
+      <c r="C687" t="s">
+        <v>1815</v>
+      </c>
+      <c r="D687" t="s">
+        <v>604</v>
+      </c>
+      <c r="E687" t="s">
+        <v>605</v>
+      </c>
+      <c r="F687" t="s">
+        <v>93</v>
+      </c>
+      <c r="G687" s="1" t="s">
+        <v>2187</v>
+      </c>
+      <c r="H687" t="s">
+        <v>2188</v>
+      </c>
+    </row>
+    <row r="688" spans="1:8">
+      <c r="A688" t="s">
+        <v>2189</v>
+      </c>
+      <c r="B688" t="s">
+        <v>9</v>
+      </c>
+      <c r="C688" t="s">
+        <v>1818</v>
+      </c>
+      <c r="D688" t="s">
+        <v>604</v>
+      </c>
+      <c r="E688" t="s">
+        <v>605</v>
+      </c>
+      <c r="F688" t="s">
+        <v>93</v>
+      </c>
+      <c r="G688" s="1" t="s">
+        <v>2190</v>
+      </c>
+      <c r="H688" t="s">
+        <v>2191</v>
+      </c>
+    </row>
+    <row r="689" spans="1:8">
+      <c r="A689" t="s">
+        <v>2192</v>
+      </c>
+      <c r="B689" t="s">
+        <v>9</v>
+      </c>
+      <c r="C689" t="s">
+        <v>1821</v>
+      </c>
+      <c r="D689" t="s">
+        <v>604</v>
+      </c>
+      <c r="E689" t="s">
+        <v>605</v>
+      </c>
+      <c r="F689" t="s">
+        <v>93</v>
+      </c>
+      <c r="G689" s="1" t="s">
+        <v>2193</v>
+      </c>
+      <c r="H689" t="s">
+        <v>2194</v>
+      </c>
+    </row>
+    <row r="690" spans="1:8">
+      <c r="A690" t="s">
+        <v>2195</v>
+      </c>
+      <c r="B690" t="s">
+        <v>9</v>
+      </c>
+      <c r="C690" t="s">
+        <v>1824</v>
+      </c>
+      <c r="D690" t="s">
+        <v>604</v>
+      </c>
+      <c r="E690" t="s">
+        <v>605</v>
+      </c>
+      <c r="F690" t="s">
+        <v>93</v>
+      </c>
+      <c r="G690" s="1" t="s">
+        <v>2196</v>
+      </c>
+      <c r="H690" t="s">
+        <v>2197</v>
+      </c>
+    </row>
+    <row r="691" spans="1:8">
+      <c r="A691" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B691" t="s">
+        <v>9</v>
+      </c>
+      <c r="C691" t="s">
+        <v>1827</v>
+      </c>
+      <c r="D691" t="s">
+        <v>604</v>
+      </c>
+      <c r="E691" t="s">
+        <v>605</v>
+      </c>
+      <c r="F691" t="s">
+        <v>93</v>
+      </c>
+      <c r="G691" s="1" t="s">
+        <v>2199</v>
+      </c>
+      <c r="H691" t="s">
+        <v>2200</v>
+      </c>
+    </row>
+    <row r="692" spans="1:8">
+      <c r="A692" t="s">
+        <v>2201</v>
+      </c>
+      <c r="B692" t="s">
+        <v>9</v>
+      </c>
+      <c r="C692" t="s">
+        <v>1830</v>
+      </c>
+      <c r="D692" t="s">
+        <v>604</v>
+      </c>
+      <c r="E692" t="s">
+        <v>605</v>
+      </c>
+      <c r="F692" t="s">
+        <v>47</v>
+      </c>
+      <c r="G692" s="1" t="s">
+        <v>2202</v>
+      </c>
+      <c r="H692" t="s">
+        <v>2203</v>
+      </c>
+    </row>
+    <row r="693" spans="1:8">
+      <c r="A693" t="s">
+        <v>2204</v>
+      </c>
+      <c r="B693" t="s">
+        <v>9</v>
+      </c>
+      <c r="C693" t="s">
+        <v>455</v>
+      </c>
+      <c r="D693" t="s">
+        <v>604</v>
+      </c>
+      <c r="E693" t="s">
+        <v>605</v>
+      </c>
+      <c r="F693" t="s">
+        <v>47</v>
+      </c>
+      <c r="G693" s="1" t="s">
+        <v>2205</v>
+      </c>
+      <c r="H693" t="s">
+        <v>2206</v>
+      </c>
+    </row>
+    <row r="694" spans="1:8">
+      <c r="A694" t="s">
+        <v>2207</v>
+      </c>
+      <c r="B694" t="s">
+        <v>9</v>
+      </c>
+      <c r="C694" t="s">
+        <v>1833</v>
+      </c>
+      <c r="D694" t="s">
+        <v>604</v>
+      </c>
+      <c r="E694" t="s">
+        <v>605</v>
+      </c>
+      <c r="F694" t="s">
+        <v>47</v>
+      </c>
+      <c r="G694" s="1" t="s">
+        <v>2208</v>
+      </c>
+      <c r="H694" t="s">
+        <v>2209</v>
+      </c>
+    </row>
+    <row r="695" spans="1:8">
+      <c r="A695" t="s">
+        <v>2210</v>
+      </c>
+      <c r="B695" t="s">
+        <v>9</v>
+      </c>
+      <c r="C695" t="s">
+        <v>1836</v>
+      </c>
+      <c r="D695" t="s">
+        <v>604</v>
+      </c>
+      <c r="E695" t="s">
+        <v>605</v>
+      </c>
+      <c r="F695" t="s">
+        <v>47</v>
+      </c>
+      <c r="G695" s="1" t="s">
+        <v>2211</v>
+      </c>
+      <c r="H695" t="s">
+        <v>2212</v>
+      </c>
+    </row>
+    <row r="696" spans="1:8">
+      <c r="A696" t="s">
+        <v>2213</v>
+      </c>
+      <c r="B696" t="s">
+        <v>9</v>
+      </c>
+      <c r="C696" t="s">
+        <v>459</v>
+      </c>
+      <c r="D696" t="s">
+        <v>604</v>
+      </c>
+      <c r="E696" t="s">
+        <v>605</v>
+      </c>
+      <c r="F696" t="s">
+        <v>93</v>
+      </c>
+      <c r="G696" s="1" t="s">
+        <v>2214</v>
+      </c>
+      <c r="H696" t="s">
+        <v>2215</v>
+      </c>
+    </row>
+    <row r="697" spans="1:8">
+      <c r="A697" t="s">
+        <v>2216</v>
+      </c>
+      <c r="B697" t="s">
+        <v>9</v>
+      </c>
+      <c r="C697" t="s">
+        <v>2217</v>
+      </c>
+      <c r="D697" t="s">
+        <v>604</v>
+      </c>
+      <c r="E697" t="s">
+        <v>605</v>
+      </c>
+      <c r="F697" t="s">
+        <v>93</v>
+      </c>
+      <c r="G697" s="1" t="s">
+        <v>2218</v>
+      </c>
+      <c r="H697" t="s">
+        <v>2219</v>
+      </c>
+    </row>
+    <row r="698" spans="1:8">
+      <c r="A698" t="s">
+        <v>2220</v>
+      </c>
+      <c r="B698" t="s">
+        <v>9</v>
+      </c>
+      <c r="C698" t="s">
+        <v>1839</v>
+      </c>
+      <c r="D698" t="s">
+        <v>604</v>
+      </c>
+      <c r="E698" t="s">
+        <v>605</v>
+      </c>
+      <c r="F698" t="s">
+        <v>262</v>
+      </c>
+      <c r="G698" s="1" t="s">
+        <v>2221</v>
+      </c>
+      <c r="H698" t="s">
+        <v>2222</v>
+      </c>
+    </row>
+    <row r="699" spans="1:8">
+      <c r="A699" t="s">
+        <v>2223</v>
+      </c>
+      <c r="B699" t="s">
+        <v>9</v>
+      </c>
+      <c r="C699" t="s">
+        <v>1842</v>
+      </c>
+      <c r="D699" t="s">
+        <v>604</v>
+      </c>
+      <c r="E699" t="s">
+        <v>605</v>
+      </c>
+      <c r="F699" t="s">
+        <v>590</v>
+      </c>
+      <c r="G699" s="1" t="s">
+        <v>2224</v>
+      </c>
+      <c r="H699" t="s">
+        <v>2225</v>
+      </c>
+    </row>
+    <row r="700" spans="1:8">
+      <c r="A700" t="s">
+        <v>2226</v>
+      </c>
+      <c r="B700" t="s">
+        <v>9</v>
+      </c>
+      <c r="C700" t="s">
+        <v>1845</v>
+      </c>
+      <c r="D700" t="s">
+        <v>604</v>
+      </c>
+      <c r="E700" t="s">
+        <v>605</v>
+      </c>
+      <c r="F700" t="s">
+        <v>590</v>
+      </c>
+      <c r="G700" s="1" t="s">
+        <v>2227</v>
+      </c>
+      <c r="H700" t="s">
+        <v>2228</v>
+      </c>
+    </row>
+    <row r="701" spans="1:8">
+      <c r="A701" t="s">
+        <v>2229</v>
+      </c>
+      <c r="B701" t="s">
+        <v>9</v>
+      </c>
+      <c r="C701" t="s">
+        <v>1848</v>
+      </c>
+      <c r="D701" t="s">
+        <v>604</v>
+      </c>
+      <c r="E701" t="s">
+        <v>605</v>
+      </c>
+      <c r="F701" t="s">
+        <v>590</v>
+      </c>
+      <c r="G701" s="1" t="s">
+        <v>2230</v>
+      </c>
+      <c r="H701" t="s">
+        <v>2231</v>
+      </c>
+    </row>
+    <row r="702" spans="1:8">
+      <c r="A702" t="s">
+        <v>2232</v>
+      </c>
+      <c r="B702" t="s">
+        <v>9</v>
+      </c>
+      <c r="C702" t="s">
+        <v>1851</v>
+      </c>
+      <c r="D702" t="s">
+        <v>604</v>
+      </c>
+      <c r="E702" t="s">
+        <v>605</v>
+      </c>
+      <c r="F702" t="s">
+        <v>67</v>
+      </c>
+      <c r="G702" s="1" t="s">
+        <v>2233</v>
+      </c>
+      <c r="H702" t="s">
+        <v>2234</v>
+      </c>
+    </row>
+    <row r="703" spans="1:8">
+      <c r="A703" t="s">
+        <v>2235</v>
+      </c>
+      <c r="B703" t="s">
+        <v>9</v>
+      </c>
+      <c r="C703" t="s">
+        <v>1854</v>
+      </c>
+      <c r="D703" t="s">
+        <v>604</v>
+      </c>
+      <c r="E703" t="s">
+        <v>605</v>
+      </c>
+      <c r="F703" t="s">
+        <v>67</v>
+      </c>
+      <c r="G703" s="1" t="s">
+        <v>2236</v>
+      </c>
+      <c r="H703" t="s">
+        <v>2237</v>
+      </c>
+    </row>
+    <row r="704" spans="1:8">
+      <c r="A704" t="s">
+        <v>2238</v>
+      </c>
+      <c r="B704" t="s">
+        <v>9</v>
+      </c>
+      <c r="C704" t="s">
+        <v>463</v>
+      </c>
+      <c r="D704" t="s">
+        <v>604</v>
+      </c>
+      <c r="E704" t="s">
+        <v>605</v>
+      </c>
+      <c r="F704" t="s">
+        <v>13</v>
+      </c>
+      <c r="G704" s="1" t="s">
+        <v>2239</v>
+      </c>
+      <c r="H704" t="s">
+        <v>2240</v>
+      </c>
+    </row>
+    <row r="705" spans="1:8">
+      <c r="A705" t="s">
+        <v>2241</v>
+      </c>
+      <c r="B705" t="s">
+        <v>9</v>
+      </c>
+      <c r="C705" t="s">
+        <v>564</v>
+      </c>
+      <c r="D705" t="s">
+        <v>604</v>
+      </c>
+      <c r="E705" t="s">
+        <v>605</v>
+      </c>
+      <c r="F705" t="s">
+        <v>13</v>
+      </c>
+      <c r="G705" s="1" t="s">
+        <v>2242</v>
+      </c>
+      <c r="H705" t="s">
+        <v>2243</v>
+      </c>
+    </row>
+    <row r="706" spans="1:8">
+      <c r="A706" t="s">
+        <v>2244</v>
+      </c>
+      <c r="B706" t="s">
+        <v>9</v>
+      </c>
+      <c r="C706" t="s">
+        <v>1857</v>
+      </c>
+      <c r="D706" t="s">
+        <v>604</v>
+      </c>
+      <c r="E706" t="s">
+        <v>605</v>
+      </c>
+      <c r="F706" t="s">
+        <v>13</v>
+      </c>
+      <c r="G706" s="1" t="s">
+        <v>2245</v>
+      </c>
+      <c r="H706" t="s">
+        <v>2246</v>
+      </c>
+    </row>
+    <row r="707" spans="1:8">
+      <c r="A707" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B707" t="s">
+        <v>9</v>
+      </c>
+      <c r="C707" t="s">
+        <v>1860</v>
+      </c>
+      <c r="D707" t="s">
+        <v>604</v>
+      </c>
+      <c r="E707" t="s">
+        <v>605</v>
+      </c>
+      <c r="F707" t="s">
+        <v>13</v>
+      </c>
+      <c r="G707" s="1" t="s">
+        <v>2248</v>
+      </c>
+      <c r="H707" t="s">
+        <v>2249</v>
+      </c>
+    </row>
+    <row r="708" spans="1:8">
+      <c r="A708" t="s">
+        <v>2250</v>
+      </c>
+      <c r="B708" t="s">
+        <v>9</v>
+      </c>
+      <c r="C708" t="s">
+        <v>1863</v>
+      </c>
+      <c r="D708" t="s">
+        <v>604</v>
+      </c>
+      <c r="E708" t="s">
+        <v>605</v>
+      </c>
+      <c r="F708" t="s">
+        <v>13</v>
+      </c>
+      <c r="G708" s="1" t="s">
+        <v>2251</v>
+      </c>
+      <c r="H708" t="s">
+        <v>2252</v>
+      </c>
+    </row>
+    <row r="709" spans="1:8">
+      <c r="A709" t="s">
+        <v>2253</v>
+      </c>
+      <c r="B709" t="s">
+        <v>9</v>
+      </c>
+      <c r="C709" t="s">
+        <v>1866</v>
+      </c>
+      <c r="D709" t="s">
+        <v>604</v>
+      </c>
+      <c r="E709" t="s">
+        <v>605</v>
+      </c>
+      <c r="F709" t="s">
+        <v>47</v>
+      </c>
+      <c r="G709" s="1" t="s">
+        <v>2254</v>
+      </c>
+      <c r="H709" t="s">
+        <v>2255</v>
+      </c>
+    </row>
+    <row r="710" spans="1:8">
+      <c r="A710" t="s">
+        <v>2256</v>
+      </c>
+      <c r="B710" t="s">
+        <v>9</v>
+      </c>
+      <c r="C710" t="s">
+        <v>1869</v>
+      </c>
+      <c r="D710" t="s">
+        <v>604</v>
+      </c>
+      <c r="E710" t="s">
+        <v>605</v>
+      </c>
+      <c r="F710" t="s">
+        <v>262</v>
+      </c>
+      <c r="G710" s="1" t="s">
+        <v>2257</v>
+      </c>
+      <c r="H710" t="s">
+        <v>2258</v>
+      </c>
+    </row>
+    <row r="711" spans="1:8">
+      <c r="A711" t="s">
+        <v>2259</v>
+      </c>
+      <c r="B711" t="s">
+        <v>9</v>
+      </c>
+      <c r="C711" t="s">
+        <v>1872</v>
+      </c>
+      <c r="D711" t="s">
+        <v>604</v>
+      </c>
+      <c r="E711" t="s">
+        <v>605</v>
+      </c>
+      <c r="F711" t="s">
+        <v>47</v>
+      </c>
+      <c r="G711" s="1" t="s">
+        <v>2260</v>
+      </c>
+      <c r="H711" t="s">
+        <v>2261</v>
+      </c>
+    </row>
+    <row r="712" spans="1:8">
+      <c r="A712" t="s">
+        <v>2262</v>
+      </c>
+      <c r="B712" t="s">
+        <v>9</v>
+      </c>
+      <c r="C712" t="s">
+        <v>1875</v>
+      </c>
+      <c r="D712" t="s">
+        <v>604</v>
+      </c>
+      <c r="E712" t="s">
+        <v>605</v>
+      </c>
+      <c r="F712" t="s">
+        <v>35</v>
+      </c>
+      <c r="G712" s="1" t="s">
+        <v>2263</v>
+      </c>
+      <c r="H712" t="s">
+        <v>2264</v>
+      </c>
+    </row>
+    <row r="713" spans="1:8">
+      <c r="A713" t="s">
+        <v>2265</v>
+      </c>
+      <c r="B713" t="s">
+        <v>9</v>
+      </c>
+      <c r="C713" t="s">
+        <v>1878</v>
+      </c>
+      <c r="D713" t="s">
+        <v>604</v>
+      </c>
+      <c r="E713" t="s">
+        <v>605</v>
+      </c>
+      <c r="F713" t="s">
+        <v>143</v>
+      </c>
+      <c r="G713" s="1" t="s">
+        <v>2266</v>
+      </c>
+      <c r="H713" t="s">
+        <v>2267</v>
+      </c>
+    </row>
+    <row r="714" spans="1:8">
+      <c r="A714" t="s">
+        <v>2268</v>
+      </c>
+      <c r="B714" t="s">
+        <v>9</v>
+      </c>
+      <c r="C714" t="s">
+        <v>436</v>
+      </c>
+      <c r="D714" t="s">
+        <v>604</v>
+      </c>
+      <c r="E714" t="s">
+        <v>605</v>
+      </c>
+      <c r="F714" t="s">
+        <v>143</v>
+      </c>
+      <c r="G714" s="1" t="s">
+        <v>2269</v>
+      </c>
+      <c r="H714" t="s">
+        <v>2270</v>
+      </c>
+    </row>
+    <row r="715" spans="1:8">
+      <c r="A715" t="s">
+        <v>2271</v>
+      </c>
+      <c r="B715" t="s">
+        <v>9</v>
+      </c>
+      <c r="C715" t="s">
+        <v>1882</v>
+      </c>
+      <c r="D715" t="s">
+        <v>604</v>
+      </c>
+      <c r="E715" t="s">
+        <v>605</v>
+      </c>
+      <c r="F715" t="s">
+        <v>93</v>
+      </c>
+      <c r="G715" s="1" t="s">
+        <v>2272</v>
+      </c>
+      <c r="H715" t="s">
+        <v>2273</v>
+      </c>
+    </row>
+    <row r="716" spans="1:8">
+      <c r="A716" t="s">
+        <v>2274</v>
+      </c>
+      <c r="B716" t="s">
+        <v>9</v>
+      </c>
+      <c r="C716" t="s">
+        <v>1885</v>
+      </c>
+      <c r="D716" t="s">
+        <v>604</v>
+      </c>
+      <c r="E716" t="s">
+        <v>605</v>
+      </c>
+      <c r="F716" t="s">
+        <v>93</v>
+      </c>
+      <c r="G716" s="1" t="s">
+        <v>2275</v>
+      </c>
+      <c r="H716" t="s">
+        <v>2276</v>
+      </c>
+    </row>
+    <row r="717" spans="1:8">
+      <c r="A717" t="s">
+        <v>101</v>
+      </c>
+      <c r="B717" t="s">
+        <v>9</v>
+      </c>
+      <c r="C717" t="s">
+        <v>34</v>
+      </c>
+      <c r="D717" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E717" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F717" t="s">
+        <v>93</v>
+      </c>
+      <c r="G717" s="1" t="s">
+        <v>2279</v>
+      </c>
+      <c r="H717" t="s">
+        <v>2280</v>
+      </c>
+    </row>
+    <row r="718" spans="1:8">
+      <c r="A718" t="s">
+        <v>118</v>
+      </c>
+      <c r="B718" t="s">
+        <v>9</v>
+      </c>
+      <c r="C718" t="s">
+        <v>39</v>
+      </c>
+      <c r="D718" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E718" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F718" t="s">
+        <v>257</v>
+      </c>
+      <c r="G718" s="1" t="s">
+        <v>2281</v>
+      </c>
+      <c r="H718" t="s">
+        <v>2282</v>
+      </c>
+    </row>
+    <row r="719" spans="1:8">
+      <c r="A719" t="s">
+        <v>122</v>
+      </c>
+      <c r="B719" t="s">
+        <v>9</v>
+      </c>
+      <c r="C719" t="s">
+        <v>43</v>
+      </c>
+      <c r="D719" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E719" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F719" t="s">
+        <v>2283</v>
+      </c>
+      <c r="G719" s="1" t="s">
+        <v>2284</v>
+      </c>
+      <c r="H719" t="s">
+        <v>2285</v>
+      </c>
+    </row>
+    <row r="720" spans="1:8">
+      <c r="A720" t="s">
+        <v>126</v>
+      </c>
+      <c r="B720" t="s">
+        <v>9</v>
+      </c>
+      <c r="C720" t="s">
+        <v>46</v>
+      </c>
+      <c r="D720" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E720" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F720" t="s">
+        <v>13</v>
+      </c>
+      <c r="G720" s="1" t="s">
+        <v>2286</v>
+      </c>
+      <c r="H720" t="s">
+        <v>2287</v>
+      </c>
+    </row>
+    <row r="721" spans="1:8">
+      <c r="A721" t="s">
+        <v>378</v>
+      </c>
+      <c r="B721" t="s">
+        <v>9</v>
+      </c>
+      <c r="C721" t="s">
+        <v>51</v>
+      </c>
+      <c r="D721" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E721" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F721" t="s">
+        <v>143</v>
+      </c>
+      <c r="G721" s="1" t="s">
+        <v>2288</v>
+      </c>
+      <c r="H721" t="s">
+        <v>2289</v>
+      </c>
+    </row>
+    <row r="722" spans="1:8">
+      <c r="A722" t="s">
+        <v>382</v>
+      </c>
+      <c r="B722" t="s">
+        <v>9</v>
+      </c>
+      <c r="C722" t="s">
+        <v>55</v>
+      </c>
+      <c r="D722" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E722" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F722" t="s">
+        <v>67</v>
+      </c>
+      <c r="G722" s="1" t="s">
+        <v>2290</v>
+      </c>
+      <c r="H722" t="s">
+        <v>2291</v>
+      </c>
+    </row>
+    <row r="723" spans="1:8">
+      <c r="A723" t="s">
+        <v>10</v>
+      </c>
+      <c r="B723" t="s">
+        <v>9</v>
+      </c>
+      <c r="C723" t="s">
+        <v>59</v>
+      </c>
+      <c r="D723" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E723" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F723" t="s">
+        <v>257</v>
+      </c>
+      <c r="G723" s="1" t="s">
+        <v>2292</v>
+      </c>
+      <c r="H723" t="s">
+        <v>2293</v>
+      </c>
+    </row>
+    <row r="724" spans="1:8">
+      <c r="A724" t="s">
+        <v>402</v>
+      </c>
+      <c r="B724" t="s">
+        <v>9</v>
+      </c>
+      <c r="C724" t="s">
+        <v>63</v>
+      </c>
+      <c r="D724" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E724" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F724" t="s">
+        <v>93</v>
+      </c>
+      <c r="G724" s="1" t="s">
+        <v>2294</v>
+      </c>
+      <c r="H724" t="s">
+        <v>2295</v>
+      </c>
+    </row>
+    <row r="725" spans="1:8">
+      <c r="A725" t="s">
+        <v>410</v>
+      </c>
+      <c r="B725" t="s">
+        <v>9</v>
+      </c>
+      <c r="C725" t="s">
+        <v>66</v>
+      </c>
+      <c r="D725" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E725" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F725" t="s">
+        <v>143</v>
+      </c>
+      <c r="G725" s="1" t="s">
+        <v>2296</v>
+      </c>
+      <c r="H725" t="s">
+        <v>2297</v>
+      </c>
+    </row>
+    <row r="726" spans="1:8">
+      <c r="A726" t="s">
+        <v>414</v>
+      </c>
+      <c r="B726" t="s">
+        <v>9</v>
+      </c>
+      <c r="C726" t="s">
+        <v>71</v>
+      </c>
+      <c r="D726" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E726" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F726" t="s">
+        <v>143</v>
+      </c>
+      <c r="G726" s="1" t="s">
+        <v>2298</v>
+      </c>
+      <c r="H726" t="s">
+        <v>2299</v>
+      </c>
+    </row>
+    <row r="727" spans="1:8">
+      <c r="A727" t="s">
+        <v>406</v>
+      </c>
+      <c r="B727" t="s">
+        <v>9</v>
+      </c>
+      <c r="C727" t="s">
+        <v>75</v>
+      </c>
+      <c r="D727" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E727" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F727" t="s">
+        <v>67</v>
+      </c>
+      <c r="G727" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="H727" t="s">
+        <v>2300</v>
+      </c>
+    </row>
+    <row r="728" spans="1:8">
+      <c r="A728" t="s">
+        <v>17</v>
+      </c>
+      <c r="B728" t="s">
+        <v>9</v>
+      </c>
+      <c r="C728" t="s">
+        <v>78</v>
+      </c>
+      <c r="D728" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E728" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F728" t="s">
+        <v>67</v>
+      </c>
+      <c r="G728" s="1" t="s">
+        <v>2301</v>
+      </c>
+      <c r="H728" t="s">
+        <v>2302</v>
+      </c>
+    </row>
+    <row r="729" spans="1:8">
+      <c r="A729" t="s">
+        <v>22</v>
+      </c>
+      <c r="B729" t="s">
+        <v>9</v>
+      </c>
+      <c r="C729" t="s">
+        <v>82</v>
+      </c>
+      <c r="D729" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E729" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F729" t="s">
+        <v>67</v>
+      </c>
+      <c r="G729" s="1" t="s">
+        <v>2303</v>
+      </c>
+      <c r="H729" t="s">
+        <v>2304</v>
+      </c>
+    </row>
+    <row r="730" spans="1:8">
+      <c r="A730" t="s">
+        <v>236</v>
+      </c>
+      <c r="B730" t="s">
+        <v>9</v>
+      </c>
+      <c r="C730" t="s">
+        <v>86</v>
+      </c>
+      <c r="D730" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E730" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F730" t="s">
+        <v>143</v>
+      </c>
+      <c r="G730" s="1" t="s">
+        <v>2305</v>
+      </c>
+      <c r="H730" t="s">
+        <v>2306</v>
+      </c>
+    </row>
+    <row r="731" spans="1:8">
+      <c r="A731" t="s">
+        <v>273</v>
+      </c>
+      <c r="B731" t="s">
+        <v>9</v>
+      </c>
+      <c r="C731" t="s">
+        <v>89</v>
+      </c>
+      <c r="D731" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E731" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F731" t="s">
+        <v>67</v>
+      </c>
+      <c r="G731" s="1" t="s">
+        <v>2307</v>
+      </c>
+      <c r="H731" t="s">
+        <v>2308</v>
+      </c>
+    </row>
+    <row r="732" spans="1:8">
+      <c r="A732" t="s">
+        <v>362</v>
+      </c>
+      <c r="B732" t="s">
+        <v>9</v>
+      </c>
+      <c r="C732" t="s">
+        <v>92</v>
+      </c>
+      <c r="D732" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E732" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F732" t="s">
+        <v>67</v>
+      </c>
+      <c r="G732" s="1" t="s">
+        <v>2309</v>
+      </c>
+      <c r="H732" t="s">
+        <v>2310</v>
+      </c>
+    </row>
+    <row r="733" spans="1:8">
+      <c r="A733" t="s">
+        <v>460</v>
+      </c>
+      <c r="B733" t="s">
+        <v>9</v>
+      </c>
+      <c r="C733" t="s">
+        <v>96</v>
+      </c>
+      <c r="D733" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E733" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F733" t="s">
+        <v>497</v>
+      </c>
+      <c r="G733" s="1" t="s">
+        <v>2311</v>
+      </c>
+      <c r="H733" t="s">
+        <v>2312</v>
+      </c>
+    </row>
+    <row r="734" spans="1:8">
+      <c r="A734" t="s">
+        <v>472</v>
+      </c>
+      <c r="B734" t="s">
+        <v>9</v>
+      </c>
+      <c r="C734" t="s">
+        <v>38</v>
+      </c>
+      <c r="D734" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E734" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F734" t="s">
+        <v>35</v>
+      </c>
+      <c r="G734" s="1" t="s">
+        <v>2313</v>
+      </c>
+      <c r="H734" t="s">
+        <v>2314</v>
+      </c>
+    </row>
+    <row r="735" spans="1:8">
+      <c r="A735" t="s">
+        <v>662</v>
+      </c>
+      <c r="B735" t="s">
+        <v>9</v>
+      </c>
+      <c r="C735" t="s">
+        <v>101</v>
+      </c>
+      <c r="D735" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E735" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F735" t="s">
+        <v>13</v>
+      </c>
+      <c r="G735" s="1" t="s">
+        <v>2315</v>
+      </c>
+      <c r="H735" t="s">
+        <v>2316</v>
+      </c>
+    </row>
+    <row r="736" spans="1:8">
+      <c r="A736" t="s">
+        <v>676</v>
+      </c>
+      <c r="B736" t="s">
+        <v>9</v>
+      </c>
+      <c r="C736" t="s">
+        <v>104</v>
+      </c>
+      <c r="D736" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E736" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F736" t="s">
+        <v>262</v>
+      </c>
+      <c r="G736" s="1" t="s">
+        <v>2317</v>
+      </c>
+      <c r="H736" t="s">
+        <v>2318</v>
+      </c>
+    </row>
+    <row r="737" spans="1:8">
+      <c r="A737" t="s">
+        <v>682</v>
+      </c>
+      <c r="B737" t="s">
+        <v>9</v>
+      </c>
+      <c r="C737" t="s">
+        <v>50</v>
+      </c>
+      <c r="D737" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E737" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F737" t="s">
+        <v>93</v>
+      </c>
+      <c r="G737" s="1" t="s">
+        <v>2319</v>
+      </c>
+      <c r="H737" t="s">
+        <v>2320</v>
+      </c>
+    </row>
+    <row r="738" spans="1:8">
+      <c r="A738" t="s">
+        <v>718</v>
+      </c>
+      <c r="B738" t="s">
+        <v>9</v>
+      </c>
+      <c r="C738" t="s">
+        <v>58</v>
+      </c>
+      <c r="D738" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E738" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F738" t="s">
+        <v>47</v>
+      </c>
+      <c r="G738" s="1" t="s">
+        <v>2321</v>
+      </c>
+      <c r="H738" t="s">
+        <v>2322</v>
+      </c>
+    </row>
+    <row r="739" spans="1:8">
+      <c r="A739" t="s">
+        <v>721</v>
+      </c>
+      <c r="B739" t="s">
+        <v>9</v>
+      </c>
+      <c r="C739" t="s">
+        <v>62</v>
+      </c>
+      <c r="D739" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E739" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F739" t="s">
+        <v>35</v>
+      </c>
+      <c r="G739" s="1" t="s">
+        <v>2323</v>
+      </c>
+      <c r="H739" t="s">
+        <v>2324</v>
+      </c>
+    </row>
+    <row r="740" spans="1:8">
+      <c r="A740" t="s">
+        <v>790</v>
+      </c>
+      <c r="B740" t="s">
+        <v>9</v>
+      </c>
+      <c r="C740" t="s">
+        <v>114</v>
+      </c>
+      <c r="D740" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E740" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F740" t="s">
+        <v>35</v>
+      </c>
+      <c r="G740" s="1" t="s">
+        <v>2325</v>
+      </c>
+      <c r="H740" t="s">
+        <v>2326</v>
+      </c>
+    </row>
+    <row r="741" spans="1:8">
+      <c r="A741" t="s">
+        <v>805</v>
+      </c>
+      <c r="B741" t="s">
+        <v>9</v>
+      </c>
+      <c r="C741" t="s">
+        <v>118</v>
+      </c>
+      <c r="D741" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E741" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F741" t="s">
+        <v>13</v>
+      </c>
+      <c r="G741" s="1" t="s">
+        <v>2327</v>
+      </c>
+      <c r="H741" t="s">
+        <v>2328</v>
+      </c>
+    </row>
+    <row r="742" spans="1:8">
+      <c r="A742" t="s">
+        <v>861</v>
+      </c>
+      <c r="B742" t="s">
+        <v>9</v>
+      </c>
+      <c r="C742" t="s">
+        <v>122</v>
+      </c>
+      <c r="D742" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E742" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F742" t="s">
+        <v>67</v>
+      </c>
+      <c r="G742" s="1" t="s">
+        <v>2329</v>
+      </c>
+      <c r="H742" t="s">
+        <v>2330</v>
+      </c>
+    </row>
+    <row r="743" spans="1:8">
+      <c r="A743" t="s">
+        <v>984</v>
+      </c>
+      <c r="B743" t="s">
+        <v>9</v>
+      </c>
+      <c r="C743" t="s">
+        <v>126</v>
+      </c>
+      <c r="D743" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E743" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F743" t="s">
+        <v>13</v>
+      </c>
+      <c r="G743" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="H743" t="s">
+        <v>2331</v>
+      </c>
+    </row>
+    <row r="744" spans="1:8">
+      <c r="A744" t="s">
+        <v>994</v>
+      </c>
+      <c r="B744" t="s">
+        <v>9</v>
+      </c>
+      <c r="C744" t="s">
+        <v>130</v>
+      </c>
+      <c r="D744" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E744" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F744" t="s">
+        <v>67</v>
+      </c>
+      <c r="G744" s="1" t="s">
+        <v>2332</v>
+      </c>
+      <c r="H744" t="s">
+        <v>2333</v>
+      </c>
+    </row>
+    <row r="745" spans="1:8">
+      <c r="A745" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B745" t="s">
+        <v>9</v>
+      </c>
+      <c r="C745" t="s">
+        <v>134</v>
+      </c>
+      <c r="D745" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E745" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F745" t="s">
+        <v>93</v>
+      </c>
+      <c r="G745" s="1" t="s">
+        <v>2334</v>
+      </c>
+      <c r="H745" t="s">
+        <v>2335</v>
+      </c>
+    </row>
+    <row r="746" spans="1:8">
+      <c r="A746" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B746" t="s">
+        <v>9</v>
+      </c>
+      <c r="C746" t="s">
+        <v>138</v>
+      </c>
+      <c r="D746" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E746" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F746" t="s">
+        <v>2336</v>
+      </c>
+      <c r="G746" s="1" t="s">
+        <v>2337</v>
+      </c>
+      <c r="H746" t="s">
+        <v>2338</v>
+      </c>
+    </row>
+    <row r="747" spans="1:8">
+      <c r="A747" t="s">
+        <v>1184</v>
+      </c>
+      <c r="B747" t="s">
+        <v>9</v>
+      </c>
+      <c r="C747" t="s">
+        <v>142</v>
+      </c>
+      <c r="D747" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E747" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F747" t="s">
+        <v>143</v>
+      </c>
+      <c r="G747" s="1" t="s">
+        <v>2339</v>
+      </c>
+      <c r="H747" t="s">
+        <v>2340</v>
+      </c>
+    </row>
+    <row r="748" spans="1:8">
+      <c r="A748" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B748" t="s">
+        <v>9</v>
+      </c>
+      <c r="C748" t="s">
+        <v>147</v>
+      </c>
+      <c r="D748" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E748" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F748" t="s">
+        <v>13</v>
+      </c>
+      <c r="G748" s="1" t="s">
+        <v>2341</v>
+      </c>
+      <c r="H748" t="s">
+        <v>2342</v>
+      </c>
+    </row>
+    <row r="749" spans="1:8">
+      <c r="A749" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B749" t="s">
+        <v>9</v>
+      </c>
+      <c r="C749" t="s">
+        <v>151</v>
+      </c>
+      <c r="D749" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E749" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F749" t="s">
+        <v>93</v>
+      </c>
+      <c r="G749" s="1" t="s">
+        <v>2343</v>
+      </c>
+      <c r="H749" t="s">
+        <v>2344</v>
+      </c>
+    </row>
+    <row r="750" spans="1:8">
+      <c r="A750" t="s">
+        <v>1304</v>
+      </c>
+      <c r="B750" t="s">
+        <v>9</v>
+      </c>
+      <c r="C750" t="s">
+        <v>155</v>
+      </c>
+      <c r="D750" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E750" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F750" t="s">
+        <v>35</v>
+      </c>
+      <c r="G750" s="1" t="s">
+        <v>2345</v>
+      </c>
+      <c r="H750" t="s">
+        <v>2346</v>
+      </c>
+    </row>
+    <row r="751" spans="1:8">
+      <c r="A751" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B751" t="s">
+        <v>9</v>
+      </c>
+      <c r="C751" t="s">
+        <v>159</v>
+      </c>
+      <c r="D751" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E751" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F751" t="s">
+        <v>13</v>
+      </c>
+      <c r="G751" s="1" t="s">
+        <v>2347</v>
+      </c>
+      <c r="H751" t="s">
+        <v>2348</v>
+      </c>
+    </row>
+    <row r="752" spans="1:8">
+      <c r="A752" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B752" t="s">
+        <v>9</v>
+      </c>
+      <c r="C752" t="s">
+        <v>163</v>
+      </c>
+      <c r="D752" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E752" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F752" t="s">
+        <v>93</v>
+      </c>
+      <c r="G752" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="H752" t="s">
+        <v>2349</v>
+      </c>
+    </row>
+    <row r="753" spans="1:8">
+      <c r="A753" t="s">
+        <v>1453</v>
+      </c>
+      <c r="B753" t="s">
+        <v>9</v>
+      </c>
+      <c r="C753" t="s">
+        <v>167</v>
+      </c>
+      <c r="D753" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E753" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F753" t="s">
+        <v>262</v>
+      </c>
+      <c r="G753" s="1" t="s">
+        <v>2350</v>
+      </c>
+      <c r="H753" t="s">
+        <v>2351</v>
+      </c>
+    </row>
+    <row r="754" spans="1:8">
+      <c r="A754" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B754" t="s">
+        <v>9</v>
+      </c>
+      <c r="C754" t="s">
+        <v>172</v>
+      </c>
+      <c r="D754" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E754" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F754" t="s">
+        <v>13</v>
+      </c>
+      <c r="G754" s="1" t="s">
+        <v>2352</v>
+      </c>
+      <c r="H754" t="s">
+        <v>2353</v>
+      </c>
+    </row>
+    <row r="755" spans="1:8">
+      <c r="A755" t="s">
+        <v>1501</v>
+      </c>
+      <c r="B755" t="s">
+        <v>9</v>
+      </c>
+      <c r="C755" t="s">
+        <v>176</v>
+      </c>
+      <c r="D755" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E755" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F755" t="s">
+        <v>67</v>
+      </c>
+      <c r="G755" s="1" t="s">
+        <v>2354</v>
+      </c>
+      <c r="H755" t="s">
+        <v>2355</v>
+      </c>
+    </row>
+    <row r="756" spans="1:8">
+      <c r="A756" t="s">
+        <v>1879</v>
+      </c>
+      <c r="B756" t="s">
+        <v>9</v>
+      </c>
+      <c r="C756" t="s">
+        <v>180</v>
+      </c>
+      <c r="D756" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E756" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F756" t="s">
+        <v>67</v>
+      </c>
+      <c r="G756" s="1" t="s">
+        <v>2356</v>
+      </c>
+      <c r="H756" t="s">
+        <v>2357</v>
+      </c>
+    </row>
+    <row r="757" spans="1:8">
+      <c r="A757" t="s">
+        <v>1958</v>
+      </c>
+      <c r="B757" t="s">
+        <v>9</v>
+      </c>
+      <c r="C757" t="s">
+        <v>113</v>
+      </c>
+      <c r="D757" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E757" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F757" t="s">
+        <v>35</v>
+      </c>
+      <c r="G757" s="1" t="s">
+        <v>2358</v>
+      </c>
+      <c r="H757" t="s">
+        <v>2359</v>
+      </c>
+    </row>
+    <row r="758" spans="1:8">
+      <c r="A758" t="s">
+        <v>2038</v>
+      </c>
+      <c r="B758" t="s">
+        <v>9</v>
+      </c>
+      <c r="C758" t="s">
+        <v>187</v>
+      </c>
+      <c r="D758" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E758" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F758" t="s">
+        <v>67</v>
+      </c>
+      <c r="G758" s="1" t="s">
+        <v>2360</v>
+      </c>
+      <c r="H758" t="s">
+        <v>2361</v>
+      </c>
+    </row>
+    <row r="759" spans="1:8">
+      <c r="A759" t="s">
+        <v>2048</v>
+      </c>
+      <c r="B759" t="s">
+        <v>9</v>
+      </c>
+      <c r="C759" t="s">
+        <v>191</v>
+      </c>
+      <c r="D759" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E759" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F759" t="s">
+        <v>590</v>
+      </c>
+      <c r="G759" s="1" t="s">
+        <v>2362</v>
+      </c>
+      <c r="H759" t="s">
+        <v>2363</v>
+      </c>
+    </row>
+    <row r="760" spans="1:8">
+      <c r="A760" t="s">
+        <v>2217</v>
+      </c>
+      <c r="B760" t="s">
+        <v>9</v>
+      </c>
+      <c r="C760" t="s">
+        <v>195</v>
+      </c>
+      <c r="D760" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E760" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F760" t="s">
+        <v>2364</v>
+      </c>
+      <c r="G760" s="1" t="s">
+        <v>2365</v>
+      </c>
+      <c r="H760" t="s">
+        <v>2366</v>
+      </c>
+    </row>
+    <row r="761" spans="1:8">
+      <c r="A761" t="s">
+        <v>2367</v>
+      </c>
+      <c r="B761" t="s">
+        <v>9</v>
+      </c>
+      <c r="C761" t="s">
+        <v>199</v>
+      </c>
+      <c r="D761" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E761" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F761" t="s">
+        <v>67</v>
+      </c>
+      <c r="G761" s="1" t="s">
+        <v>2368</v>
+      </c>
+      <c r="H761" t="s">
+        <v>2369</v>
+      </c>
+    </row>
+    <row r="762" spans="1:8">
+      <c r="A762" t="s">
+        <v>2370</v>
+      </c>
+      <c r="B762" t="s">
+        <v>9</v>
+      </c>
+      <c r="C762" t="s">
+        <v>203</v>
+      </c>
+      <c r="D762" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E762" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F762" t="s">
+        <v>590</v>
+      </c>
+      <c r="G762" s="1" t="s">
+        <v>2371</v>
+      </c>
+      <c r="H762" t="s">
+        <v>2372</v>
+      </c>
+    </row>
+    <row r="763" spans="1:8">
+      <c r="A763" t="s">
+        <v>2373</v>
+      </c>
+      <c r="B763" t="s">
+        <v>9</v>
+      </c>
+      <c r="C763" t="s">
+        <v>207</v>
+      </c>
+      <c r="D763" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E763" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F763" t="s">
+        <v>93</v>
+      </c>
+      <c r="G763" s="1" t="s">
+        <v>2374</v>
+      </c>
+      <c r="H763" t="s">
+        <v>2375</v>
+      </c>
+    </row>
+    <row r="764" spans="1:8">
+      <c r="A764" t="s">
+        <v>2376</v>
+      </c>
+      <c r="B764" t="s">
+        <v>9</v>
+      </c>
+      <c r="C764" t="s">
+        <v>211</v>
+      </c>
+      <c r="D764" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E764" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F764" t="s">
+        <v>2377</v>
+      </c>
+      <c r="G764" s="1" t="s">
+        <v>2378</v>
+      </c>
+      <c r="H764" t="s">
+        <v>2379</v>
+      </c>
+    </row>
+    <row r="765" spans="1:8">
+      <c r="A765" t="s">
+        <v>2380</v>
+      </c>
+      <c r="B765" t="s">
+        <v>9</v>
+      </c>
+      <c r="C765" t="s">
+        <v>216</v>
+      </c>
+      <c r="D765" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E765" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F765" t="s">
+        <v>35</v>
+      </c>
+      <c r="G765" s="1" t="s">
+        <v>2381</v>
+      </c>
+      <c r="H765" t="s">
+        <v>2382</v>
+      </c>
+    </row>
+    <row r="766" spans="1:8">
+      <c r="A766" t="s">
+        <v>2383</v>
+      </c>
+      <c r="B766" t="s">
+        <v>9</v>
+      </c>
+      <c r="C766" t="s">
+        <v>220</v>
+      </c>
+      <c r="D766" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E766" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F766" t="s">
+        <v>35</v>
+      </c>
+      <c r="G766" s="1" t="s">
+        <v>2384</v>
+      </c>
+      <c r="H766" t="s">
+        <v>2385</v>
+      </c>
+    </row>
+    <row r="767" spans="1:8">
+      <c r="A767" t="s">
+        <v>2386</v>
+      </c>
+      <c r="B767" t="s">
+        <v>9</v>
+      </c>
+      <c r="C767" t="s">
+        <v>224</v>
+      </c>
+      <c r="D767" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E767" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F767" t="s">
+        <v>93</v>
+      </c>
+      <c r="G767" s="1" t="s">
+        <v>2387</v>
+      </c>
+      <c r="H767" t="s">
+        <v>2388</v>
+      </c>
+    </row>
+    <row r="768" spans="1:8">
+      <c r="A768" t="s">
+        <v>2389</v>
+      </c>
+      <c r="B768" t="s">
+        <v>9</v>
+      </c>
+      <c r="C768" t="s">
+        <v>229</v>
+      </c>
+      <c r="D768" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E768" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F768" t="s">
+        <v>93</v>
+      </c>
+      <c r="G768" s="1" t="s">
+        <v>2390</v>
+      </c>
+      <c r="H768" t="s">
+        <v>2391</v>
+      </c>
+    </row>
+    <row r="769" spans="1:8">
+      <c r="A769" t="s">
+        <v>2392</v>
+      </c>
+      <c r="B769" t="s">
+        <v>9</v>
+      </c>
+      <c r="C769" t="s">
+        <v>232</v>
+      </c>
+      <c r="D769" t="s">
+        <v>2277</v>
+      </c>
+      <c r="E769" t="s">
+        <v>2278</v>
+      </c>
+      <c r="F769" t="s">
+        <v>13</v>
+      </c>
+      <c r="G769" s="1" t="s">
+        <v>2393</v>
+      </c>
+      <c r="H769" t="s">
+        <v>2394</v>
+      </c>
+    </row>
+    <row r="770" spans="1:8">
+      <c r="A770" t="s">
+        <v>114</v>
+      </c>
+      <c r="B770" t="s">
+        <v>9</v>
+      </c>
+      <c r="C770" t="s">
+        <v>17</v>
+      </c>
+      <c r="D770" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E770" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F770" t="s">
+        <v>67</v>
+      </c>
+      <c r="G770" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="H770" t="s">
+        <v>2397</v>
+      </c>
+    </row>
+    <row r="771" spans="1:8">
+      <c r="A771" t="s">
+        <v>394</v>
+      </c>
+      <c r="B771" t="s">
+        <v>9</v>
+      </c>
+      <c r="C771" t="s">
+        <v>22</v>
+      </c>
+      <c r="D771" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E771" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F771" t="s">
+        <v>262</v>
+      </c>
+      <c r="G771" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="H771" t="s">
+        <v>2398</v>
+      </c>
+    </row>
+    <row r="772" spans="1:8">
+      <c r="A772" t="s">
+        <v>134</v>
+      </c>
+      <c r="B772" t="s">
+        <v>9</v>
+      </c>
+      <c r="C772" t="s">
+        <v>43</v>
+      </c>
+      <c r="D772" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E772" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F772" t="s">
+        <v>67</v>
+      </c>
+      <c r="G772" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="H772" t="s">
+        <v>2399</v>
+      </c>
+    </row>
+    <row r="773" spans="1:8">
+      <c r="A773" t="s">
+        <v>191</v>
+      </c>
+      <c r="B773" t="s">
+        <v>9</v>
+      </c>
+      <c r="C773" t="s">
+        <v>46</v>
+      </c>
+      <c r="D773" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E773" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F773" t="s">
+        <v>67</v>
+      </c>
+      <c r="G773" s="1" t="s">
+        <v>2400</v>
+      </c>
+      <c r="H773" t="s">
+        <v>2401</v>
+      </c>
+    </row>
+    <row r="774" spans="1:8">
+      <c r="A774" t="s">
+        <v>341</v>
+      </c>
+      <c r="B774" t="s">
+        <v>9</v>
+      </c>
+      <c r="C774" t="s">
+        <v>51</v>
+      </c>
+      <c r="D774" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E774" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F774" t="s">
+        <v>67</v>
+      </c>
+      <c r="G774" s="1" t="s">
+        <v>2402</v>
+      </c>
+      <c r="H774" t="s">
+        <v>2403</v>
+      </c>
+    </row>
+    <row r="775" spans="1:8">
+      <c r="A775" t="s">
+        <v>667</v>
+      </c>
+      <c r="B775" t="s">
+        <v>9</v>
+      </c>
+      <c r="C775" t="s">
+        <v>55</v>
+      </c>
+      <c r="D775" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E775" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F775" t="s">
+        <v>2404</v>
+      </c>
+      <c r="G775" s="1" t="s">
+        <v>2405</v>
+      </c>
+      <c r="H775" t="s">
+        <v>2406</v>
+      </c>
+    </row>
+    <row r="776" spans="1:8">
+      <c r="A776" t="s">
+        <v>730</v>
+      </c>
+      <c r="B776" t="s">
+        <v>9</v>
+      </c>
+      <c r="C776" t="s">
+        <v>59</v>
+      </c>
+      <c r="D776" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E776" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F776" t="s">
+        <v>143</v>
+      </c>
+      <c r="G776" s="1" t="s">
+        <v>2407</v>
+      </c>
+      <c r="H776" t="s">
+        <v>2408</v>
+      </c>
+    </row>
+    <row r="777" spans="1:8">
+      <c r="A777" t="s">
+        <v>727</v>
+      </c>
+      <c r="B777" t="s">
+        <v>9</v>
+      </c>
+      <c r="C777" t="s">
+        <v>63</v>
+      </c>
+      <c r="D777" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E777" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F777" t="s">
+        <v>143</v>
+      </c>
+      <c r="G777" s="1" t="s">
+        <v>2409</v>
+      </c>
+      <c r="H777" t="s">
+        <v>2410</v>
+      </c>
+    </row>
+    <row r="778" spans="1:8">
+      <c r="A778" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B778" t="s">
+        <v>9</v>
+      </c>
+      <c r="C778" t="s">
+        <v>66</v>
+      </c>
+      <c r="D778" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E778" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F778" t="s">
+        <v>262</v>
+      </c>
+      <c r="G778" s="1" t="s">
+        <v>2411</v>
+      </c>
+      <c r="H778" t="s">
+        <v>2412</v>
+      </c>
+    </row>
+    <row r="779" spans="1:8">
+      <c r="A779" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B779" t="s">
+        <v>9</v>
+      </c>
+      <c r="C779" t="s">
+        <v>71</v>
+      </c>
+      <c r="D779" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E779" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F779" t="s">
+        <v>67</v>
+      </c>
+      <c r="G779" s="1" t="s">
+        <v>2413</v>
+      </c>
+      <c r="H779" t="s">
+        <v>2414</v>
+      </c>
+    </row>
+    <row r="780" spans="1:8">
+      <c r="A780" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B780" t="s">
+        <v>9</v>
+      </c>
+      <c r="C780" t="s">
+        <v>75</v>
+      </c>
+      <c r="D780" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E780" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F780" t="s">
+        <v>67</v>
+      </c>
+      <c r="G780" s="1" t="s">
+        <v>2415</v>
+      </c>
+      <c r="H780" t="s">
+        <v>2416</v>
+      </c>
+    </row>
+    <row r="781" spans="1:8">
+      <c r="A781" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B781" t="s">
+        <v>9</v>
+      </c>
+      <c r="C781" t="s">
+        <v>78</v>
+      </c>
+      <c r="D781" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E781" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F781" t="s">
+        <v>262</v>
+      </c>
+      <c r="G781" s="1" t="s">
+        <v>2417</v>
+      </c>
+      <c r="H781" t="s">
+        <v>2418</v>
+      </c>
+    </row>
+    <row r="782" spans="1:8">
+      <c r="A782" t="s">
+        <v>1269</v>
+      </c>
+      <c r="B782" t="s">
+        <v>9</v>
+      </c>
+      <c r="C782" t="s">
+        <v>82</v>
+      </c>
+      <c r="D782" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E782" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F782" t="s">
+        <v>67</v>
+      </c>
+      <c r="G782" s="1" t="s">
+        <v>2419</v>
+      </c>
+      <c r="H782" t="s">
+        <v>2420</v>
+      </c>
+    </row>
+    <row r="783" spans="1:8">
+      <c r="A783" t="s">
+        <v>1460</v>
+      </c>
+      <c r="B783" t="s">
+        <v>9</v>
+      </c>
+      <c r="C783" t="s">
+        <v>89</v>
+      </c>
+      <c r="D783" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E783" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F783" t="s">
+        <v>262</v>
+      </c>
+      <c r="G783" s="1" t="s">
+        <v>2421</v>
+      </c>
+      <c r="H783" t="s">
+        <v>2422</v>
+      </c>
+    </row>
+    <row r="784" spans="1:8">
+      <c r="A784" t="s">
+        <v>1446</v>
+      </c>
+      <c r="B784" t="s">
+        <v>9</v>
+      </c>
+      <c r="C784" t="s">
+        <v>92</v>
+      </c>
+      <c r="D784" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E784" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F784" t="s">
+        <v>35</v>
+      </c>
+      <c r="G784" s="1" t="s">
+        <v>2423</v>
+      </c>
+      <c r="H784" t="s">
+        <v>2424</v>
+      </c>
+    </row>
+    <row r="785" spans="1:8">
+      <c r="A785" t="s">
+        <v>1544</v>
+      </c>
+      <c r="B785" t="s">
+        <v>9</v>
+      </c>
+      <c r="C785" t="s">
+        <v>96</v>
+      </c>
+      <c r="D785" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E785" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F785" t="s">
+        <v>47</v>
+      </c>
+      <c r="G785" s="1" t="s">
+        <v>2425</v>
+      </c>
+      <c r="H785" t="s">
+        <v>2426</v>
+      </c>
+    </row>
+    <row r="786" spans="1:8">
+      <c r="A786" t="s">
+        <v>1548</v>
+      </c>
+      <c r="B786" t="s">
+        <v>9</v>
+      </c>
+      <c r="C786" t="s">
+        <v>38</v>
+      </c>
+      <c r="D786" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E786" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F786" t="s">
+        <v>67</v>
+      </c>
+      <c r="G786" s="1" t="s">
+        <v>2427</v>
+      </c>
+      <c r="H786" t="s">
+        <v>2428</v>
+      </c>
+    </row>
+    <row r="787" spans="1:8">
+      <c r="A787" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B787" t="s">
+        <v>9</v>
+      </c>
+      <c r="C787" t="s">
+        <v>101</v>
+      </c>
+      <c r="D787" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E787" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F787" t="s">
+        <v>590</v>
+      </c>
+      <c r="G787" s="1" t="s">
+        <v>2429</v>
+      </c>
+      <c r="H787" t="s">
+        <v>2430</v>
+      </c>
+    </row>
+    <row r="788" spans="1:8">
+      <c r="A788" t="s">
         <v>1615</v>
       </c>
-      <c r="E527" t="s">
-[...9 lines deleted...]
-        <v>1619</v>
+      <c r="B788" t="s">
+        <v>9</v>
+      </c>
+      <c r="C788" t="s">
+        <v>104</v>
+      </c>
+      <c r="D788" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E788" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F788" t="s">
+        <v>262</v>
+      </c>
+      <c r="G788" s="1" t="s">
+        <v>2431</v>
+      </c>
+      <c r="H788" t="s">
+        <v>2432</v>
+      </c>
+    </row>
+    <row r="789" spans="1:8">
+      <c r="A789" t="s">
+        <v>1732</v>
+      </c>
+      <c r="B789" t="s">
+        <v>9</v>
+      </c>
+      <c r="C789" t="s">
+        <v>50</v>
+      </c>
+      <c r="D789" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E789" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F789" t="s">
+        <v>143</v>
+      </c>
+      <c r="G789" s="1" t="s">
+        <v>2433</v>
+      </c>
+      <c r="H789" t="s">
+        <v>2434</v>
+      </c>
+    </row>
+    <row r="790" spans="1:8">
+      <c r="A790" t="s">
+        <v>1802</v>
+      </c>
+      <c r="B790" t="s">
+        <v>9</v>
+      </c>
+      <c r="C790" t="s">
+        <v>58</v>
+      </c>
+      <c r="D790" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E790" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F790" t="s">
+        <v>47</v>
+      </c>
+      <c r="G790" s="1" t="s">
+        <v>2435</v>
+      </c>
+      <c r="H790" t="s">
+        <v>2436</v>
+      </c>
+    </row>
+    <row r="791" spans="1:8">
+      <c r="A791" t="s">
+        <v>1806</v>
+      </c>
+      <c r="B791" t="s">
+        <v>9</v>
+      </c>
+      <c r="C791" t="s">
+        <v>62</v>
+      </c>
+      <c r="D791" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E791" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F791" t="s">
+        <v>93</v>
+      </c>
+      <c r="G791" s="1" t="s">
+        <v>2437</v>
+      </c>
+      <c r="H791" t="s">
+        <v>2438</v>
+      </c>
+    </row>
+    <row r="792" spans="1:8">
+      <c r="A792" t="s">
+        <v>2026</v>
+      </c>
+      <c r="B792" t="s">
+        <v>9</v>
+      </c>
+      <c r="C792" t="s">
+        <v>114</v>
+      </c>
+      <c r="D792" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E792" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F792" t="s">
+        <v>67</v>
+      </c>
+      <c r="G792" s="1" t="s">
+        <v>2439</v>
+      </c>
+      <c r="H792" t="s">
+        <v>2440</v>
+      </c>
+    </row>
+    <row r="793" spans="1:8">
+      <c r="A793" t="s">
+        <v>2074</v>
+      </c>
+      <c r="B793" t="s">
+        <v>9</v>
+      </c>
+      <c r="C793" t="s">
+        <v>118</v>
+      </c>
+      <c r="D793" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E793" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F793" t="s">
+        <v>67</v>
+      </c>
+      <c r="G793" s="1" t="s">
+        <v>2441</v>
+      </c>
+      <c r="H793" t="s">
+        <v>2442</v>
+      </c>
+    </row>
+    <row r="794" spans="1:8">
+      <c r="A794" t="s">
+        <v>2443</v>
+      </c>
+      <c r="B794" t="s">
+        <v>9</v>
+      </c>
+      <c r="C794" t="s">
+        <v>122</v>
+      </c>
+      <c r="D794" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E794" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F794" t="s">
+        <v>67</v>
+      </c>
+      <c r="G794" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="H794" t="s">
+        <v>2444</v>
+      </c>
+    </row>
+    <row r="795" spans="1:8">
+      <c r="A795" t="s">
+        <v>2445</v>
+      </c>
+      <c r="B795" t="s">
+        <v>9</v>
+      </c>
+      <c r="C795" t="s">
+        <v>126</v>
+      </c>
+      <c r="D795" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E795" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F795" t="s">
+        <v>47</v>
+      </c>
+      <c r="G795" s="1" t="s">
+        <v>2446</v>
+      </c>
+      <c r="H795" t="s">
+        <v>2447</v>
+      </c>
+    </row>
+    <row r="796" spans="1:8">
+      <c r="A796" t="s">
+        <v>2448</v>
+      </c>
+      <c r="B796" t="s">
+        <v>9</v>
+      </c>
+      <c r="C796" t="s">
+        <v>130</v>
+      </c>
+      <c r="D796" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E796" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F796" t="s">
+        <v>67</v>
+      </c>
+      <c r="G796" s="1" t="s">
+        <v>2449</v>
+      </c>
+      <c r="H796" t="s">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="797" spans="1:8">
+      <c r="A797" t="s">
+        <v>329</v>
+      </c>
+      <c r="B797" t="s">
+        <v>9</v>
+      </c>
+      <c r="C797" t="s">
+        <v>17</v>
+      </c>
+      <c r="D797" t="s">
+        <v>2451</v>
+      </c>
+      <c r="E797" t="s">
+        <v>2452</v>
+      </c>
+      <c r="F797" t="s">
+        <v>67</v>
+      </c>
+      <c r="G797" s="1" t="s">
+        <v>2453</v>
+      </c>
+      <c r="H797" t="s">
+        <v>2454</v>
+      </c>
+    </row>
+    <row r="798" spans="1:8">
+      <c r="A798" t="s">
+        <v>130</v>
+      </c>
+      <c r="B798" t="s">
+        <v>9</v>
+      </c>
+      <c r="C798" t="s">
+        <v>22</v>
+      </c>
+      <c r="D798" t="s">
+        <v>2451</v>
+      </c>
+      <c r="E798" t="s">
+        <v>2452</v>
+      </c>
+      <c r="F798" t="s">
+        <v>13</v>
+      </c>
+      <c r="G798" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="H798" t="s">
+        <v>2455</v>
+      </c>
+    </row>
+    <row r="799" spans="1:8">
+      <c r="A799" t="s">
+        <v>333</v>
+      </c>
+      <c r="B799" t="s">
+        <v>9</v>
+      </c>
+      <c r="C799" t="s">
+        <v>26</v>
+      </c>
+      <c r="D799" t="s">
+        <v>2451</v>
+      </c>
+      <c r="E799" t="s">
+        <v>2452</v>
+      </c>
+      <c r="F799" t="s">
+        <v>67</v>
+      </c>
+      <c r="G799" s="1" t="s">
+        <v>2456</v>
+      </c>
+      <c r="H799" t="s">
+        <v>2457</v>
+      </c>
+    </row>
+    <row r="800" spans="1:8">
+      <c r="A800" t="s">
+        <v>468</v>
+      </c>
+      <c r="B800" t="s">
+        <v>9</v>
+      </c>
+      <c r="C800" t="s">
+        <v>30</v>
+      </c>
+      <c r="D800" t="s">
+        <v>2451</v>
+      </c>
+      <c r="E800" t="s">
+        <v>2452</v>
+      </c>
+      <c r="F800" t="s">
+        <v>35</v>
+      </c>
+      <c r="G800" s="1" t="s">
+        <v>2458</v>
+      </c>
+      <c r="H800" t="s">
+        <v>2459</v>
+      </c>
+    </row>
+    <row r="801" spans="1:8">
+      <c r="A801" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B801" t="s">
+        <v>9</v>
+      </c>
+      <c r="C801" t="s">
+        <v>34</v>
+      </c>
+      <c r="D801" t="s">
+        <v>2451</v>
+      </c>
+      <c r="E801" t="s">
+        <v>2452</v>
+      </c>
+      <c r="F801" t="s">
+        <v>67</v>
+      </c>
+      <c r="G801" s="1" t="s">
+        <v>2460</v>
+      </c>
+      <c r="H801" t="s">
+        <v>2461</v>
+      </c>
+    </row>
+    <row r="802" spans="1:8">
+      <c r="A802" t="s">
+        <v>1376</v>
+      </c>
+      <c r="B802" t="s">
+        <v>9</v>
+      </c>
+      <c r="C802" t="s">
+        <v>39</v>
+      </c>
+      <c r="D802" t="s">
+        <v>2451</v>
+      </c>
+      <c r="E802" t="s">
+        <v>2452</v>
+      </c>
+      <c r="F802" t="s">
+        <v>67</v>
+      </c>
+      <c r="G802" s="1" t="s">
+        <v>2462</v>
+      </c>
+      <c r="H802" t="s">
+        <v>2463</v>
+      </c>
+    </row>
+    <row r="803" spans="1:8">
+      <c r="A803" t="s">
+        <v>2464</v>
+      </c>
+      <c r="B803" t="s">
+        <v>9</v>
+      </c>
+      <c r="C803" t="s">
+        <v>43</v>
+      </c>
+      <c r="D803" t="s">
+        <v>2451</v>
+      </c>
+      <c r="E803" t="s">
+        <v>2452</v>
+      </c>
+      <c r="F803" t="s">
+        <v>67</v>
+      </c>
+      <c r="G803" s="1" t="s">
+        <v>2465</v>
+      </c>
+      <c r="H803" t="s">
+        <v>2466</v>
+      </c>
+    </row>
+    <row r="804" spans="1:8">
+      <c r="A804" t="s">
+        <v>39</v>
+      </c>
+      <c r="B804" t="s">
+        <v>9</v>
+      </c>
+      <c r="C804" t="s">
+        <v>10</v>
+      </c>
+      <c r="D804" t="s">
+        <v>2467</v>
+      </c>
+      <c r="E804" t="s">
+        <v>2468</v>
+      </c>
+      <c r="F804" t="s">
+        <v>497</v>
+      </c>
+      <c r="G804" s="1" t="s">
+        <v>2469</v>
+      </c>
+      <c r="H804" t="s">
+        <v>2470</v>
+      </c>
+    </row>
+    <row r="805" spans="1:8">
+      <c r="A805" t="s">
+        <v>51</v>
+      </c>
+      <c r="B805" t="s">
+        <v>9</v>
+      </c>
+      <c r="C805" t="s">
+        <v>17</v>
+      </c>
+      <c r="D805" t="s">
+        <v>2467</v>
+      </c>
+      <c r="E805" t="s">
+        <v>2468</v>
+      </c>
+      <c r="F805" t="s">
+        <v>67</v>
+      </c>
+      <c r="G805" s="1" t="s">
+        <v>2471</v>
+      </c>
+      <c r="H805" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="806" spans="1:8">
+      <c r="A806" t="s">
+        <v>715</v>
+      </c>
+      <c r="B806" t="s">
+        <v>9</v>
+      </c>
+      <c r="C806" t="s">
+        <v>22</v>
+      </c>
+      <c r="D806" t="s">
+        <v>2467</v>
+      </c>
+      <c r="E806" t="s">
+        <v>2468</v>
+      </c>
+      <c r="F806" t="s">
+        <v>590</v>
+      </c>
+      <c r="G806" s="1" t="s">
+        <v>2472</v>
+      </c>
+      <c r="H806" t="s">
+        <v>2473</v>
+      </c>
+    </row>
+    <row r="807" spans="1:8">
+      <c r="A807" t="s">
+        <v>766</v>
+      </c>
+      <c r="B807" t="s">
+        <v>9</v>
+      </c>
+      <c r="C807" t="s">
+        <v>26</v>
+      </c>
+      <c r="D807" t="s">
+        <v>2467</v>
+      </c>
+      <c r="E807" t="s">
+        <v>2468</v>
+      </c>
+      <c r="F807" t="s">
+        <v>2474</v>
+      </c>
+      <c r="G807" s="1" t="s">
+        <v>2475</v>
+      </c>
+      <c r="H807" t="s">
+        <v>2476</v>
+      </c>
+    </row>
+    <row r="808" spans="1:8">
+      <c r="A808" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B808" t="s">
+        <v>9</v>
+      </c>
+      <c r="C808" t="s">
+        <v>30</v>
+      </c>
+      <c r="D808" t="s">
+        <v>2467</v>
+      </c>
+      <c r="E808" t="s">
+        <v>2468</v>
+      </c>
+      <c r="F808" t="s">
+        <v>143</v>
+      </c>
+      <c r="G808" s="1" t="s">
+        <v>2477</v>
+      </c>
+      <c r="H808" t="s">
+        <v>2478</v>
+      </c>
+    </row>
+    <row r="809" spans="1:8">
+      <c r="A809" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B809" t="s">
+        <v>9</v>
+      </c>
+      <c r="C809" t="s">
+        <v>34</v>
+      </c>
+      <c r="D809" t="s">
+        <v>2467</v>
+      </c>
+      <c r="E809" t="s">
+        <v>2468</v>
+      </c>
+      <c r="F809" t="s">
+        <v>168</v>
+      </c>
+      <c r="G809" s="1" t="s">
+        <v>2479</v>
+      </c>
+      <c r="H809" t="s">
+        <v>2480</v>
+      </c>
+    </row>
+    <row r="810" spans="1:8">
+      <c r="A810" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B810" t="s">
+        <v>9</v>
+      </c>
+      <c r="C810" t="s">
+        <v>39</v>
+      </c>
+      <c r="D810" t="s">
+        <v>2467</v>
+      </c>
+      <c r="E810" t="s">
+        <v>2468</v>
+      </c>
+      <c r="F810" t="s">
+        <v>67</v>
+      </c>
+      <c r="G810" s="1" t="s">
+        <v>2481</v>
+      </c>
+      <c r="H810" t="s">
+        <v>2482</v>
+      </c>
+    </row>
+    <row r="811" spans="1:8">
+      <c r="A811" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B811" t="s">
+        <v>9</v>
+      </c>
+      <c r="C811" t="s">
+        <v>43</v>
+      </c>
+      <c r="D811" t="s">
+        <v>2467</v>
+      </c>
+      <c r="E811" t="s">
+        <v>2468</v>
+      </c>
+      <c r="F811" t="s">
+        <v>590</v>
+      </c>
+      <c r="G811" s="1" t="s">
+        <v>2483</v>
+      </c>
+      <c r="H811" t="s">
+        <v>2484</v>
+      </c>
+    </row>
+    <row r="812" spans="1:8">
+      <c r="A812" t="s">
+        <v>1399</v>
+      </c>
+      <c r="B812" t="s">
+        <v>9</v>
+      </c>
+      <c r="C812" t="s">
+        <v>46</v>
+      </c>
+      <c r="D812" t="s">
+        <v>2467</v>
+      </c>
+      <c r="E812" t="s">
+        <v>2468</v>
+      </c>
+      <c r="F812" t="s">
+        <v>67</v>
+      </c>
+      <c r="G812" s="1" t="s">
+        <v>2485</v>
+      </c>
+      <c r="H812" t="s">
+        <v>2486</v>
+      </c>
+    </row>
+    <row r="813" spans="1:8">
+      <c r="A813" t="s">
+        <v>1609</v>
+      </c>
+      <c r="B813" t="s">
+        <v>9</v>
+      </c>
+      <c r="C813" t="s">
+        <v>51</v>
+      </c>
+      <c r="D813" t="s">
+        <v>2467</v>
+      </c>
+      <c r="E813" t="s">
+        <v>2468</v>
+      </c>
+      <c r="F813" t="s">
+        <v>590</v>
+      </c>
+      <c r="G813" s="1" t="s">
+        <v>2487</v>
+      </c>
+      <c r="H813" t="s">
+        <v>2484</v>
+      </c>
+    </row>
+    <row r="814" spans="1:8">
+      <c r="A814" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B814" t="s">
+        <v>9</v>
+      </c>
+      <c r="C814" t="s">
+        <v>55</v>
+      </c>
+      <c r="D814" t="s">
+        <v>2467</v>
+      </c>
+      <c r="E814" t="s">
+        <v>2468</v>
+      </c>
+      <c r="F814" t="s">
+        <v>13</v>
+      </c>
+      <c r="G814" s="1" t="s">
+        <v>2488</v>
+      </c>
+      <c r="H814" t="s">
+        <v>2489</v>
+      </c>
+    </row>
+    <row r="815" spans="1:8">
+      <c r="A815" t="s">
+        <v>2123</v>
+      </c>
+      <c r="B815" t="s">
+        <v>9</v>
+      </c>
+      <c r="C815" t="s">
+        <v>59</v>
+      </c>
+      <c r="D815" t="s">
+        <v>2467</v>
+      </c>
+      <c r="E815" t="s">
+        <v>2468</v>
+      </c>
+      <c r="F815" t="s">
+        <v>262</v>
+      </c>
+      <c r="G815" s="1" t="s">
+        <v>2490</v>
+      </c>
+      <c r="H815" t="s">
+        <v>2491</v>
+      </c>
+    </row>
+    <row r="816" spans="1:8">
+      <c r="A816" t="s">
+        <v>2492</v>
+      </c>
+      <c r="B816" t="s">
+        <v>9</v>
+      </c>
+      <c r="C816" t="s">
+        <v>63</v>
+      </c>
+      <c r="D816" t="s">
+        <v>2467</v>
+      </c>
+      <c r="E816" t="s">
+        <v>2468</v>
+      </c>
+      <c r="F816" t="s">
+        <v>590</v>
+      </c>
+      <c r="G816" s="1" t="s">
+        <v>2493</v>
+      </c>
+      <c r="H816" t="s">
+        <v>2494</v>
+      </c>
+    </row>
+    <row r="817" spans="1:8">
+      <c r="A817" t="s">
+        <v>2495</v>
+      </c>
+      <c r="B817" t="s">
+        <v>9</v>
+      </c>
+      <c r="C817" t="s">
+        <v>66</v>
+      </c>
+      <c r="D817" t="s">
+        <v>2467</v>
+      </c>
+      <c r="E817" t="s">
+        <v>2468</v>
+      </c>
+      <c r="F817" t="s">
+        <v>168</v>
+      </c>
+      <c r="G817" s="1" t="s">
+        <v>2496</v>
+      </c>
+      <c r="H817" t="s">
+        <v>2497</v>
+      </c>
+    </row>
+    <row r="818" spans="1:8">
+      <c r="A818" t="s">
+        <v>2498</v>
+      </c>
+      <c r="B818" t="s">
+        <v>9</v>
+      </c>
+      <c r="C818" t="s">
+        <v>71</v>
+      </c>
+      <c r="D818" t="s">
+        <v>2467</v>
+      </c>
+      <c r="E818" t="s">
+        <v>2468</v>
+      </c>
+      <c r="F818" t="s">
+        <v>456</v>
+      </c>
+      <c r="G818" s="1" t="s">
+        <v>2499</v>
+      </c>
+      <c r="H818" t="s">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="819" spans="1:8">
+      <c r="A819" t="s">
+        <v>2501</v>
+      </c>
+      <c r="B819" t="s">
+        <v>9</v>
+      </c>
+      <c r="C819" t="s">
+        <v>75</v>
+      </c>
+      <c r="D819" t="s">
+        <v>2467</v>
+      </c>
+      <c r="E819" t="s">
+        <v>2468</v>
+      </c>
+      <c r="F819" t="s">
+        <v>168</v>
+      </c>
+      <c r="G819" s="1" t="s">
+        <v>2502</v>
+      </c>
+      <c r="H819" t="s">
+        <v>2503</v>
+      </c>
+    </row>
+    <row r="820" spans="1:8">
+      <c r="A820" t="s">
+        <v>55</v>
+      </c>
+      <c r="B820" t="s">
+        <v>9</v>
+      </c>
+      <c r="C820" t="s">
+        <v>17</v>
+      </c>
+      <c r="D820" t="s">
+        <v>2504</v>
+      </c>
+      <c r="E820" t="s">
+        <v>2505</v>
+      </c>
+      <c r="F820" t="s">
+        <v>212</v>
+      </c>
+      <c r="G820" s="1" t="s">
+        <v>2506</v>
+      </c>
+      <c r="H820" t="s">
+        <v>2507</v>
+      </c>
+    </row>
+    <row r="821" spans="1:8">
+      <c r="A821" t="s">
+        <v>63</v>
+      </c>
+      <c r="B821" t="s">
+        <v>9</v>
+      </c>
+      <c r="C821" t="s">
+        <v>22</v>
+      </c>
+      <c r="D821" t="s">
+        <v>2504</v>
+      </c>
+      <c r="E821" t="s">
+        <v>2505</v>
+      </c>
+      <c r="F821" t="s">
+        <v>212</v>
+      </c>
+      <c r="G821" s="1" t="s">
+        <v>2508</v>
+      </c>
+      <c r="H821" t="s">
+        <v>2509</v>
+      </c>
+    </row>
+    <row r="822" spans="1:8">
+      <c r="A822" t="s">
+        <v>476</v>
+      </c>
+      <c r="B822" t="s">
+        <v>9</v>
+      </c>
+      <c r="C822" t="s">
+        <v>26</v>
+      </c>
+      <c r="D822" t="s">
+        <v>2504</v>
+      </c>
+      <c r="E822" t="s">
+        <v>2505</v>
+      </c>
+      <c r="F822" t="s">
+        <v>212</v>
+      </c>
+      <c r="G822" s="1" t="s">
+        <v>2510</v>
+      </c>
+      <c r="H822" t="s">
+        <v>2511</v>
+      </c>
+    </row>
+    <row r="823" spans="1:8">
+      <c r="A823" t="s">
+        <v>670</v>
+      </c>
+      <c r="B823" t="s">
+        <v>9</v>
+      </c>
+      <c r="C823" t="s">
+        <v>30</v>
+      </c>
+      <c r="D823" t="s">
+        <v>2504</v>
+      </c>
+      <c r="E823" t="s">
+        <v>2505</v>
+      </c>
+      <c r="F823" t="s">
+        <v>2512</v>
+      </c>
+      <c r="G823" s="1" t="s">
+        <v>2513</v>
+      </c>
+      <c r="H823" t="s">
+        <v>2514</v>
+      </c>
+    </row>
+    <row r="824" spans="1:8">
+      <c r="A824" t="s">
+        <v>960</v>
+      </c>
+      <c r="B824" t="s">
+        <v>9</v>
+      </c>
+      <c r="C824" t="s">
+        <v>34</v>
+      </c>
+      <c r="D824" t="s">
+        <v>2504</v>
+      </c>
+      <c r="E824" t="s">
+        <v>2505</v>
+      </c>
+      <c r="F824" t="s">
+        <v>212</v>
+      </c>
+      <c r="G824" s="1" t="s">
+        <v>2515</v>
+      </c>
+      <c r="H824" t="s">
+        <v>2516</v>
+      </c>
+    </row>
+    <row r="825" spans="1:8">
+      <c r="A825" t="s">
+        <v>934</v>
+      </c>
+      <c r="B825" t="s">
+        <v>9</v>
+      </c>
+      <c r="C825" t="s">
+        <v>39</v>
+      </c>
+      <c r="D825" t="s">
+        <v>2504</v>
+      </c>
+      <c r="E825" t="s">
+        <v>2505</v>
+      </c>
+      <c r="F825" t="s">
+        <v>2512</v>
+      </c>
+      <c r="G825" s="1" t="s">
+        <v>2517</v>
+      </c>
+      <c r="H825" t="s">
+        <v>2518</v>
+      </c>
+    </row>
+    <row r="826" spans="1:8">
+      <c r="A826" t="s">
+        <v>2519</v>
+      </c>
+      <c r="B826" t="s">
+        <v>9</v>
+      </c>
+      <c r="C826" t="s">
+        <v>43</v>
+      </c>
+      <c r="D826" t="s">
+        <v>2504</v>
+      </c>
+      <c r="E826" t="s">
+        <v>2505</v>
+      </c>
+      <c r="F826" t="s">
+        <v>212</v>
+      </c>
+      <c r="G826" s="1" t="s">
+        <v>2520</v>
+      </c>
+      <c r="H826" t="s">
+        <v>2521</v>
+      </c>
+    </row>
+    <row r="827" spans="1:8">
+      <c r="A827" t="s">
+        <v>2522</v>
+      </c>
+      <c r="B827" t="s">
+        <v>9</v>
+      </c>
+      <c r="C827" t="s">
+        <v>46</v>
+      </c>
+      <c r="D827" t="s">
+        <v>2504</v>
+      </c>
+      <c r="E827" t="s">
+        <v>2505</v>
+      </c>
+      <c r="F827" t="s">
+        <v>212</v>
+      </c>
+      <c r="G827" s="1" t="s">
+        <v>2523</v>
+      </c>
+      <c r="H827" t="s">
+        <v>2524</v>
+      </c>
+    </row>
+    <row r="828" spans="1:8">
+      <c r="A828" t="s">
+        <v>2030</v>
+      </c>
+      <c r="B828" t="s">
+        <v>9</v>
+      </c>
+      <c r="C828" t="s">
+        <v>10</v>
+      </c>
+      <c r="D828" t="s">
+        <v>2525</v>
+      </c>
+      <c r="E828" t="s">
+        <v>2526</v>
+      </c>
+      <c r="F828" t="s">
+        <v>2527</v>
+      </c>
+      <c r="G828" s="1" t="s">
+        <v>2528</v>
+      </c>
+      <c r="H828" t="s">
+        <v>2529</v>
+      </c>
+    </row>
+    <row r="829" spans="1:8">
+      <c r="A829" t="s">
+        <v>888</v>
+      </c>
+      <c r="B829" t="s">
+        <v>9</v>
+      </c>
+      <c r="C829" t="s">
+        <v>10</v>
+      </c>
+      <c r="D829" t="s">
+        <v>2530</v>
+      </c>
+      <c r="E829" t="s">
+        <v>2531</v>
+      </c>
+      <c r="F829" t="s">
+        <v>18</v>
+      </c>
+      <c r="G829" s="1" t="s">
+        <v>2532</v>
+      </c>
+      <c r="H829" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="830" spans="1:8">
+      <c r="A830" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B830" t="s">
+        <v>9</v>
+      </c>
+      <c r="C830" t="s">
+        <v>10</v>
+      </c>
+      <c r="D830" t="s">
+        <v>2533</v>
+      </c>
+      <c r="E830" t="s">
+        <v>2534</v>
+      </c>
+      <c r="F830" t="s">
+        <v>2535</v>
+      </c>
+      <c r="G830" s="1" t="s">
+        <v>2536</v>
+      </c>
+      <c r="H830" t="s">
+        <v>2537</v>
+      </c>
+    </row>
+    <row r="831" spans="1:8">
+      <c r="A831" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B831" t="s">
+        <v>9</v>
+      </c>
+      <c r="C831" t="s">
+        <v>17</v>
+      </c>
+      <c r="D831" t="s">
+        <v>2533</v>
+      </c>
+      <c r="E831" t="s">
+        <v>2534</v>
+      </c>
+      <c r="F831" t="s">
+        <v>2535</v>
+      </c>
+      <c r="G831" s="1" t="s">
+        <v>2538</v>
+      </c>
+      <c r="H831" t="s">
+        <v>2539</v>
+      </c>
+    </row>
+    <row r="832" spans="1:8">
+      <c r="A832" t="s">
+        <v>2034</v>
+      </c>
+      <c r="B832" t="s">
+        <v>9</v>
+      </c>
+      <c r="C832" t="s">
+        <v>22</v>
+      </c>
+      <c r="D832" t="s">
+        <v>2533</v>
+      </c>
+      <c r="E832" t="s">
+        <v>2534</v>
+      </c>
+      <c r="F832" t="s">
+        <v>2540</v>
+      </c>
+      <c r="G832" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="H832" t="s">
+        <v>2541</v>
+      </c>
+    </row>
+    <row r="833" spans="1:8">
+      <c r="A833" t="s">
+        <v>1658</v>
+      </c>
+      <c r="B833" t="s">
+        <v>9</v>
+      </c>
+      <c r="C833" t="s">
+        <v>10</v>
+      </c>
+      <c r="D833" t="s">
+        <v>2542</v>
+      </c>
+      <c r="E833" t="s">
+        <v>2543</v>
+      </c>
+      <c r="F833" t="s">
+        <v>2544</v>
+      </c>
+      <c r="G833" s="1" t="s">
+        <v>2545</v>
+      </c>
+      <c r="H833" t="s">
+        <v>2546</v>
+      </c>
+    </row>
+    <row r="834" spans="1:8">
+      <c r="A834" t="s">
+        <v>1677</v>
+      </c>
+      <c r="B834" t="s">
+        <v>9</v>
+      </c>
+      <c r="C834" t="s">
+        <v>10</v>
+      </c>
+      <c r="D834" t="s">
+        <v>2547</v>
+      </c>
+      <c r="E834" t="s">
+        <v>2548</v>
+      </c>
+      <c r="F834" t="s">
+        <v>2549</v>
+      </c>
+      <c r="G834" s="1" t="s">
+        <v>2550</v>
+      </c>
+      <c r="H834" t="s">
+        <v>2551</v>
+      </c>
+    </row>
+    <row r="835" spans="1:8">
+      <c r="A835" t="s">
+        <v>2552</v>
+      </c>
+      <c r="B835" t="s">
+        <v>9</v>
+      </c>
+      <c r="C835" t="s">
+        <v>10</v>
+      </c>
+      <c r="D835" t="s">
+        <v>2553</v>
+      </c>
+      <c r="E835" t="s">
+        <v>2554</v>
+      </c>
+      <c r="F835" t="s">
+        <v>18</v>
+      </c>
+      <c r="G835" s="1" t="s">
+        <v>2555</v>
+      </c>
+      <c r="H835" t="s">
+        <v>2556</v>
+      </c>
+    </row>
+    <row r="836" spans="1:8">
+      <c r="A836" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B836" t="s">
+        <v>9</v>
+      </c>
+      <c r="C836" t="s">
+        <v>17</v>
+      </c>
+      <c r="D836" t="s">
+        <v>2553</v>
+      </c>
+      <c r="E836" t="s">
+        <v>2554</v>
+      </c>
+      <c r="F836" t="s">
+        <v>18</v>
+      </c>
+      <c r="G836" s="1" t="s">
+        <v>2558</v>
+      </c>
+      <c r="H836" t="s">
+        <v>2559</v>
+      </c>
+    </row>
+    <row r="837" spans="1:8">
+      <c r="A837" t="s">
+        <v>2560</v>
+      </c>
+      <c r="B837" t="s">
+        <v>9</v>
+      </c>
+      <c r="C837" t="s">
+        <v>22</v>
+      </c>
+      <c r="D837" t="s">
+        <v>2553</v>
+      </c>
+      <c r="E837" t="s">
+        <v>2554</v>
+      </c>
+      <c r="F837" t="s">
+        <v>18</v>
+      </c>
+      <c r="G837" s="1" t="s">
+        <v>2561</v>
+      </c>
+      <c r="H837" t="s">
+        <v>2562</v>
+      </c>
+    </row>
+    <row r="838" spans="1:8">
+      <c r="A838" t="s">
+        <v>2563</v>
+      </c>
+      <c r="B838" t="s">
+        <v>9</v>
+      </c>
+      <c r="C838" t="s">
+        <v>10</v>
+      </c>
+      <c r="D838" t="s">
+        <v>2564</v>
+      </c>
+      <c r="E838" t="s">
+        <v>2565</v>
+      </c>
+      <c r="F838" t="s">
+        <v>67</v>
+      </c>
+      <c r="G838" s="1" t="s">
+        <v>2566</v>
+      </c>
+      <c r="H838" t="s">
+        <v>2567</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -19818,50 +30844,361 @@
     <hyperlink ref="G503" r:id="rId502"/>
     <hyperlink ref="G504" r:id="rId503"/>
     <hyperlink ref="G505" r:id="rId504"/>
     <hyperlink ref="G506" r:id="rId505"/>
     <hyperlink ref="G507" r:id="rId506"/>
     <hyperlink ref="G508" r:id="rId507"/>
     <hyperlink ref="G509" r:id="rId508"/>
     <hyperlink ref="G510" r:id="rId509"/>
     <hyperlink ref="G511" r:id="rId510"/>
     <hyperlink ref="G512" r:id="rId511"/>
     <hyperlink ref="G513" r:id="rId512"/>
     <hyperlink ref="G514" r:id="rId513"/>
     <hyperlink ref="G515" r:id="rId514"/>
     <hyperlink ref="G516" r:id="rId515"/>
     <hyperlink ref="G517" r:id="rId516"/>
     <hyperlink ref="G518" r:id="rId517"/>
     <hyperlink ref="G519" r:id="rId518"/>
     <hyperlink ref="G520" r:id="rId519"/>
     <hyperlink ref="G521" r:id="rId520"/>
     <hyperlink ref="G522" r:id="rId521"/>
     <hyperlink ref="G523" r:id="rId522"/>
     <hyperlink ref="G524" r:id="rId523"/>
     <hyperlink ref="G525" r:id="rId524"/>
     <hyperlink ref="G526" r:id="rId525"/>
     <hyperlink ref="G527" r:id="rId526"/>
+    <hyperlink ref="G528" r:id="rId527"/>
+    <hyperlink ref="G529" r:id="rId528"/>
+    <hyperlink ref="G530" r:id="rId529"/>
+    <hyperlink ref="G531" r:id="rId530"/>
+    <hyperlink ref="G532" r:id="rId531"/>
+    <hyperlink ref="G533" r:id="rId532"/>
+    <hyperlink ref="G534" r:id="rId533"/>
+    <hyperlink ref="G535" r:id="rId534"/>
+    <hyperlink ref="G536" r:id="rId535"/>
+    <hyperlink ref="G537" r:id="rId536"/>
+    <hyperlink ref="G538" r:id="rId537"/>
+    <hyperlink ref="G539" r:id="rId538"/>
+    <hyperlink ref="G540" r:id="rId539"/>
+    <hyperlink ref="G541" r:id="rId540"/>
+    <hyperlink ref="G542" r:id="rId541"/>
+    <hyperlink ref="G543" r:id="rId542"/>
+    <hyperlink ref="G544" r:id="rId543"/>
+    <hyperlink ref="G545" r:id="rId544"/>
+    <hyperlink ref="G546" r:id="rId545"/>
+    <hyperlink ref="G547" r:id="rId546"/>
+    <hyperlink ref="G548" r:id="rId547"/>
+    <hyperlink ref="G549" r:id="rId548"/>
+    <hyperlink ref="G550" r:id="rId549"/>
+    <hyperlink ref="G551" r:id="rId550"/>
+    <hyperlink ref="G552" r:id="rId551"/>
+    <hyperlink ref="G553" r:id="rId552"/>
+    <hyperlink ref="G554" r:id="rId553"/>
+    <hyperlink ref="G555" r:id="rId554"/>
+    <hyperlink ref="G556" r:id="rId555"/>
+    <hyperlink ref="G557" r:id="rId556"/>
+    <hyperlink ref="G558" r:id="rId557"/>
+    <hyperlink ref="G559" r:id="rId558"/>
+    <hyperlink ref="G560" r:id="rId559"/>
+    <hyperlink ref="G561" r:id="rId560"/>
+    <hyperlink ref="G562" r:id="rId561"/>
+    <hyperlink ref="G563" r:id="rId562"/>
+    <hyperlink ref="G564" r:id="rId563"/>
+    <hyperlink ref="G565" r:id="rId564"/>
+    <hyperlink ref="G566" r:id="rId565"/>
+    <hyperlink ref="G567" r:id="rId566"/>
+    <hyperlink ref="G568" r:id="rId567"/>
+    <hyperlink ref="G569" r:id="rId568"/>
+    <hyperlink ref="G570" r:id="rId569"/>
+    <hyperlink ref="G571" r:id="rId570"/>
+    <hyperlink ref="G572" r:id="rId571"/>
+    <hyperlink ref="G573" r:id="rId572"/>
+    <hyperlink ref="G574" r:id="rId573"/>
+    <hyperlink ref="G575" r:id="rId574"/>
+    <hyperlink ref="G576" r:id="rId575"/>
+    <hyperlink ref="G577" r:id="rId576"/>
+    <hyperlink ref="G578" r:id="rId577"/>
+    <hyperlink ref="G579" r:id="rId578"/>
+    <hyperlink ref="G580" r:id="rId579"/>
+    <hyperlink ref="G581" r:id="rId580"/>
+    <hyperlink ref="G582" r:id="rId581"/>
+    <hyperlink ref="G583" r:id="rId582"/>
+    <hyperlink ref="G584" r:id="rId583"/>
+    <hyperlink ref="G585" r:id="rId584"/>
+    <hyperlink ref="G586" r:id="rId585"/>
+    <hyperlink ref="G587" r:id="rId586"/>
+    <hyperlink ref="G588" r:id="rId587"/>
+    <hyperlink ref="G589" r:id="rId588"/>
+    <hyperlink ref="G590" r:id="rId589"/>
+    <hyperlink ref="G591" r:id="rId590"/>
+    <hyperlink ref="G592" r:id="rId591"/>
+    <hyperlink ref="G593" r:id="rId592"/>
+    <hyperlink ref="G594" r:id="rId593"/>
+    <hyperlink ref="G595" r:id="rId594"/>
+    <hyperlink ref="G596" r:id="rId595"/>
+    <hyperlink ref="G597" r:id="rId596"/>
+    <hyperlink ref="G598" r:id="rId597"/>
+    <hyperlink ref="G599" r:id="rId598"/>
+    <hyperlink ref="G600" r:id="rId599"/>
+    <hyperlink ref="G601" r:id="rId600"/>
+    <hyperlink ref="G602" r:id="rId601"/>
+    <hyperlink ref="G603" r:id="rId602"/>
+    <hyperlink ref="G604" r:id="rId603"/>
+    <hyperlink ref="G605" r:id="rId604"/>
+    <hyperlink ref="G606" r:id="rId605"/>
+    <hyperlink ref="G607" r:id="rId606"/>
+    <hyperlink ref="G608" r:id="rId607"/>
+    <hyperlink ref="G609" r:id="rId608"/>
+    <hyperlink ref="G610" r:id="rId609"/>
+    <hyperlink ref="G611" r:id="rId610"/>
+    <hyperlink ref="G612" r:id="rId611"/>
+    <hyperlink ref="G613" r:id="rId612"/>
+    <hyperlink ref="G614" r:id="rId613"/>
+    <hyperlink ref="G615" r:id="rId614"/>
+    <hyperlink ref="G616" r:id="rId615"/>
+    <hyperlink ref="G617" r:id="rId616"/>
+    <hyperlink ref="G618" r:id="rId617"/>
+    <hyperlink ref="G619" r:id="rId618"/>
+    <hyperlink ref="G620" r:id="rId619"/>
+    <hyperlink ref="G621" r:id="rId620"/>
+    <hyperlink ref="G622" r:id="rId621"/>
+    <hyperlink ref="G623" r:id="rId622"/>
+    <hyperlink ref="G624" r:id="rId623"/>
+    <hyperlink ref="G625" r:id="rId624"/>
+    <hyperlink ref="G626" r:id="rId625"/>
+    <hyperlink ref="G627" r:id="rId626"/>
+    <hyperlink ref="G628" r:id="rId627"/>
+    <hyperlink ref="G629" r:id="rId628"/>
+    <hyperlink ref="G630" r:id="rId629"/>
+    <hyperlink ref="G631" r:id="rId630"/>
+    <hyperlink ref="G632" r:id="rId631"/>
+    <hyperlink ref="G633" r:id="rId632"/>
+    <hyperlink ref="G634" r:id="rId633"/>
+    <hyperlink ref="G635" r:id="rId634"/>
+    <hyperlink ref="G636" r:id="rId635"/>
+    <hyperlink ref="G637" r:id="rId636"/>
+    <hyperlink ref="G638" r:id="rId637"/>
+    <hyperlink ref="G639" r:id="rId638"/>
+    <hyperlink ref="G640" r:id="rId639"/>
+    <hyperlink ref="G641" r:id="rId640"/>
+    <hyperlink ref="G642" r:id="rId641"/>
+    <hyperlink ref="G643" r:id="rId642"/>
+    <hyperlink ref="G644" r:id="rId643"/>
+    <hyperlink ref="G645" r:id="rId644"/>
+    <hyperlink ref="G646" r:id="rId645"/>
+    <hyperlink ref="G647" r:id="rId646"/>
+    <hyperlink ref="G648" r:id="rId647"/>
+    <hyperlink ref="G649" r:id="rId648"/>
+    <hyperlink ref="G650" r:id="rId649"/>
+    <hyperlink ref="G651" r:id="rId650"/>
+    <hyperlink ref="G652" r:id="rId651"/>
+    <hyperlink ref="G653" r:id="rId652"/>
+    <hyperlink ref="G654" r:id="rId653"/>
+    <hyperlink ref="G655" r:id="rId654"/>
+    <hyperlink ref="G656" r:id="rId655"/>
+    <hyperlink ref="G657" r:id="rId656"/>
+    <hyperlink ref="G658" r:id="rId657"/>
+    <hyperlink ref="G659" r:id="rId658"/>
+    <hyperlink ref="G660" r:id="rId659"/>
+    <hyperlink ref="G661" r:id="rId660"/>
+    <hyperlink ref="G662" r:id="rId661"/>
+    <hyperlink ref="G663" r:id="rId662"/>
+    <hyperlink ref="G664" r:id="rId663"/>
+    <hyperlink ref="G665" r:id="rId664"/>
+    <hyperlink ref="G666" r:id="rId665"/>
+    <hyperlink ref="G667" r:id="rId666"/>
+    <hyperlink ref="G668" r:id="rId667"/>
+    <hyperlink ref="G669" r:id="rId668"/>
+    <hyperlink ref="G670" r:id="rId669"/>
+    <hyperlink ref="G671" r:id="rId670"/>
+    <hyperlink ref="G672" r:id="rId671"/>
+    <hyperlink ref="G673" r:id="rId672"/>
+    <hyperlink ref="G674" r:id="rId673"/>
+    <hyperlink ref="G675" r:id="rId674"/>
+    <hyperlink ref="G676" r:id="rId675"/>
+    <hyperlink ref="G677" r:id="rId676"/>
+    <hyperlink ref="G678" r:id="rId677"/>
+    <hyperlink ref="G679" r:id="rId678"/>
+    <hyperlink ref="G680" r:id="rId679"/>
+    <hyperlink ref="G681" r:id="rId680"/>
+    <hyperlink ref="G682" r:id="rId681"/>
+    <hyperlink ref="G683" r:id="rId682"/>
+    <hyperlink ref="G684" r:id="rId683"/>
+    <hyperlink ref="G685" r:id="rId684"/>
+    <hyperlink ref="G686" r:id="rId685"/>
+    <hyperlink ref="G687" r:id="rId686"/>
+    <hyperlink ref="G688" r:id="rId687"/>
+    <hyperlink ref="G689" r:id="rId688"/>
+    <hyperlink ref="G690" r:id="rId689"/>
+    <hyperlink ref="G691" r:id="rId690"/>
+    <hyperlink ref="G692" r:id="rId691"/>
+    <hyperlink ref="G693" r:id="rId692"/>
+    <hyperlink ref="G694" r:id="rId693"/>
+    <hyperlink ref="G695" r:id="rId694"/>
+    <hyperlink ref="G696" r:id="rId695"/>
+    <hyperlink ref="G697" r:id="rId696"/>
+    <hyperlink ref="G698" r:id="rId697"/>
+    <hyperlink ref="G699" r:id="rId698"/>
+    <hyperlink ref="G700" r:id="rId699"/>
+    <hyperlink ref="G701" r:id="rId700"/>
+    <hyperlink ref="G702" r:id="rId701"/>
+    <hyperlink ref="G703" r:id="rId702"/>
+    <hyperlink ref="G704" r:id="rId703"/>
+    <hyperlink ref="G705" r:id="rId704"/>
+    <hyperlink ref="G706" r:id="rId705"/>
+    <hyperlink ref="G707" r:id="rId706"/>
+    <hyperlink ref="G708" r:id="rId707"/>
+    <hyperlink ref="G709" r:id="rId708"/>
+    <hyperlink ref="G710" r:id="rId709"/>
+    <hyperlink ref="G711" r:id="rId710"/>
+    <hyperlink ref="G712" r:id="rId711"/>
+    <hyperlink ref="G713" r:id="rId712"/>
+    <hyperlink ref="G714" r:id="rId713"/>
+    <hyperlink ref="G715" r:id="rId714"/>
+    <hyperlink ref="G716" r:id="rId715"/>
+    <hyperlink ref="G717" r:id="rId716"/>
+    <hyperlink ref="G718" r:id="rId717"/>
+    <hyperlink ref="G719" r:id="rId718"/>
+    <hyperlink ref="G720" r:id="rId719"/>
+    <hyperlink ref="G721" r:id="rId720"/>
+    <hyperlink ref="G722" r:id="rId721"/>
+    <hyperlink ref="G723" r:id="rId722"/>
+    <hyperlink ref="G724" r:id="rId723"/>
+    <hyperlink ref="G725" r:id="rId724"/>
+    <hyperlink ref="G726" r:id="rId725"/>
+    <hyperlink ref="G727" r:id="rId726"/>
+    <hyperlink ref="G728" r:id="rId727"/>
+    <hyperlink ref="G729" r:id="rId728"/>
+    <hyperlink ref="G730" r:id="rId729"/>
+    <hyperlink ref="G731" r:id="rId730"/>
+    <hyperlink ref="G732" r:id="rId731"/>
+    <hyperlink ref="G733" r:id="rId732"/>
+    <hyperlink ref="G734" r:id="rId733"/>
+    <hyperlink ref="G735" r:id="rId734"/>
+    <hyperlink ref="G736" r:id="rId735"/>
+    <hyperlink ref="G737" r:id="rId736"/>
+    <hyperlink ref="G738" r:id="rId737"/>
+    <hyperlink ref="G739" r:id="rId738"/>
+    <hyperlink ref="G740" r:id="rId739"/>
+    <hyperlink ref="G741" r:id="rId740"/>
+    <hyperlink ref="G742" r:id="rId741"/>
+    <hyperlink ref="G743" r:id="rId742"/>
+    <hyperlink ref="G744" r:id="rId743"/>
+    <hyperlink ref="G745" r:id="rId744"/>
+    <hyperlink ref="G746" r:id="rId745"/>
+    <hyperlink ref="G747" r:id="rId746"/>
+    <hyperlink ref="G748" r:id="rId747"/>
+    <hyperlink ref="G749" r:id="rId748"/>
+    <hyperlink ref="G750" r:id="rId749"/>
+    <hyperlink ref="G751" r:id="rId750"/>
+    <hyperlink ref="G752" r:id="rId751"/>
+    <hyperlink ref="G753" r:id="rId752"/>
+    <hyperlink ref="G754" r:id="rId753"/>
+    <hyperlink ref="G755" r:id="rId754"/>
+    <hyperlink ref="G756" r:id="rId755"/>
+    <hyperlink ref="G757" r:id="rId756"/>
+    <hyperlink ref="G758" r:id="rId757"/>
+    <hyperlink ref="G759" r:id="rId758"/>
+    <hyperlink ref="G760" r:id="rId759"/>
+    <hyperlink ref="G761" r:id="rId760"/>
+    <hyperlink ref="G762" r:id="rId761"/>
+    <hyperlink ref="G763" r:id="rId762"/>
+    <hyperlink ref="G764" r:id="rId763"/>
+    <hyperlink ref="G765" r:id="rId764"/>
+    <hyperlink ref="G766" r:id="rId765"/>
+    <hyperlink ref="G767" r:id="rId766"/>
+    <hyperlink ref="G768" r:id="rId767"/>
+    <hyperlink ref="G769" r:id="rId768"/>
+    <hyperlink ref="G770" r:id="rId769"/>
+    <hyperlink ref="G771" r:id="rId770"/>
+    <hyperlink ref="G772" r:id="rId771"/>
+    <hyperlink ref="G773" r:id="rId772"/>
+    <hyperlink ref="G774" r:id="rId773"/>
+    <hyperlink ref="G775" r:id="rId774"/>
+    <hyperlink ref="G776" r:id="rId775"/>
+    <hyperlink ref="G777" r:id="rId776"/>
+    <hyperlink ref="G778" r:id="rId777"/>
+    <hyperlink ref="G779" r:id="rId778"/>
+    <hyperlink ref="G780" r:id="rId779"/>
+    <hyperlink ref="G781" r:id="rId780"/>
+    <hyperlink ref="G782" r:id="rId781"/>
+    <hyperlink ref="G783" r:id="rId782"/>
+    <hyperlink ref="G784" r:id="rId783"/>
+    <hyperlink ref="G785" r:id="rId784"/>
+    <hyperlink ref="G786" r:id="rId785"/>
+    <hyperlink ref="G787" r:id="rId786"/>
+    <hyperlink ref="G788" r:id="rId787"/>
+    <hyperlink ref="G789" r:id="rId788"/>
+    <hyperlink ref="G790" r:id="rId789"/>
+    <hyperlink ref="G791" r:id="rId790"/>
+    <hyperlink ref="G792" r:id="rId791"/>
+    <hyperlink ref="G793" r:id="rId792"/>
+    <hyperlink ref="G794" r:id="rId793"/>
+    <hyperlink ref="G795" r:id="rId794"/>
+    <hyperlink ref="G796" r:id="rId795"/>
+    <hyperlink ref="G797" r:id="rId796"/>
+    <hyperlink ref="G798" r:id="rId797"/>
+    <hyperlink ref="G799" r:id="rId798"/>
+    <hyperlink ref="G800" r:id="rId799"/>
+    <hyperlink ref="G801" r:id="rId800"/>
+    <hyperlink ref="G802" r:id="rId801"/>
+    <hyperlink ref="G803" r:id="rId802"/>
+    <hyperlink ref="G804" r:id="rId803"/>
+    <hyperlink ref="G805" r:id="rId804"/>
+    <hyperlink ref="G806" r:id="rId805"/>
+    <hyperlink ref="G807" r:id="rId806"/>
+    <hyperlink ref="G808" r:id="rId807"/>
+    <hyperlink ref="G809" r:id="rId808"/>
+    <hyperlink ref="G810" r:id="rId809"/>
+    <hyperlink ref="G811" r:id="rId810"/>
+    <hyperlink ref="G812" r:id="rId811"/>
+    <hyperlink ref="G813" r:id="rId812"/>
+    <hyperlink ref="G814" r:id="rId813"/>
+    <hyperlink ref="G815" r:id="rId814"/>
+    <hyperlink ref="G816" r:id="rId815"/>
+    <hyperlink ref="G817" r:id="rId816"/>
+    <hyperlink ref="G818" r:id="rId817"/>
+    <hyperlink ref="G819" r:id="rId818"/>
+    <hyperlink ref="G820" r:id="rId819"/>
+    <hyperlink ref="G821" r:id="rId820"/>
+    <hyperlink ref="G822" r:id="rId821"/>
+    <hyperlink ref="G823" r:id="rId822"/>
+    <hyperlink ref="G824" r:id="rId823"/>
+    <hyperlink ref="G825" r:id="rId824"/>
+    <hyperlink ref="G826" r:id="rId825"/>
+    <hyperlink ref="G827" r:id="rId826"/>
+    <hyperlink ref="G828" r:id="rId827"/>
+    <hyperlink ref="G829" r:id="rId828"/>
+    <hyperlink ref="G830" r:id="rId829"/>
+    <hyperlink ref="G831" r:id="rId830"/>
+    <hyperlink ref="G832" r:id="rId831"/>
+    <hyperlink ref="G833" r:id="rId832"/>
+    <hyperlink ref="G834" r:id="rId833"/>
+    <hyperlink ref="G835" r:id="rId834"/>
+    <hyperlink ref="G836" r:id="rId835"/>
+    <hyperlink ref="G837" r:id="rId836"/>
+    <hyperlink ref="G838" r:id="rId837"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>